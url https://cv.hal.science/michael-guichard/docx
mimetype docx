--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -286,1721 +286,1730 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05511693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (9)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Histoire et philologie de la Mésopotamie</w:t>
+                <w:t xml:space="preserve">Les glacières à Mari à l’époque de Zimrî-Lîm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Guichard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nicolas Delferrière; Émeline Retournard; Vincent Serrat. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annuaire de l’École pratique des hautes études. Section des sciences historiques et philologiques</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+              <w:t xml:space="preserve">De l'Orient ancien à la Gaule Romaine, sans jamais perdre le fil, Recherches offertes à Catherine Breniquet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mergoil, pp.285-301, 2025, 978-2-35518-156-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05019622v1</w:t>
+                <w:t xml:space="preserve">hal-05377941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le récit épique akkadien au début du deuxième millénaire av. n. è. (origines, formes, fonctions et diffusion) : Le cas de l'épopée de Zimri-Lim</w:t>
+                <w:t xml:space="preserve">Nagar et sa déesse : nouveau fragment de Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Guichard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">E. Cianfanelli et F. Gori. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pasiphae. Rivista di filologia e antichità egee</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05377635v1</w:t>
+              <w:t xml:space="preserve">níĝ-ba dub-sah mah. Studies on Ebla and the Ancient Near East presented to Amalia Catagnoti</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Edizione Quasar, 2024, Documenta Asiana, 978-88-5491-497-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04739112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« La ville et sa topographie en Mésopotamie à la fin du troisième millénaire av. n. è. d’après la littérature et les textes de la pratique »</w:t>
+                <w:t xml:space="preserve">La restauration de Nahur, une capitale régionale, d'après les textes de Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Guichard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marine Béranger; Francesca Nebiolo; Nele Ziegler. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Histoire urbaine</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03948320v1</w:t>
+              <w:t xml:space="preserve">Dieux, rois et capitales dans le Proche-Orient ancien. Compte rendu de la LXVe Rencontre Assyriologique Internationale (Paris, 8-12 juillet 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 5, Peeters, pp.245-269, 2023, Publications de l'Institut du Proche-Orient Ancien du Collège de France, 978-90-429-4699-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05377676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Histoire de l’écriture cunéiforme : la formation de la cursive paléo-babylonienne »</w:t>
+                <w:t xml:space="preserve">« Les vases zoomorphes au Proche-Orient ancien »,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Guichard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Z. Gourarier; M. Bimbenet-Privat; H. Bouillon; A. Estaquet-Legrand; C. Germain-Donnat; M. Lavandier. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pasiphae</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03948427v1</w:t>
+              <w:t xml:space="preserve">Les Tables du pouvoir. Une histoire des repas de prestige. Une histoire des repas de prestige</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.132-135, 2021, 978-2-7118-7863-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03948524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Écrire à ses morts : une lettre-supplique akkadienne datant de l’époque d’Isin-Larsa (env. 2000-1800 avant n. è.) »,</w:t>
+                <w:t xml:space="preserve">THE OXUS CIVILIZATION AND MESOPOTAMIA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Guichard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">B. Lyonnet; N. A. Dubova. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal Asiatique</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03948488v1</w:t>
+              <w:t xml:space="preserve">The World of the Oxus Civilization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.66-81, 2021, 978-1-138-72287-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03948593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Les statues divines et royales à Mari d’après les textes »</w:t>
+                <w:t xml:space="preserve">« Prière à Itūr-Mer pour le salut de Zimrî-Lîm »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Guichard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A. Azzoni; A. Kleinerman; D. Knight; D. Owen. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal Asiatique</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03948609v1</w:t>
+              <w:t xml:space="preserve">From Mari to Jerusalem and Back, Assyriological and Biblical Studies in Honor of Jack Murad Sasson</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03948641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chroniques de l'Ida-Maraṣ et autres pays des environs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le monde en tableaux (I) : une étude des tablettes-registres de la grande fête d’Eštar à Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Guichard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">G. Chambon; M. Guichard; A.-I. Langlois. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semitica</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05377602v1</w:t>
+              <w:t xml:space="preserve">De l’argile au numérique. Mélanges assyriologiques en l’honneur de Dominique Charpin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 225-278, 2019, Publications de l’Institut du Proche-Orient Ancien du Collège de France 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03963249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le trône et le « char » processionnel de Dagan : de la philologie à l'histoire de l'art</w:t>
+                <w:t xml:space="preserve">À l’image d’une statue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Guichard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thomas Römer; Hervé Gonzalez; Lionel Marti. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semitica</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05377577v1</w:t>
+              <w:t xml:space="preserve">Représenter dieux et hommes dans le Proche-Orient ancien et dans la Bible, Actes du colloque du Collège de France, Paris, les 5 et 6 mai 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peeters, pp.12-14, 2019, 978-90-429-3973-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05377947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La vaisselle de bronze à Mari à l'époque amorrite</w:t>
-[...16 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'assyriologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Démare-Lafont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Patrick Henriet. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahier des thèmes transversaux ArScAn</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">L’école Pratique des Hautes Etudes, Invention, Erudition, Innovation de 1868 à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Somogy éditions, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05377660v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les rois mésopotamiens et les peuples du Proche-Orient : bons pasteurs ou tyrans ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Civilisation en transition (III). Sociétés multiconfessionnelles à travers l’Histoire du Proche-Orient. Actes du colloque Scientifique International 7-8-9 septembre 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.7-62, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05377926v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-02201757v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les rapports entre les régions du Haut Habur et de l’est du Tigre. Le cas des deux Ida-maraṣ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherches en Haute Mésopotamie 2. Mission archéologique de Bash Tapa (campagnes 2012-2013) et les enjeux de la recherche dans la région d’Erbil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.37-49, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05377710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (11)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les glacières à Mari à l’époque de Zimrî-Lîm</w:t>
+                <w:t xml:space="preserve">Histoire et philologie de la Mésopotamie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Guichard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">De l'Orient ancien à la Gaule Romaine, sans jamais perdre le fil, Recherches offertes à Catherine Breniquet</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">Annuaire de l’École pratique des hautes études. Section des sciences historiques et philologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 156, pp.24-33. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05377941v1</w:t>
+                <w:t xml:space="preserve">⟨10.4000/13msi⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05019622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nagar et sa déesse : nouveau fragment de Mari</w:t>
+                <w:t xml:space="preserve">Le récit épique akkadien au début du deuxième millénaire av. n. è. (origines, formes, fonctions et diffusion) : Le cas de l'épopée de Zimri-Lim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Guichard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">níĝ-ba dub-sah mah. Studies on Ebla and the Ancient Near East presented to Amalia Catagnoti</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+              <w:t xml:space="preserve">Pasiphae. Rivista di filologia e antichità egee</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.19272/202333301013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04739112v1</w:t>
+                <w:t xml:space="preserve">hal-05377635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La restauration de Nahur, une capitale régionale, d'après les textes de Mari</w:t>
+                <w:t xml:space="preserve">« Histoire de l’écriture cunéiforme : la formation de la cursive paléo-babylonienne »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Guichard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dieux, rois et capitales dans le Proche-Orient ancien. Compte rendu de la LXVe Rencontre Assyriologique Internationale (Paris, 8-12 juillet 2019)</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05377676v1</w:t>
+              <w:t xml:space="preserve">Pasiphae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15, pp.174-188</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03948427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Les vases zoomorphes au Proche-Orient ancien »,</w:t>
+                <w:t xml:space="preserve">« La ville et sa topographie en Mésopotamie à la fin du troisième millénaire av. n. è. d’après la littérature et les textes de la pratique »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Guichard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Tables du pouvoir. Une histoire des repas de prestige. Une histoire des repas de prestige</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03948524v1</w:t>
+              <w:t xml:space="preserve">Histoire urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 61, pp.41-56</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03948320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">THE OXUS CIVILIZATION AND MESOPOTAMIA</w:t>
+                <w:t xml:space="preserve">« Écrire à ses morts : une lettre-supplique akkadienne datant de l’époque d’Isin-Larsa (env. 2000-1800 avant n. è.) »,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Guichard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The World of the Oxus Civilization</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03948593v1</w:t>
+              <w:t xml:space="preserve">Journal Asiatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 308 (2), pp.151-165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2143/JA.308.2.3288908⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03948488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Prière à Itūr-Mer pour le salut de Zimrî-Lîm »</w:t>
+                <w:t xml:space="preserve">« Les statues divines et royales à Mari d’après les textes »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Guichard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">From Mari to Jerusalem and Back, Assyriological and Biblical Studies in Honor of Jack Murad Sasson</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03948641v1</w:t>
+              <w:t xml:space="preserve">Journal Asiatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 397 (1), pp.1-52. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2143/JA.307.1.3286338⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03948609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le monde en tableaux (I) : une étude des tablettes-registres de la grande fête d’Eštar à Mari</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chroniques de l'Ida-Maraṣ et autres pays des environs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Guichard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">De l’argile au numérique. Mélanges assyriologiques en l’honneur de Dominique Charpin</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03963249v1</w:t>
+              <w:t xml:space="preserve">Semitica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 59, pp.87-108</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05377602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">À l’image d’une statue</w:t>
+                <w:t xml:space="preserve">Le trône et le « char » processionnel de Dagan : de la philologie à l'histoire de l'art</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Guichard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Représenter dieux et hommes dans le Proche-Orient ancien et dans la Bible, Actes du colloque du Collège de France, Paris, les 5 et 6 mai 2015</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05377947v1</w:t>
+              <w:t xml:space="preserve">Semitica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 59, pp.5-56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2143/SE.59.0.3239905⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05377577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'assyriologie</w:t>
-[...33 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La vaisselle de bronze à Mari à l'époque amorrite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’école Pratique des Hautes Etudes, Invention, Erudition, Innovation de 1868 à nos jours</w:t>
-[...105 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Cahier des thèmes transversaux ArScAn</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, VIII, pp.56-58</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...49 lines deleted...]
-                <w:t xml:space="preserve">hal-05377710v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02201757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire et philologie de la Mésopotamie (I. Le monde de Mari ; II. Littérature sumérienne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Guichard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">EPHE. 2024, pp.6-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04739016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire et philologie de la Mésopotamie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Guichard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ecole Pratique des Hautes Etudes Paris. 2021, pp.32 - 45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05379023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2010,302 +2019,302 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’argile au numérique. Mélanges assyriologiques en l’honneur de Dominique Charpin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Römer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nele Ziegler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Isabelle Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Peeters Publishers, 3, 2019, Publications de l’Institut du Proche-Orient Ancien du Collège de France, 978-90-429-3873-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2307/j.ctv1q26s9t⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
-              <w:r>
-[...85 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03962503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tabou et transgressions. Actes du colloque organisé par le Collège de France, Paris, les 11-12 avril 2012</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Römer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Durand, Jean-Marie and Guichard, Michaël and Römer, Thomas. Academic Press; Vandenhoeck &amp; Ruprecht, 274, 2015, 978-3-525-54398-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03821608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Epopée de Zimrî-Lîm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Guichard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03814894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2315,112 +2324,112 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asqur-Addu, l’imprévisible ? Histoire d’un renard politique en Syrie du nord au temps de Zimri-Lim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Guichard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’Homme face à l’imprévu dans les “sociétés du prévisible”, Pronostication, prévention et adaptation,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, V. Chalendar et L. Marti, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04622528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId53"/>
+      <w:footerReference w:type="default" r:id="rId54"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2488,51 +2497,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EF713452"/>
+    <w:nsid w:val="B254866C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2719,51 +2728,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/michael-guichard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9035-9994" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/092379257" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511693v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Guichard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Colonna d'Istria" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Caron" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Desset" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019622v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13msi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377635v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948320v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948427v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948488v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/JA.308.2.3288908" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948609v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/JA.307.1.3286338" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377602v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377577v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/SE.59.0.3239905" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02201757v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Guichard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377941v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739112v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377676v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948524v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948593v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948641v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963249v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Chambon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377947v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377660v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie D&#233;mare-Lafont" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377926v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377710v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739016v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379023v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962503v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas R&#246;mer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nele Ziegler" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Isabelle Langlois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv1q26s9t" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821608v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Durand" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ephe.hal.science/hal-03814894v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622528v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/michael-guichard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9035-9994" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/092379257" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511693v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Guichard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Colonna d'Istria" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Caron" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Desset" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377941v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739112v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377676v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948524v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948593v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948641v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963249v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Chambon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377947v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377660v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie D&#233;mare-Lafont" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377926v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377710v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019622v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13msi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377635v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19272/202333301013" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948427v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948320v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948488v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/JA.308.2.3288908" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948609v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/JA.307.1.3286338" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377602v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377577v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/SE.59.0.3239905" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02201757v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Guichard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739016v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379023v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962503v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas R&#246;mer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nele Ziegler" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Isabelle Langlois" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctv1q26s9t" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821608v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Durand" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ephe.hal.science/hal-03814894v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622528v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>