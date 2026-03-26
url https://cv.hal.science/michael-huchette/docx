--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -227,217 +227,217 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels réseaux de professionnalisation des enseignants débutants en lycée professionnel ?</w:t>
+                <w:t xml:space="preserve">Contributions des relations sociales à l'apprentissage du métier d'enseignant : le point de vue d'enseignants débutants en lycée professionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilberto Ramos Idunate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Huchette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luz Helena Martinez Barrera</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michaël Huchette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Évolutions de la voie professionnelle. Points et questions ouvertes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CIRCEFT-ESCOL, Apr 2023, Saint - Denis, France</w:t>
+              <w:t xml:space="preserve">Évolution des savoirs ou des rapports aux savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFR PARFERE INSPE UPEC, Mar 2023, Bonneuil-sur-Marne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04479962v1</w:t>
+                <w:t xml:space="preserve">hal-04479919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contributions des relations sociales à l'apprentissage du métier d'enseignant : le point de vue d'enseignants débutants en lycée professionnel</w:t>
+                <w:t xml:space="preserve">Quels réseaux de professionnalisation des enseignants débutants en lycée professionnel ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilberto Ramos Idunate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luz Helena Martinez Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Huchette</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luz Helena Martinez Barrera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Évolution des savoirs ou des rapports aux savoirs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFR PARFERE INSPE UPEC, Mar 2023, Bonneuil-sur-Marne, France</w:t>
+              <w:t xml:space="preserve">Évolutions de la voie professionnelle. Points et questions ouvertes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CIRCEFT-ESCOL, Apr 2023, Saint - Denis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04479919v1</w:t>
+                <w:t xml:space="preserve">hal-04479962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La ludopédagogie ou comment enseigner en intégrant le jeu dans ses pratiques</w:t>
               </w:r>
@@ -1086,260 +1086,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03349830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teachers' perceptions of facilitators and barriers to the implementation of alternated training</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Verdu Jean-Philippe</w:t>
+                <w:t xml:space="preserve">What do students say about what they learn from work experience ? A case of French vocational education for the building industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Huchette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Conference on Educational Research (ECER)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">, European Educational Research Association (EERA), Sep 2011, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03349905v1</w:t>
+                <w:t xml:space="preserve">hal-03357377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What Criteria do Teachers use for the Implementation of Work Placements? The Case of French Teachers in Industrial Fields. (1418)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Huchette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECER 2011 - the European conference on Educational Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03349812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What do students say about what they learn from work experience ? A case of French vocational education for the building industry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christian Jourdan</w:t>
+                <w:t xml:space="preserve">Teachers' perceptions of facilitators and barriers to the implementation of alternated training</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verdu Jean-Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Huchette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Conference on Educational Research (ECER)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, European Educational Research Association (EERA), Sep 2011, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">, 2011, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03357377v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03349905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stages en sections industrielles de techniciens supérieurs sous statut scolaire : représentations des enseignants et logiques de mises en oeuvre.</w:t>
               </w:r>
@@ -2293,243 +2293,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02533073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Instrumenter les formations en alternance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Verdu Jean-Philippe</w:t>
+                <w:t xml:space="preserve">Les sciences humaines dans les parcours scientifiques et techniques professionnalisants : quelles finalités et quelles modalités pratiques ? Présentation générale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain G. Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Dell'Angelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine de Montgolfier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Godfroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Huchette</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Technologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SHS Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 13, pp.00001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/shsconf/20141300001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03347453v1</w:t>
+                <w:t xml:space="preserve">hal-02557616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les sciences humaines dans les parcours scientifiques et techniques professionnalisants : quelles finalités et quelles modalités pratiques ? Présentation générale</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Anne-Sophie Godfroy</w:t>
+                <w:t xml:space="preserve">Instrumenter les formations en alternance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verdu Jean-Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Huchette</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SHS Web of Conferences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Technologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 192, pp.26-29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/shsconf/20141300001⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02557616v1</w:t>
+                <w:t xml:space="preserve">hal-03347453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ancrer les apprentissages dans le vécu des élèves : levier pédagogique, questions didactiques</w:t>
               </w:r>
@@ -4433,51 +4433,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05298987v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto Ramos Idunate" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Huchette" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannique Delabos" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04479962v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luz Helena Martinez Barrera" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04479919v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959304v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904706v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto Ramos Idu&#241;ate" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976494v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmine Latappy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pichon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904696v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jourdan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972758v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972987v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823113v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halimatou Ndiaye" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Castric" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Cherfi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Schimmerling" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349830v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349905v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verdu Jean-Philippe" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349812v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357377v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560115v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Thienpont" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349909v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Mallard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349771v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349797v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Cartonnet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349786v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000469v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012565v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Loffreda" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Voegel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345748v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.228.0099" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702383v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Auvray" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheformation.7169" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561103v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Cormier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Vivant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Larrue" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533073v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Maitre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bruillard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.2128" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347453v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557616v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain G. Bernard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Dell'Angelo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine de Montgolfier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Godfroy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20141300001" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349918v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346945v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14926150309556573" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976368v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976373v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130816v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Berry" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Marcaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Cadenat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Rotenberg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944516v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim Zaid" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Paindorge" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013905v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Zablot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013960v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013940v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347004v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Biache" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Combescot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Marro" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143557v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Kerneis" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557608v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561061v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346934v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jourdan Christian" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013836v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Albe" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Champaney" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Costa" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346930v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346905v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.14696" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00136872v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-05298987v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto Ramos Idunate" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Huchette" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannique Delabos" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04479919v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luz Helena Martinez Barrera" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04479962v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959304v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904706v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto Ramos Idu&#241;ate" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976494v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmine Latappy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pichon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904696v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jourdan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972758v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972987v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00823113v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halimatou Ndiaye" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Castric" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Cherfi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Schimmerling" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349830v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357377v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349812v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349905v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verdu Jean-Philippe" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560115v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Thienpont" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349909v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Mallard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349771v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349797v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Cartonnet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349786v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000469v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012565v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Loffreda" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Voegel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345748v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.228.0099" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702383v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Auvray" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheformation.7169" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561103v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Cormier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Vivant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Larrue" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533073v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Maitre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bruillard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.2128" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557616v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain G. Bernard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Dell'Angelo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine de Montgolfier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Godfroy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20141300001" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347453v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349918v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346945v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14926150309556573" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976368v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976373v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130816v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Berry" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Marcaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Cadenat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Rotenberg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944516v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkarim Zaid" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Paindorge" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013905v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Zablot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013960v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013940v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347004v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Biache" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Combescot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Marro" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143557v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Kerneis" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557608v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561061v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346934v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jourdan Christian" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013836v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Albe" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Champaney" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Costa" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346930v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346905v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.14696" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00136872v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>