--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -368,256 +368,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04837224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bidomain Model Coupled To A Realistic Multi-Electrode Device In Cardiac Electrophysiology</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Computer Model for In Silico Trials on Pacemaker Energy Efficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Coudière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Leguèbe</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Balelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessia Baretta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Fauré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CANUM 2024 - Congrès National d'Analyse Numérique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CinC 2024 - 51st international Computing in Cardiology conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Karlsruhe, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.22489/cinc.2024.235⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04610592v1</w:t>
+                <w:t xml:space="preserve">hal-04886140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Computer Model for In Silico Trials on Pacemaker Energy Efficiency</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bidomain Model Coupled To A Realistic Multi-Electrode Device In Cardiac Electrophysiology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Pannetier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Coudière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Leguèbe</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CinC 2024 - 51st international Computing in Cardiology conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CANUM 2024 - Congrès National d'Analyse Numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Le Bois-Plage-en-Ré, Île de Ré, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.22489/cinc.2024.235⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04886140v1</w:t>
+                <w:t xml:space="preserve">hal-04610592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of stimulation threshold in a 3D model of a pacemaker</w:t>
               </w:r>
@@ -3141,402 +3141,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04847693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling Cardiac Stimulation by a Pacemaker, with Accurate Tissue-Electrode Interface</w:t>
+                <w:t xml:space="preserve">From experimental data to 3D realistic simulations: a pacemaker example</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Pannetier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwladys Ravon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Leguèbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Coudière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard D Walton</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Delphine Feuerstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FIMH 2023 - 12th International Conference on Functional Imaging and Modeling of the Heart</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Villeurbanne (Lyon), France</w:t>
+              <w:t xml:space="preserve">LIRYConnect 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Pessac (Bordeaux), France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04384661v1</w:t>
+                <w:t xml:space="preserve">hal-04384800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathematical Modeling of Pulsed Electric Field Cardiac Ablation</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pierre Jaïs</w:t>
+                <w:t xml:space="preserve">Modeling Cardiac Stimulation by a Pacemaker, with Accurate Tissue-Electrode Interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Pannetier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Leguèbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Coudière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard D Walton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Feuerstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RICAM - Workshop 4 "Modeling and simulation of ablation treatments"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Linz, Austria</w:t>
+              <w:t xml:space="preserve">FIMH 2023 - 12th International Conference on Functional Imaging and Modeling of the Heart</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Villeurbanne (Lyon), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04389083v1</w:t>
+                <w:t xml:space="preserve">hal-04384661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From experimental data to 3D realistic simulations: a pacemaker example</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gwladys Ravon</w:t>
+                <w:t xml:space="preserve">Mathematical Modeling of Pulsed Electric Field Cardiac Ablation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Bihoreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guido Caluori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Jaïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Leguèbe</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Richard D Walton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LIRYConnect 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Pessac (Bordeaux), France. 2023</w:t>
+              <w:t xml:space="preserve">RICAM - Workshop 4 "Modeling and simulation of ablation treatments"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Linz, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04384800v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04389083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Standardized numerical simulations of cardiac electrical stimulation devices</w:t>
               </w:r>
@@ -4199,51 +4199,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150220v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Pannetier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Legu&#232;be" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Coudi&#232;re" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Walton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Faur&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-94559-5_12" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04837224v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwladys Ravon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Feuerstein" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22489/CinC.2024.317" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04610592v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886140v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Balelli" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Baretta" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22489/cinc.2024.235" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150136v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402791v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04379089v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard D Walton" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dhiver" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35302-4_20" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944899v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachar Tarraf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Suraniti" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Colin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299233v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Diolez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959751v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Breton" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Buret" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kr&#228;henb&#252;hl" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lluis M. Mir" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05313674v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Calvez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Douanla-Lontsi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.08910" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03272432v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Arbault" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/mbe.2021291" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01581834v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Barucq" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Chabassier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Durufl&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gizon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2017059" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403332v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hanson" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201629470" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622697v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fournier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Legu&#232;be" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris S. Hanson" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201731283" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01412380v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael S Legu&#232;be" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Grazia Notarangelo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Twarogowska" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Natalini" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clair Poignard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2016.11.015" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01158377v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisl Weynans" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2015.03.028" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01203284v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Silve" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Leray" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioelechem.2015.06.002" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01153095v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2014.2351836" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00712683v3" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otared Kavian" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00285-012-0629-3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01027477v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Leguebe" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lluis M Mir" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2014.06.027" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-STWQSRWG-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05368825v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bihoreau-Duchemin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Collin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847482v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bihoreau" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847693v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04384661v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389083v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Caluori" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ja&#239;s" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04384800v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04384583v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01349522v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria G. Notarangelo" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00956017v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01005514v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00821758v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150220v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Pannetier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Legu&#232;be" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Coudi&#232;re" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Walton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Faur&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-94559-5_12" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04837224v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwladys Ravon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Feuerstein" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22489/CinC.2024.317" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886140v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Balelli" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Baretta" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22489/cinc.2024.235" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04610592v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150136v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402791v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04379089v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard D Walton" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dhiver" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35302-4_20" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944899v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachar Tarraf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Suraniti" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Colin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299233v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Diolez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959751v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Breton" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Buret" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kr&#228;henb&#252;hl" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lluis M. Mir" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05313674v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Calvez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Douanla-Lontsi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.08910" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03272432v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Arbault" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/mbe.2021291" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01581834v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Barucq" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Chabassier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Durufl&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gizon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2017059" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403332v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Hanson" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201629470" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622697v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fournier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Legu&#232;be" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris S. Hanson" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201731283" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01412380v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael S Legu&#232;be" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Grazia Notarangelo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Twarogowska" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Natalini" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clair Poignard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2016.11.015" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01158377v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisl Weynans" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2015.03.028" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01203284v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Silve" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Leray" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioelechem.2015.06.002" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01153095v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2014.2351836" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00712683v3" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otared Kavian" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00285-012-0629-3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01027477v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Leguebe" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lluis M Mir" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2014.06.027" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-STWQSRWG-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05368825v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bihoreau-Duchemin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Collin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847482v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bihoreau" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847693v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04384800v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04384661v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389083v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Caluori" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ja&#239;s" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04384583v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01349522v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria G. Notarangelo" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00956017v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01005514v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00821758v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>