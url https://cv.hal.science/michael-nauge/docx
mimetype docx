--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -666,2261 +666,2355 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05071108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (1)</w:t>
+        <w:t xml:space="preserve">Cours (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between gamer profiles, gaming behavior, sociodemographic characteristics, and big five personality traits among French law students</w:t>
-[...81 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+                <w:t xml:space="preserve">Un PGD pour ma thèse : maîtriser la gestion des données de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Nauge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Doctorat. France. 2026, 70 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04221633v1</w:t>
+                <w:t xml:space="preserve">hal-05491853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (17)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Managing Fine-grained Metadata for Text Bases in Extremely Low Resource Languages: the Cases of Two Regional Languages of France</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Delphine Bernhard</w:t>
+                <w:t xml:space="preserve">Relationship between gamer profiles, gaming behavior, sociodemographic characteristics, and big five personality traits among French law students</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germano Vera Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Barrault-Méthy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Marion Del Bove</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Michael Nauge</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIGUL 2024</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">BMC Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (1), pp.285. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04598649v1</w:t>
-[...201 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">⟨10.1186/s40359-023-01329-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Germano Vera Cruz</w:t>
-[...1384 lines deleted...]
-                <w:t xml:space="preserve">hal-01469003v1</w:t>
+                <w:t xml:space="preserve">hal-04221633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benchmark de métriques de qualité sur bases de données d’images compressées</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Managing Fine-grained Metadata for Text Bases in Extremely Low Resource Languages: the Cases of Two Regional Languages of France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Vergez-Couret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Bernhard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Nauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Bras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Compression et représentation des signaux audiovisuels - CORESA 2010</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">SIGUL 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Torino, Italy. pp.212-221</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04598649v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regularities, Norms and Variation in the Pronunciation of 18th-Century English as Evidenced by Orthoepic Dictionaries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Duchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hanote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Nauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Videau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Zumstein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20ème colloque d'avril sur l'anglais oral de Villetaneuse : Phonétique / Phonologie : interface, régularités, réalisations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Villetaneuse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03628074v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Defining the gaming profile of students of English for Legal Purposes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Barrault-Méthy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Charret del Bove</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Seye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Nauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germano Vera Cruz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sustainable Multilingualism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institute of Foreign Languages of Vytautas Magnus University; Language Teachers' Association of Lithuania, Jun 2021, Kaunas, Lithuania</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03251167v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La richesse lexicale dans les manuels de FLE. Quel impact sur l'enseignement du lexique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effrosyni Lamprou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Nauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freiderikos Valetopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international, Le carrefour des Sens, Ve édition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université nationale Ivan Franko de Lviv, Sep 2021, Lviv, Ukraine</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03642851v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">BLACK FAIRDAY</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Nauge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Humanistica 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02561825v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Executable papers : vers une science plus ouverte, transparente et réutilisable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Nauge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Progedo : Semaine DATA SHS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03128918v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The English PhonetiQuizz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Videau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hanote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Nauge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Printemps des Humanités numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2020, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02955466v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les terminaisons ­ic et ­ical en anglais : essai de comparaison métalexico­graphique entre les dictionnaires de Buchanan (1766) et de Walker (1791)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Duchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Trapateau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Nauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Zumstein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10èmes Journées de Linguistique de Corpus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Grenoble, Université Grenoble Alpes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02477945v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gestion de version et recherche reproductible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Nauge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les corpus en SHES : entre apports et imperfections.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Florent CHEVALIER, Pauline LEFEBVRE, Oct 2019, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03128863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">MARMYTHON : Une recette facile pour cuisiner du Python</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Nauge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Exploiter les corpus d’auteur. Atelier de formation annuel du consortium Cahier (TGIR Huma-Num)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03128841v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étude métalexicographique diachronique de l'anglais : méthodes et outils pour des analyses lexicologiques et morphologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hanote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Nauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Zumstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Birault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Trapateau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10èmes Journées de Linguistique de Corpus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02485541v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A statistical study of the correlation between interest points and gaze points</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Nauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed-Chaker Larabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Fernandez-Maloigne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Human Vision and Electronic Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2012, Burlingame, CA, United States. pp.12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.912089⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914981v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Robust Content-Based JPWL Transmission Over a Realistic MIMO Channel Under Perceptual Constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Abot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Nauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clency Perrine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed-Chaker Larabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Bergeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2011 18th IEEE International Conference on Image Processing (ICIP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ICP, Sep 2011, Brussels, Belgium. pp.3298-3301</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00624548v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quality estimation based on interest points through hierarchical saliency maps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Nauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed-Chaker Larabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Fernandez-Maloigne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EUVIP 2011 - 2011 3rd European Workshop on Visual Information Processing (EUVIP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Paris, France. pp.186 - 191, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EuVIP.2011.6045541⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00915231v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximisation Perceptuelle de la Qualité de Transmission JPWL via un Canal MIMO Réaliste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Abot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Nauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clency Perrine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed-Chaker Larabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Bergeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GRETSI 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Bordeaux, France. pp.NC</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00624534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A reduced-reference metric based on the interest points in color images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Nauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed-Chaker Larabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Fernandez-Maloigne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2010 Picture Coding Symposium (PCS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Nagoya, Japan. pp.610-613, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PCS.2010.5702578⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04032429v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-00528459v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A hierarchical saliency map generation based on the human visual system properties. In Workshop on Picture Coding and Image Processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Nauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed-Chaker Larabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Fernandez-Maloigne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop on Picture Coding and Image Processing (WPCIP),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Nagoya, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01469003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Thèse (1)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploitation des statistiques structurelles d'une image pour la prédiction de la saillance visuelle et de la qualité perçue</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Benchmark de métriques de qualité sur bases de données d’images compressées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Nauge</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Thèse</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed-Chaker Larabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Fernandez-Maloigne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Compression et représentation des signaux audiovisuels - CORESA 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Lyon, France. , 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">tel-03675653v1</w:t>
+                <w:t xml:space="preserve">hal-00528459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Logiciel (1)</w:t>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Exploitation des statistiques structurelles d'une image pour la prédiction de la saillance visuelle et de la qualité perçue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Nauge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Traitement des images [eess.IV]. Université de Poitiers, 2012. Français. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2012POIT2300⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-03675653v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Logiciel (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">NakalaPyConnect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Nauge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03197337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId69"/>
+      <w:footerReference w:type="default" r:id="rId70"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2988,51 +3082,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5AD7ACF6"/>
+    <w:nsid w:val="F1F45E4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3219,51 +3313,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/michael-nauge" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0998-9196" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/174364539" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/http://viaf.org/viaf/305982265" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://theses.univ-poitiers.fr/notice/view/22102" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plavimop.prd.fr/en/motions" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/ANR-CHispa" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.murmurevisuel.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rnuage.com/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071108v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Bats" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Nauge" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04221633v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germano Vera Cruz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Barrault-M&#233;thy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Del Bove" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Nauge" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40359-023-01329-6" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598649v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Vergez-Couret" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bernhard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bras" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ruiz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628074v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Duchet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Hanote" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Videau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Zumstein" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251167v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Charret del Bove" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Seye" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03642851v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Effrosyni Lamprou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freiderikos Valetopoulos" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128918v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561825v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955466v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128841v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02477945v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Trapateau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128863v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02485541v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Birault" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914981v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Chaker Larabi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fernandez-Maloigne" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.912089" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00624548v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Abot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clency Perrine" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bergeron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915231v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuVIP.2011.6045541" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00624534v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032429v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PCS.2010.5702578" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01469003v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00528459v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03675653v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012POIT2300" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197337v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/michael-nauge" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0998-9196" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/174364539" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/http://viaf.org/viaf/305982265" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://theses.univ-poitiers.fr/notice/view/22102" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plavimop.prd.fr/en/motions" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/ANR-CHispa" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.murmurevisuel.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://rnuage.com/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071108v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Bats" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Nauge" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491853v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04221633v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germano Vera Cruz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Barrault-M&#233;thy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Del Bove" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Nauge" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40359-023-01329-6" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598649v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Vergez-Couret" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bernhard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bras" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ruiz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628074v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Duchet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Hanote" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Videau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Zumstein" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251167v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Charret del Bove" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Seye" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03642851v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Effrosyni Lamprou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freiderikos Valetopoulos" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561825v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128918v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955466v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02477945v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Trapateau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128863v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128841v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02485541v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Birault" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914981v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Chaker Larabi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fernandez-Maloigne" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.912089" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00624548v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Abot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clency Perrine" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bergeron" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915231v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EuVIP.2011.6045541" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00624534v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032429v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PCS.2010.5702578" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01469003v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00528459v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03675653v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012POIT2300" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197337v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>