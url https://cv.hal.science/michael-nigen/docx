--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -350,277 +350,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05207559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact des sollicitations mécaniques lors de la micronisation du riz rond deCamargue sur la déstructuration et l’énergie spécifique de broyage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring Kafirin's Biochemical and Physicochemical Properties through Size-Exclusion Chromatography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freya Knaggs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Ferrero</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Charles Cunault</w:t>
+                <w:t xml:space="preserve">Aleksa Soldatic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Bonicel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Nigen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. Colloque Sciences et Technologies des Poudres (STP 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Montpellier, France</w:t>
+              <w:t xml:space="preserve">17. International Cereal and Bread Congress (ICBC24)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Association for Cereal Science and Technology; INRAE, Apr 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04770488v1</w:t>
+                <w:t xml:space="preserve">hal-05207455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring Kafirin's Biochemical and Physicochemical Properties through Size-Exclusion Chromatography</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
+                <w:t xml:space="preserve">Impact des sollicitations mécaniques lors de la micronisation du riz rond deCamargue sur la déstructuration et l’énergie spécifique de broyage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Ferrero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Maraval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Putois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bourlieu-Lacanal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aleksa Soldatic</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Michaël Nigen</w:t>
+                <w:t xml:space="preserve">Charles Cunault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17. International Cereal and Bread Congress (ICBC24)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Association for Cereal Science and Technology; INRAE, Apr 2024, Nantes, France</w:t>
+              <w:t xml:space="preserve">13. Colloque Sciences et Technologies des Poudres (STP 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05207455v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04770488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New biopolymers for the colloidal stability of red wines</w:t>
               </w:r>
@@ -2879,51 +2879,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Grabulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bourlieu-Lacanal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Nigen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3876,295 +3876,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02623138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recovery, structure and physicochemical properties of an aggregate-rich fraction from Acacia senegal gum</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thierry Doco</w:t>
+                <w:t xml:space="preserve">Acetylation degree, a key parameter modulating chitosan rheological, thermal and film-forming properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwa Hamdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Nasri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sawssen Hajji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Nigen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.M. Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Hydrocolloids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 89, pp.864-873. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2018.11.054⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 87, pp.48 - 60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2018.07.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01981147v1</w:t>
+                <w:t xml:space="preserve">hal-01912168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acetylation degree, a key parameter modulating chitosan rheological, thermal and film-forming properties</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S.M. Li</w:t>
+                <w:t xml:space="preserve">Recovery, structure and physicochemical properties of an aggregate-rich fraction from Acacia senegal gum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Apolinar Valiente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Williams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Nigen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronica Mejia Tamayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Doco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Hydrocolloids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 87, pp.48 - 60. </w:t>
+              <w:t xml:space="preserve">, 2019, 89, pp.864-873. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2018.07.027⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2018.11.054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01912168v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01981147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of mono or co-culture of EPS-producing &amp;lt;em&amp;gt;Streptococcus thermophilus&amp;lt;/em&amp;gt; strains on the formation of acid milk gel and the appearance of texture defects</w:t>
               </w:r>
@@ -4542,177 +4542,189 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02164154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acacia gum: History of the future</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christian Sanchez</w:t>
+                <w:t xml:space="preserve">A multi-scale approach to identify the role of heat treatment, milk protein composition and starter culture on the gel formation and the texture defects of acid milk gel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">an Thi-Binh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Nigen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pascale Williams</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luciana Jimenez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassina Ait-Abderahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Cunault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Hydrocolloids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 78, pp.140-160. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2017.04.008⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 85, pp.299-310. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2018.07.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01602791v1</w:t>
+                <w:t xml:space="preserve">hal-01918017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performances of different protocols for exocellular polysaccharides extraction from milk acid gels: Application to yogurt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Binh An Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4721,396 +4733,384 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Nigen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luciana Jimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassina Ait-Abderrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Marchesseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 239, pp.742-750. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.foodchem.2017.06.121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01607382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flexibility and hydration of amphiphilic hyperbranched arabinogalactan-protein from plant exudate: a volumetric perspective</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Acacia gum: History of the future</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Nigen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronica Mejia Tamayo</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rafael Apolinar Valiente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Doco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloids and Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/colloids2010011⟩</w:t>
+              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 78, pp.140-160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2017.04.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02154396v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multi-scale approach to identify the role of heat treatment, milk protein composition and starter culture on the gel formation and the texture defects of acid milk gel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">an Thi-Binh Nguyen</w:t>
+                <w:t xml:space="preserve">Flexibility and hydration of amphiphilic hyperbranched arabinogalactan-protein from plant exudate: a volumetric perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronica Mejia Tamayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Nigen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Charles Cunault</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Apolinar Valiente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Doco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Colloids and Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2 (1), pp.1-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/colloids2010011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2018.07.016⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01918017v1</w:t>
+                <w:t xml:space="preserve">hal-02154396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface properties of Acacia senegal vs Acacia seyal films and impact on specific functionalities</w:t>
               </w:r>
@@ -7851,51 +7851,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05207505v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freya Knaggs" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Charbonnel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Bonicel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Nigen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Morel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05207559v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770488v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Ferrero" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Maraval" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Putois" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourlieu-Lacanal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Cunault" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05207455v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksa Soldatic" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955299v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Antonieta Anaya Castro" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Nigen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Doco" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moine" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Massot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955239v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Williams" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955311v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03624875v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Mameri" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Abdelbost" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Thomaz dos Santos d'Almeida" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talita Pimenta Do Nascimento" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Wanderlei Piler de Carvalho" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955253v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Apolinar-Valiente" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Salmon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sanchez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955288v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Antoine-Michard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Ric" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Violleau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jaouen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955268v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hennetier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle N'Tsiba" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955279v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172513v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Apolinar Valiente" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nerea Iturmendi Virlay" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192516v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454375v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Croguennec" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Bouhallab" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454374v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Garcia-Nebot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Mekmene" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Algeria" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barbera" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05069589v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Li" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Renard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2025.111402" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04681610v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ath&#233;na&#239;s Davant&#232;s" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.4c02002" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04680440v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.3c02769" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04102276v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/colloids7020026" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04043092v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2023.123509" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03778813v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Joly" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brat" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lebrun" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Maraval" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfpp.17049" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03741969v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bridget Agyemang" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Grabulos" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hubert" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijfs.15865" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03540576v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Renard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Davant&#232;s" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. d'Orlando" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Cahier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Molinari" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2021.107360" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03235243v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2021.129477" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955228v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nerea Iturmendi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03345548v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.1c01619" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02901701v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chutima Aphibanthammakit" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Barbar" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chalier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fochx.2020.100090" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299671v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronica Mejia Tamayo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2019.105283" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623138v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2019.126062" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981147v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2018.11.054" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01912168v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Hamdi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Nasri" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sawssen Hajji" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Li" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2018.07.027" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618041v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Binh An Nguyen" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Picart-Palmade" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Jimenez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassina Ait-Abderahim" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2019.06.007" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265233v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina D&#8217;orlando" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/colloids3020049" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164154v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2019.105176" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602791v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2017.04.008" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607382v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassina Ait-Abderrahim" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Marchesseau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2017.06.121" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154396v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/colloids2010011" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918017v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=an Thi-Binh Nguyen" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2018.07.016" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7D4QF2Z7-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264934v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Gaucel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2018.04.032" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506509v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Montagner" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jacquin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Willet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Dumoulin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M116.719005" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269491v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joakim Delaux" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Fourr&#233;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Tatibou&#235;t" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Barakat" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5GC02773J" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01174219v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Lepvrier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Moullintraffort" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chat" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Allegro" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbapap.2015.07.003" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269209v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizeth Lopez" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2015.04.019" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01175535v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Goude" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.5b00051" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837409v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lavenant-Gourgon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lapp" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2014.06.041" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064003v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lepvrier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Garnier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Roblin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2013.08.090" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X4BPW37L-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04817168v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2008.02.005" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BJV4WB3W-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00594411v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gaillard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Madec" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpc.2009.10.001" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454010v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Madec" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1742-4658.2007.06130.x" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454026v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi062129c" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-F57WQHCK-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062659v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horacio Perez Sanchez" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Tatarenko" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Pavlov" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Imberty" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi061490w" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-TX9GC6KD-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955371v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982726v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984274v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984265v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984297v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizeth Lopez-Torres" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454366v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00438402v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05207505v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freya Knaggs" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Charbonnel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Bonicel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Nigen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Morel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05207559v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05207455v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksa Soldatic" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770488v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Ferrero" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Maraval" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Putois" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourlieu-Lacanal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Cunault" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955299v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Antonieta Anaya Castro" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Nigen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Doco" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moine" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Massot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955239v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Williams" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955311v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03624875v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Mameri" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Abdelbost" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Thomaz dos Santos d'Almeida" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talita Pimenta Do Nascimento" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Wanderlei Piler de Carvalho" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955253v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Apolinar-Valiente" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Salmon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sanchez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955288v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Antoine-Michard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Ric" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Violleau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jaouen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955268v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hennetier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle N'Tsiba" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955279v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172513v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Apolinar Valiente" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nerea Iturmendi Virlay" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192516v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454375v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Croguennec" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Bouhallab" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454374v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Garcia-Nebot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Mekmene" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Algeria" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barbera" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05069589v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Li" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Renard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2025.111402" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04681610v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ath&#233;na&#239;s Davant&#232;s" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.4c02002" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04680440v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.3c02769" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04102276v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/colloids7020026" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04043092v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2023.123509" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03778813v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Joly" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brat" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lebrun" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Maraval" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfpp.17049" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03741969v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bridget Agyemang" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Grabulos" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hubert" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijfs.15865" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03540576v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Renard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Davant&#232;s" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. d'Orlando" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Cahier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Molinari" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2021.107360" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03235243v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2021.129477" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955228v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nerea Iturmendi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03345548v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.1c01619" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02901701v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chutima Aphibanthammakit" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Barbar" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chalier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fochx.2020.100090" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299671v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronica Mejia Tamayo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2019.105283" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623138v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2019.126062" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01912168v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Hamdi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Nasri" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sawssen Hajji" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Li" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2018.07.027" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981147v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2018.11.054" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618041v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Binh An Nguyen" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Picart-Palmade" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Jimenez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassina Ait-Abderahim" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2019.06.007" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265233v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina D&#8217;orlando" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/colloids3020049" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164154v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2019.105176" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918017v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=an Thi-Binh Nguyen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2018.07.016" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7D4QF2Z7-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607382v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassina Ait-Abderrahim" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Marchesseau" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2017.06.121" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602791v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2017.04.008" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154396v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/colloids2010011" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264934v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Gaucel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2018.04.032" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506509v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Montagner" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jacquin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Willet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Dumoulin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M116.719005" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269491v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joakim Delaux" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Fourr&#233;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Tatibou&#235;t" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Barakat" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5GC02773J" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01174219v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Lepvrier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Moullintraffort" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chat" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Allegro" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbapap.2015.07.003" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269209v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizeth Lopez" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2015.04.019" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01175535v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Goude" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.5b00051" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837409v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lavenant-Gourgon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lapp" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2014.06.041" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064003v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lepvrier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Garnier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Roblin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2013.08.090" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X4BPW37L-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04817168v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2008.02.005" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BJV4WB3W-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00594411v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gaillard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Madec" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpc.2009.10.001" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454010v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Madec" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1742-4658.2007.06130.x" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454026v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi062129c" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-F57WQHCK-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062659v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horacio Perez Sanchez" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Tatarenko" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Pavlov" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Imberty" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi061490w" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-TX9GC6KD-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955371v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982726v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984274v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984265v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984297v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizeth Lopez-Torres" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454366v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00438402v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>