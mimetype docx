--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -446,546 +446,546 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A root-knot nematode effector Mi2G02 hijacks a host plant trihelix transcription factor for nematode parasitism</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The overlooked manipulation of nucleolar functions by plant pathogen effectors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Ranty-Roby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jianlong Zhao</w:t>
+                <w:t xml:space="preserve">Frédéric Pontvianne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kaiwei Huang</w:t>
+                <w:t xml:space="preserve">Michaël Quentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rui Liu</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bruno Favery</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.xplc.2023.100723⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2024.1445097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04221995v1</w:t>
+                <w:t xml:space="preserve">hal-04727909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and characterization of specific motifs in effector proteins of plant parasites using MOnSTER</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The root‐knot nematode effector MiEFF12 targets the host ER quality control system to suppress immune responses and allow parasitism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salomé Soulé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaiwei Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Mulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joffrey Mejias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giulia Calia</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Hannes Schuler</w:t>
+                <w:t xml:space="preserve">Jérémie Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42003-024-06515-9⟩</w:t>
+              <w:t xml:space="preserve">Molecular Plant Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25 (7), pp.e13491. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mpp.13491⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05282767v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04637246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The overlooked manipulation of nucleolar functions by plant pathogen effectors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sarah Ranty-Roby</w:t>
+                <w:t xml:space="preserve">A root-knot nematode effector Mi2G02 hijacks a host plant trihelix transcription factor for nematode parasitism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jianlong Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaiwei Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rui Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuqing Lai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Pontvianne</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre Abad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2024.1445097⟩</w:t>
+              <w:t xml:space="preserve">Plant Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 5, pp.100723. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.xplc.2023.100723⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04727909v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04221995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The root‐knot nematode effector MiEFF12 targets the host ER quality control system to suppress immune responses and allow parasitism</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kaiwei Huang</w:t>
+                <w:t xml:space="preserve">Identification and characterization of specific motifs in effector proteins of plant parasites using MOnSTER</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Calia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Porracciolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yongpan Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Mulet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Joffrey Mejias</w:t>
+                <w:t xml:space="preserve">Djampa Kozlowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Bazin</w:t>
+                <w:t xml:space="preserve">Hannes Schuler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant Pathology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 25 (7), pp.e13491. </w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7 (1), pp.850. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/mpp.13491⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s42003-024-06515-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04637246v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05282767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The root‐knot nematode effector MiMSP32 targets host 12‐oxophytodienoate reductase 2 to regulate plant susceptibility</w:t>
               </w:r>
@@ -1131,77 +1131,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joffrey Mejias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongpan Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nhat-My Truong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Mulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 189 (3), pp.1741-1756. </w:t>
@@ -1291,51 +1291,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine da Rocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Thomine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Quentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Phytologist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 236 (1), pp.283-295. </w:t>
@@ -1425,51 +1425,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joffrey Mejias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salomé Soulé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Mulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12, </w:t>
@@ -1507,103 +1507,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Meloidogyne incognita C‐type lectin effector targets plant catalases to promote parasitism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jianlong Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qinghua Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Quentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jian Ling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Abad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Phytologist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 232 (5), pp.2124-2137. </w:t>
@@ -1654,51 +1654,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The root‐knot nematode effector MiEFF18 interacts with the plant core spliceosomal protein SmD1 required for giant cell formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joffrey Mejias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nhat‐my Truong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1775,77 +1775,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The root‐knot nematode effector MiPDI1 targets a stress‐associated protein (SAP) to establish disease in Solanaceae and Arabidopsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jianlong Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joffrey Mejias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Quentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongpan Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1935,64 +1935,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joffrey Mejias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nhat My Truong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Abad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Favery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Quentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2082,64 +2082,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Industri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Ponchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Quentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Favery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bio-protocol </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 8 (10), pp.1-8. </w:t>
@@ -2171,295 +2171,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01801981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A root-knot nematode small glycine and cysteine-rich secreted effector, MiSGCR1, is involved in plant parasitism</w:t>
+                <w:t xml:space="preserve">In situ hybridization (ISH) in preparasitic and parasitic stages of the plant-parasitic nematode Meloidogyne spp.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chinh-Nghia Nguyen</w:t>
+                <w:t xml:space="preserve">Maëlle Jaouannet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Perfus-Barbeoch</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Chinh Nghia Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Quentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Magliano</w:t>
+                <w:t xml:space="preserve">Stéphanie Jaubert-Possamai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Rosso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nph.14837⟩</w:t>
+              <w:t xml:space="preserve">Bio-protocol </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21769/BioProtoc.2766⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02621877v1</w:t>
+                <w:t xml:space="preserve">hal-01801982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ hybridization (ISH) in preparasitic and parasitic stages of the plant-parasitic nematode Meloidogyne spp.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A root-knot nematode small glycine and cysteine-rich secreted effector, MiSGCR1, is involved in plant parasitism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chinh Nghia Nguyen</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Chinh-Nghia Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Perfus-Barbeoch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Quentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Jaubert-Possamai</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jianlong Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Noëlle Rosso</w:t>
+                <w:t xml:space="preserve">Marc Magliano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bio-protocol </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 8 (6), </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 217 (2), pp.687-699. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21769/BioProtoc.2766⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/nph.14837⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01801982v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Arabidopsis microtubule-associated protein MAP65-3 supports infection by filamentous biotrophic pathogens by down-regulating salicylic acid-dependent defenses</w:t>
               </w:r>
@@ -2579,90 +2579,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gall-forming root-knot nematodes hijack key plant cellular functions to induce multinucleate and hypertrophied feeding cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Favery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Quentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Jaubert-Possamai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Abad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Insect Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 84, pp.60-69. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2748,51 +2748,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Quentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. M. W. Grundler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Favery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 27 (9), pp.901 - 912. </w:t>
@@ -2843,64 +2843,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plant parasitic nematode effectors target host defense and nuclear functions to establish feeding cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Quentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Abad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Favery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 4, </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3196,307 +3196,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02662359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Root-knot nematodes manipulate plant cell functions during a compatible interaction</w:t>
+                <w:t xml:space="preserve">MAP65-3 Microtubule-Associated Protein Is Essential for Nematode-Induced Giant Cell Ontogenesis in Arabidopsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Cécile Caillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lecomte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geraldine Dubreuil</w:t>
+                <w:t xml:space="preserve">Fabien Jammes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Quentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lecomte</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Pagnotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Plant Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jplph.2007.05.007⟩</w:t>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 20 (2), pp.423-437. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1105/tpc.107.057422⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02140534v1</w:t>
+                <w:t xml:space="preserve">hal-02111994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MAP65-3 Microtubule-Associated Protein Is Essential for Nematode-Induced Giant Cell Ontogenesis in Arabidopsis</w:t>
+                <w:t xml:space="preserve">Root-knot nematodes manipulate plant cell functions during a compatible interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Cécile Caillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Dubreuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Quentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Perfus-Barbeoch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lecomte</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">S. Pagnotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant cell</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 165 (1), pp.104-113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jplph.2007.05.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1105/tpc.107.057422⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02111994v1</w:t>
+                <w:t xml:space="preserve">hal-02140534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3527,90 +3527,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Function of root-knot nematode effectors and their targets in plant parasitism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nhat My Truong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chinh Nghia Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Abad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Quentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Favery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant nematode interactions - A view on compatible interrelationships</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 73, </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3651,278 +3651,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02801464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How pathogens affect root structure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Compatible plant- root-knot nematode interaction and parallels with symbiosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Favery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Quentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Abad</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Root genomics and soil interactions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/9781118447093.ch10⟩</w:t>
+              <w:t xml:space="preserve">Signaling and communication in plant symbiosis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer Science - Business Media Deutschland GmbH, 2012, 978-3-642-20966-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-20966-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02804727v1</w:t>
+                <w:t xml:space="preserve">hal-02805251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compatible plant- root-knot nematode interaction and parallels with symbiosis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How pathogens affect root structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Quentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarek Hewezi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Damiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Abad</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Baum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Signaling and communication in plant symbiosis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Springer Science - Business Media Deutschland GmbH, 2012, 978-3-642-20966-6. </w:t>
+              <w:t xml:space="preserve">Root genomics and soil interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wiley-Blackwell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 5p., 2012, 978-0-470-96043-1. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-20966-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/9781118447093.ch10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02805251v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02804727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3966,64 +3966,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Quentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Zurletto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Jaouannet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Magliano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noelle Rosso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4149,51 +4149,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Quentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian M.W. Grundler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Favery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. International Congress of Nematology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Cape Town, South Africa</w:t>
@@ -4274,51 +4274,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lecomte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janice de Almeida-Engler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Abad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. International Congress on Molecular Plant Microbe Interactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2007, Sorrento, Italy</w:t>
@@ -4437,51 +4437,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="95519E48"/>
+    <w:nsid w:val="629174B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4668,51 +4668,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/michael-quentin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05513624v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Dussutour" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Noureddine" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine da Rocha" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Yahmi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abile T. Mohammed" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05186685v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ranty-Roby" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Mejias" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piao Lei" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Soul&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongpan Chen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221995v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianlong Zhao" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaiwei Huang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Liu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuqing Lai" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Abad" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xplc.2023.100723" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05282767v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Calia" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Porracciolo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djampa Kozlowski" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannes Schuler" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-06515-9" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-04727909v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pontvianne" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Quentin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Favery" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2024.1445097" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04637246v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Mulet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bazin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.13491" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224394v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ava Verhoeven" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Finkers&#8208;tomczak" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pjotr Prins" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debbie Valkenburg-van Raaij" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casper C van Schaik" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18653" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879983v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat-My Truong" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiac155" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866626v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Thomine" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18362" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03194646v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat My Truong" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.641480" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03470387v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinghua Sun" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Ling" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/NPH.17690" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03148749v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat&#8208;my Truong" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marteu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17089" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03148658v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice Almeida&#8208;engler" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.16745" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02567196v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Quentin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.00970" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801981v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Allasia" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Industri" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ponchet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21769/BioProtoc.2844" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621877v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinh-Nghia Nguyen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Perfus-Barbeoch" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Magliano" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14837" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801982v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Jaouannet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinh Nghia Nguyen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Jaubert-Possamai" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Rosso" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21769/BioProtoc.2766" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630718v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Baur&#232;s" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hoefle" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Caillaud" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Allasia" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erv564" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632647v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinsphys.2015.07.013" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631899v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Wieczorek" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Elashry" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. M. W. Grundler" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-01-14-0005-R" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644687v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2013.00053" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203917v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pegard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Allais" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Henri Ducrot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1000264" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662359v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Paganelli" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lecomte" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deslandes" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0006757" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140534v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Dubreuil" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2007.05.007" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7P9PXJK4-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111994v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Jammes" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pagnotta" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.107.057422" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801464v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/bookseries/00652296" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.abr.2014.12.010" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804727v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Hewezi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Damiani" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Baum" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eu.wiley.com/WileyCDA/WileyTitle/productCd-0470960434,descCd-description.html" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118447093.ch10" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805251v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-20966-6" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800237v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Zurletto" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Rosso" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743863v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Wieczorek" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelnaser Elashry" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian M.W. Grundler" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751606v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice de Almeida-Engler" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/michael-quentin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05513624v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Dussutour" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Noureddine" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine da Rocha" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Yahmi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abile T. Mohammed" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05186685v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Ranty-Roby" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Mejias" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piao Lei" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Soul&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongpan Chen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-04727909v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pontvianne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Quentin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Favery" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2024.1445097" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04637246v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaiwei Huang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Mulet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bazin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.13491" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221995v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianlong Zhao" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Liu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuqing Lai" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Abad" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xplc.2023.100723" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05282767v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Calia" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Porracciolo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djampa Kozlowski" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannes Schuler" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-06515-9" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224394v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ava Verhoeven" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Finkers&#8208;tomczak" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pjotr Prins" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debbie Valkenburg-van Raaij" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casper C van Schaik" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18653" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879983v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat-My Truong" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiac155" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866626v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Thomine" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18362" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03194646v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat My Truong" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.641480" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03470387v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinghua Sun" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Ling" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/NPH.17690" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03148749v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhat&#8208;my Truong" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marteu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17089" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03148658v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice Almeida&#8208;engler" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.16745" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02567196v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Quentin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.00970" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801981v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Allasia" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Industri" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ponchet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21769/BioProtoc.2844" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801982v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Jaouannet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinh Nghia Nguyen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Jaubert-Possamai" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Rosso" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21769/BioProtoc.2766" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621877v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinh-Nghia Nguyen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Perfus-Barbeoch" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Magliano" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14837" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630718v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Baur&#232;s" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hoefle" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Caillaud" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Allasia" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erv564" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632647v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinsphys.2015.07.013" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631899v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Wieczorek" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Elashry" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. M. W. Grundler" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-01-14-0005-R" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644687v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2013.00053" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203917v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pegard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Allais" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Henri Ducrot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1000264" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662359v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Paganelli" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lecomte" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deslandes" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0006757" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111994v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Jammes" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pagnotta" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.107.057422" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140534v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Dubreuil" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2007.05.007" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7P9PXJK4-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801464v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/bookseries/00652296" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.abr.2014.12.010" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805251v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-20966-6" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804727v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Hewezi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Damiani" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Baum" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eu.wiley.com/WileyCDA/WileyTitle/productCd-0470960434,descCd-description.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118447093.ch10" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800237v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Zurletto" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Rosso" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743863v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Wieczorek" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelnaser Elashry" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian M.W. Grundler" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751606v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice de Almeida-Engler" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>