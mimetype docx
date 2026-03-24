--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Michael Saidani </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">michael-saidani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-8269-4477</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">231907079</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design for Repairability: Scoring Device Repairability Using Topic Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Franz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyeonik Song</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanical Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-44. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4068269⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05009253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driving sustainability at early-stage innovation in production of zinc oxide nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Israel Carreira-Barral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julieta Díez-Hernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elorri Igos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tianran Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Production and Consumption</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 55, pp.353-372. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.spc.2025.03.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04996157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing and monitoring the environmental performance of complex industrial projects: a communication-based approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Mansour Salamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Nicolaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cleaner Environmental Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.100295. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cesys.2025.100295⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05158874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metrics in the circular economy: An inclusive research landscape of the thematic trends and future research agenda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetiana Shevchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahra Shams Esfandabadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meisam Ranjbari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 165, pp.112182. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolind.2024.112182⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining Building Information Model and Life Cycle Assessment for Defining Circular Economy Strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Guerriero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Busio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calin Boje</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nico Mack</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (11), pp.4561. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su16114561⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life cycle assessment of a telematics box with ICT impact allocation and quantification – Application to precision agriculture technology and robotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alya Bolowich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabina Bednářová</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomás Navarrete Gutiérrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Benetto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia CIRP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 122, pp.455-460. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procir.2024.01.066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Completing the design for product circularity toolkit with hierarchical computation of circularity maturity diagram and redesign circular strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetiana Shevchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahra Shams Esfandabadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meisam Ranjbari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.140742. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2024.140742⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04400027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The future of circular economy metrics: Expert visions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetiana Shevchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahra Shams Esfandabadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meisam Ranjbari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resources, Conservation and Recycling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 205, pp.107565. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.resconrec.2024.107565⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04519214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring How Digital Technologies Enable a Circular Economy of Products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yafeng Han</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetiana Shevchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meisam Ranjbari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahra Shams Esfandabadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (3), pp.2067. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su15032067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03981653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artificial intelligence for sustainability: Facilitating sustainable smart product-service systems with computer vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jannis Walk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niklas Kühl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen Schatte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.136748. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2023.136748⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04025689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consumer behavior in the circular economy: Developing a product-centric framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetiana Shevchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meisam Ranjbari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jakub Kronenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuriy Danko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 384, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2022.135568⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03897410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Product-level circularity metrics based on the “Closing–Slowing Future–Past” quadrant model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetiana Shevchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meisam Ranjbari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Production and Consumption</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 34, pp.395-411. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.spc.2022.09.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03812751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison between circularity metrics and LCA: A case study on circular economy strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Brändström</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 371, pp.133537. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2022.133537⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03770605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nexus Between Life Cycle Assessment, Circularity, and Sustainability Indicators—Part I: a Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circular Economy and Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s43615-022-00159-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03586562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarify the nexus between life cycle assessment and circularity indicators: a SETAC/ACLCA interest group</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashley Kreuder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Babilonia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pahola Thathiana Benavides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Blume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Life Cycle Assessment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11367-022-02061-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03697506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lessons, narratives, and research directions for a sustainable circular economy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sina Leipold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Petit-Boix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anran Luo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Helander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machteld Simoens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Industrial Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jiec.13346⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03933729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nexus Between Life Cycle Assessment, Circularity and Sustainability Indicators—Part II: Experimentations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pigosso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariia Kravchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circular Economy and Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s43615-022-00160-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03586563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of the environmental and economic benefits of the electrification of lawn mowers on the US residential market</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Life Cycle Assessment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11367-021-01917-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03211703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative life cycle assessment and costing of an autonomous lawn mowing system with human-operated alternatives: implication for sustainable design improvements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhonghao Pan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Wattonville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Greenlee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sustainable Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-21. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/19397038.2021.1919785⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03211701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Discrete Event Simulation-Based Model to Optimally Design and Dimension Mobile COVID-19 Saliva-Based Testing Stations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Simulation in Healthcare</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16 (2), pp.151-152. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/SIH.0000000000000565⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing an optimal modular-based product family under intellectual property and sustainability considerations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinju Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanical Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4050747⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-tool methodology to evaluate action levers to close the loop on critical materials – Application to precious metals used in catalytic converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Production and Consumption</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.spc.2021.01.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03112933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing optimal COVID-19 testing stations locally: A discrete event simulation model applied on a university campus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinju Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16 (6), pp.e0253869. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0253869⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03275280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Smart E-Waste System Utilizing Supply Chain Participants and Interactive Online Maps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetiana Shevchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuriy Danko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ievgeniia Golysheva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jana Chovancová</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recycling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6 (1), pp.8. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/recycling6010008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03129638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two decades of research on waste management in the circular economy: Insights from bibliometric, text mining, and content analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meisam Ranjbari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahra Shams Esfandabadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wanxi Peng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Su Shiung Lam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 314, pp.128009. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2021.128009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03271710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transition towards a circular economy: The role of university assets in the implementation of a new model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxu Qu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetiana Shevchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuanyuan Xia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuriy Ladyka</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Detritus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17, pp.3-14. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.31025/2611-4135/2021.15141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03508891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Research Roadmap for Sustainable Design Methods and Tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Faludi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Hoffenson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sze Yin Kwok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie I Hallstedt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (19), pp.8174. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su12198174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02962085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dismantling, remanufacturing and recovering heavy vehicles in a circular economy - Technico-economic and organisational lessons learnt from an industrial pilot study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resources, Conservation and Recycling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 156, pp.104684. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.resconrec.2020.104684⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Closing the loop on platinum from catalytic converters: Contributions from material flow analysis and circularity indicators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alissa Kendall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Industrial Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jiec.12852⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02094798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des indicateurs catalyseurs de l’économie circulaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2019.0346⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02069631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A taxonomy of circular economy indicators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alissa Kendall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 207, pp.542-559. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2018.10.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management of the end-of-life of light and heavy vehicles in the U.S.: comparison with the European union in a circular economy perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alissa Kendall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Material Cycles and Waste Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10163-019-00897-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02190787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a circular economy for platinum in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alissa Kendall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science for Environment Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 535</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02460298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What about the circular economy of vehicles in the U.S.? An extension of the analysis done in the EU by Saidani et al. (2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alissa Kendall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resources, Conservation and Recycling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 136, pp.287-288</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heavy vehicles on the road towards the circular economy: Analysis and comparison with the automotive industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resources, Conservation and Recycling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.resconrec.2017.06.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01571577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to Assess Product Performance in the Circular Economy? Proposed Requirements for the Design of a Circularity Measurement Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recycling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 2, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/recycling2010006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01483940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (43)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piloter la circularité et la soutenabilité des organisations – Focus sur quelques briques du Cockpit Digital Circulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Bouillass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan de Bantel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauren Durivault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Interdisciplinaire sur l’Economie Circulaire 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Picardie Jules Verne [UPJV] ; Université de lille [U-Lille], Sep 2025, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05356186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring and Enhancing Circularity of the Healthcare Sector: The Circularity Model of Products &amp; Spare Parts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soufiane El Bechari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Bouillass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandru Volanschi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 33th International Association For Management of Technology (IAMOT) Conference, Porto, Portugal.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Porto (Portugal), Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04795571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Does Circular Economy Disrupt Business Models: the Case of Ballast Reuse in Railway Projects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Mansour Salamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Nicolaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport Research Arena Conference (TRA 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Dublin, Ireland. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-95284-5_103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04703847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une analyse environnementale, circulaire et économique du rétrofit électrique : cas d'étude d'un véhicule lourd</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joris Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Pion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Bouillass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MCV 2024 - Management du Cycle de Vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04768653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leading Questions towards Building a Digital Cockpit for Circularity in the Healthcare Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauren Durivault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Bouillass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Heidsieck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONFERE 2024 : 31ème Colloque des Sciences de la Conception et de l'Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04727894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesurer l'Impact et Piloter la Performance des Stratégies d'Économie Circulaire : Une Approche Cycle de Vie et Normative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Zinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Benetto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Congrès Interdisciplinaire sur l’Economie Circulaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Toulouse [UT], Jun 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04903381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Circular Digital Cockpit: Towards an actionable framework for life cycle circularity assessment and decision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Bouillass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marija Jankovic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st CIRP Conference on Life Cycle Engineering (LCE 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Turin, Italy. pp.467-472, </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procir.2024.01.068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Space and the Circular Economy: Exploring Expert Perceptions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Balhmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vittorio Franzese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Stoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Makoto Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">75th International Astronautical Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04903424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applying the building blocks framework for circular economy progress in heavy-duty vehicle manufacturing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joris Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Bouillass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Graff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICEER 2024 - The 11th International Conference on Energy and Environment Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Coimbra, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04768586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Design Insights From Customer Feedback to Advance Design for Repairability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Franz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyeonik Song</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2024 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Washington, United States. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2024-139384⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04903431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A generic framework for circular reconstruction of post-disaster territory: core elements and adequate Re-X strategies model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetiana Shevchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference of the Hellenic Society for Circular Economy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Chania, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04903406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital Technologies to Advance Circular Economy at Territorial Level: Challenges and Solutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Bouillass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Lameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE 28th International Conference on Engineering, Technology and Innovation (ICE/ITMC) &amp; 31st International Association For Management of Technology (IAMOT) Joint Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Nancy, France. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICE/ITMC-IAMOT55089.2022.10033241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03986453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of Perceived Relationships Between Environmental Performance Indicators in Ecodesign Projects: the Case of Rail Infrastructure Projects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Mansour Salamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Nicolaï</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th International Conference on Engineering Design (ICED23)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Bordeaux, France. pp.2185-2194, </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/pds.2023.219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life Cycle Assessment and Circular Economy Indicators to Design Sustainable Electric Outboards: Results From Workshops With Industrial Experts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Bayless</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dylan Huey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Anderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Engineering Design (ICED23)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Design Society, Jul 2023, Bordeaux, France. pp.2445-2454, </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/pds.2023.245⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Right-to-repair Movement and Sustainable Design Implications: a Focus on Three Industrial Sectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeline Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Engineering Design (ICED23)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Design Society, Jul 2023, Bordeaux, France. pp.3463-3472, </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/pds.2023.347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the link between life cycle assessment and circularity indicators: a SETAC/ACLCA working group</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Minke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Babilonia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pahola T Benavides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Blume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seth Jackson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SETAC Europe 32rd Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Copenhagen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03697508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benchmark of Circularity Indicators and Links with Life Cycle Assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Le Pochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Monteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jade Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Life Cycle Management (LCM 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Stuttgart, Germany. pp.01004, </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/e3sconf/202234901004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03697507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining life cycle assessment and online customer reviews to design more sustainable products - Case study on a printing machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Junegak Joung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd CIRP Design Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Gif-sur-Yvette, France. pp.604 - 609, </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procir.2022.05.301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03704327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digitalisation for a territorial circular economy: towards an integrated platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Lameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Bouillass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONFERE22 :29ème colloque des Sciences de la conception et de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Basel, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03735819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Machine Learning Tools Support the Identification of Sustainable Design Leads From Product Reviews? Opportunities and Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2021 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Virtual, United States. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2021-70613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03484299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circularity indicators and tools for product design: A web-based visualization and selection tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2021 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Virtual, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03484303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circular economy as a key for industrial value chain resilience in a post-COVID world: what do future engineers think?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia CIRP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Virtual, United States. pp.26-31, </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procir.2021.10.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design for Product Circularity: Circular Economy Indicators With Tools Mapped Along the Engineering Design Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2021 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Virtual, United States. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2021-69629⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03484302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technico-environmental analysis of bioplastics in a circular economy – Visualisation tools for sustainable material selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plastic challenge Hackathon 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sumy National Agrarian University, EU Green Week 2021 Partner Event, May 2021, Sumy, Ukraine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03243876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing LCA, circularity and sustainability indicators for sustainable design: results from a hands-on project with 87 engineering students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariia Kravchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pigosso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Engineering Design (ICED21)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Gothenburg, Sweden. pp.681-690, </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/pds.2021.68⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Online Customer Reviews Help Design More Sustainable Products? A Preliminary Study on Amazon Climate Pledge Friendly Products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nawres Ayadhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2021 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Virtual, United States. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2021-69705⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03484301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UNDERSTANDING AND MONITORING ENVIRONMENTAL PERFORMANCE OF INFRASTRUCTURE DESIGN PROJECTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Mansour Salamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Nicolaï</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Engineering Design (ICED21)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Design Society, Aug 2021, Gothenburg, Sweden. pp.3269-3278, </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/pds.2021.588⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03329672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New visualization tools for designers to identify bio-based plastic substitutes considering carbon footprint and key material properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Pan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keith Ng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2020 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, St Louis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02995126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the environmental and economic sustainability of autonomous systems: A case study in the agricultural industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Pan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Greenlee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Wattonville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIRP Life Cycle Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Grenoble, France. pp.209-214, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procir.2020.02.123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02917316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Product circularity indicators: what contributions in designing for a circular economy?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DESIGN Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Dubrovnik, Croatia. pp.2129 - 2138, </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/dsd.2020.76⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02866926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a multi-tool approach to close-the-loop on critical raw materials: a case study on platinum from catalytic converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Online Symposium on Circular Economy and Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Alexandroupolis, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03112936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Product Family Architecture Design and Commonality Decision for Sustainability and Intellectual Property Protection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinju Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2020 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, St Louis, United States. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2020-22488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02995122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How circular economy and industrial ecology concepts are intertwined? A bibliometric and text mining analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Online Symposium on Circular Economy and Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Alexandroupolis, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a framework to evaluate the life cycle sustainability performance of autonomous systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouar El Ghzizal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">eCONFERE 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02924939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Switching From Petroleum- to Bio-Based Plastics: Visualization Tools to Screen Sustainable Material Alternatives During the Design Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Pan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2020 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, St. Louis, United States. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2020-22429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02993666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Framing product circularity performance for optimized green profit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2019 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference IDETC/CIE2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Anaheim, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02270135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing the Robustness of Circularity Indicators: Empirical Insights from Workshops on an Industrial Product</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Conference on Engineering Design (ICED19)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Delft, Netherlands. pp.3401-3410, </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/dsi.2019.347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02202239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C-indicators: a web-based platform to monitor and improve the circularity potential of products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2019 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference IDETC/CIE2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Anaheim, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02270137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring Potential Environmental Benefits of Asteroid Mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Makoto Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hortense Tollu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">69th International Astronautical Congress 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Bremen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circularity Indicators: the Advisor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2018 International Design Engineering Technical Conferences &amp; Computers and Information in Engineering Conference IDETC/CIE 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Success factors of an IPD based approach in a remote multidisciplinary team environment - Reflections on a case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narges Asadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Guaragni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Johannknecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Scholle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21th International Conference on Engineering Design, ICED 17</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01571582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid top-down and bottom-up framework to measure products' circularity performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Engineering Design, ICED 17</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01571581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-Efficient Eco-Innovation Workshop Process in Complex System Industries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aglaé Auclaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01331092v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data-Driven Circularity Assessment: Application to the Medical System Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauren Durivault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Bouillass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Boujarif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de l'école doctorale 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Gif-sur-Yvette, France. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05311668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life Cycle Assessment and Circularity Indicators to Design Future Circular and Sustainable Electric Outboards: Results from Workshops with Industrial Experts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Bayless</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SETAC Europe 25th LCA Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Virtual Event, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of the environmental and economic benefits of lawn mowers electrification on the U.S. residential market</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ning Quan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th CIRP Conference on Life Cycle Engineering Advancing Industrial Sustainability 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, West Lafayette, United States. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11367-⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03586564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring and Monitoring Progress Towards the Circular Economy - Application to the Heavy Vehicle Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PhD Student-Company Meeting Day</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Gif-sur-Yvette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taxonomy and Choice of Appropriate Set of Circularity Indicators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier Thématique Annuel EcoSD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Chatillon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to Close the Loop of Platinum from Heavy Vehicles Catalytic Converters?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9th biennial conference of the International Society for Industrial Ecology (ISIE) and the 25th annual conference of the International Symposium on Sustainable Systems and Technology (ISSST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Chicago, United States. , 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01571583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-Design & Circular Economy of Heavy-Duty & Off-Road (HDOR) Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CRIEC 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Chatenay-Malabry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01340766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Circular Economy of Heavy-Duty & Off-Road Vehicles and Associated Key Components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Université-Industrie sur le Développement Durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Montreuil, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01571580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring and advancing the circular economy transition : Circularity indicators and tools applied to the heavy vehicle industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Other. Université Paris Saclay (COmUE), 2018. English. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2018SACLC071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04581988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calculator for Sustainable Tradeoff Optimization in Multi-Generational Product Family Development Considering Re-X Performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xinyang Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dylan Huey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pingfeng Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technology Innovation for the Circular Economy: Recycling, Remanufacturing, Design, Systems Analysis and Logistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wiley, 2024, </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781394214297.ch13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels indicateurs de circularité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les enjeux d’écoconception associés à l’économie circulaire - EcoSD Annual Workshop 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presse des Mines, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02460293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organiser et réussir son atelier d’éco-innovation en une demi-journée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Déployer l'innovation - Méthodes, outils, pilotage et cas d'étude, Techniques de l'Ingénieur, Les Fiches Pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-2-85059-129-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01488292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Superviser et prolonger sa démarche d’éco-innovation grâce aux Indicateurs de Performance Environnementale Clés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Déployer l'innovation - Méthodes, outils, pilotage et cas d'étude - Techniques de l'Ingénieur, 2017, Les Fiches Pratiques - Génie Industriel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-2-85059-129-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01488279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ЦИРКУЛЯРНА ЕКОНОМІКА Навчальний посібник</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetiana Shevchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Yosipivna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Rostislavovna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, 978-617-521-028-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring Circularity Performance for Enhancing Environmental and Economic Sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beyond Institute</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03377082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring the circular economy's performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science Trends</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02460295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When and how can electric retrofit of vehicles be beneficial? A critical review of environmental, circularity, and economic performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joris Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Bouillass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benchmark of circularity indicators and links with LCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Le Pochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Monteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">SCORELCA. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benchmark des indicateurs de circularité et liens avec l'ACV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Le Pochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Monteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 2020-03, SCORELCA. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03697510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId272"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Michael Saidani </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">michael-saidani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-8269-4477</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">231907079</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design for Repairability: Scoring Device Repairability Using Topic Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Franz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyeonik Song</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanical Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-44. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4068269⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05009253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing and monitoring the environmental performance of complex industrial projects: a communication-based approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Mansour Salamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Nicolaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cleaner Environmental Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.100295. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cesys.2025.100295⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05158874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driving sustainability at early-stage innovation in production of zinc oxide nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Israel Carreira-Barral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julieta Díez-Hernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elorri Igos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tianran Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Production and Consumption</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 55, pp.353-372. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.spc.2025.03.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04996157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metrics in the circular economy: An inclusive research landscape of the thematic trends and future research agenda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetiana Shevchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahra Shams Esfandabadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meisam Ranjbari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 165, pp.112182. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolind.2024.112182⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining Building Information Model and Life Cycle Assessment for Defining Circular Economy Strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Guerriero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Busio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calin Boje</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nico Mack</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (11), pp.4561. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su16114561⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life cycle assessment of a telematics box with ICT impact allocation and quantification – Application to precision agriculture technology and robotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alya Bolowich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabina Bednářová</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomás Navarrete Gutiérrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Benetto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia CIRP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 122, pp.455-460. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procir.2024.01.066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Completing the design for product circularity toolkit with hierarchical computation of circularity maturity diagram and redesign circular strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetiana Shevchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahra Shams Esfandabadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meisam Ranjbari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.140742. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2024.140742⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04400027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The future of circular economy metrics: Expert visions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetiana Shevchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahra Shams Esfandabadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meisam Ranjbari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaime Mesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resources, Conservation and Recycling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 205, pp.107565. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.resconrec.2024.107565⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04519214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring How Digital Technologies Enable a Circular Economy of Products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yafeng Han</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetiana Shevchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meisam Ranjbari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahra Shams Esfandabadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (3), pp.2067. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su15032067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03981653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artificial intelligence for sustainability: Facilitating sustainable smart product-service systems with computer vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jannis Walk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niklas Kühl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen Schatte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.136748. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2023.136748⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04025689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consumer behavior in the circular economy: Developing a product-centric framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetiana Shevchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meisam Ranjbari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jakub Kronenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuriy Danko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 384, </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2022.135568⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03897410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Product-level circularity metrics based on the “Closing–Slowing Future–Past” quadrant model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetiana Shevchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meisam Ranjbari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Production and Consumption</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 34, pp.395-411. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.spc.2022.09.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03812751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison between circularity metrics and LCA: A case study on circular economy strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Brändström</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 371, pp.133537. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2022.133537⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03770605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarify the nexus between life cycle assessment and circularity indicators: a SETAC/ACLCA interest group</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashley Kreuder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Babilonia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pahola Thathiana Benavides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Blume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Life Cycle Assessment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11367-022-02061-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03697506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nexus Between Life Cycle Assessment, Circularity, and Sustainability Indicators—Part I: a Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circular Economy and Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s43615-022-00159-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03586562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lessons, narratives, and research directions for a sustainable circular economy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sina Leipold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Petit-Boix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anran Luo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Helander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Machteld Simoens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Industrial Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jiec.13346⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03933729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nexus Between Life Cycle Assessment, Circularity and Sustainability Indicators—Part II: Experimentations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pigosso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariia Kravchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circular Economy and Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s43615-022-00160-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03586563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Smart E-Waste System Utilizing Supply Chain Participants and Interactive Online Maps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetiana Shevchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuriy Danko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ievgeniia Golysheva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jana Chovancová</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recycling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6 (1), pp.8. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/recycling6010008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03129638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of the environmental and economic benefits of the electrification of lawn mowers on the US residential market</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Life Cycle Assessment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11367-021-01917-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03211703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative life cycle assessment and costing of an autonomous lawn mowing system with human-operated alternatives: implication for sustainable design improvements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhonghao Pan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Wattonville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Greenlee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sustainable Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-21. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/19397038.2021.1919785⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03211701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Discrete Event Simulation-Based Model to Optimally Design and Dimension Mobile COVID-19 Saliva-Based Testing Stations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Simulation in Healthcare</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16 (2), pp.151-152. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/SIH.0000000000000565⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing an optimal modular-based product family under intellectual property and sustainability considerations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinju Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanical Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4050747⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-tool methodology to evaluate action levers to close the loop on critical materials – Application to precious metals used in catalytic converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Production and Consumption</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.spc.2021.01.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03112933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing optimal COVID-19 testing stations locally: A discrete event simulation model applied on a university campus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinju Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16 (6), pp.e0253869. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0253869⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03275280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two decades of research on waste management in the circular economy: Insights from bibliometric, text mining, and content analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meisam Ranjbari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahra Shams Esfandabadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wanxi Peng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Su Shiung Lam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 314, pp.128009. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2021.128009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03271710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transition towards a circular economy: The role of university assets in the implementation of a new model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongxu Qu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetiana Shevchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuanyuan Xia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuriy Ladyka</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Detritus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17, pp.3-14. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.31025/2611-4135/2021.15141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03508891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Research Roadmap for Sustainable Design Methods and Tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Faludi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Hoffenson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sze Yin Kwok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie I Hallstedt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (19), pp.8174. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su12198174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02962085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dismantling, remanufacturing and recovering heavy vehicles in a circular economy - Technico-economic and organisational lessons learnt from an industrial pilot study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resources, Conservation and Recycling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 156, pp.104684. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.resconrec.2020.104684⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Closing the loop on platinum from catalytic converters: Contributions from material flow analysis and circularity indicators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alissa Kendall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Industrial Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jiec.12852⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02094798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des indicateurs catalyseurs de l’économie circulaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologie et innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2019.0346⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02069631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A taxonomy of circular economy indicators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alissa Kendall</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 207, pp.542-559. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2018.10.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management of the end-of-life of light and heavy vehicles in the U.S.: comparison with the European union in a circular economy perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alissa Kendall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Material Cycles and Waste Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10163-019-00897-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02190787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a circular economy for platinum in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alissa Kendall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science for Environment Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 535</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02460298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What about the circular economy of vehicles in the U.S.? An extension of the analysis done in the EU by Saidani et al. (2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alissa Kendall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resources, Conservation and Recycling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 136, pp.287-288</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heavy vehicles on the road towards the circular economy: Analysis and comparison with the automotive industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resources, Conservation and Recycling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.resconrec.2017.06.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01571577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to Assess Product Performance in the Circular Economy? Proposed Requirements for the Design of a Circularity Measurement Framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recycling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 2, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/recycling2010006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01483940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (43)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piloter la circularité et la soutenabilité des organisations – Focus sur quelques briques du Cockpit Digital Circulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Bouillass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan de Bantel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauren Durivault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Interdisciplinaire sur l’Economie Circulaire 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Picardie Jules Verne [UPJV] ; Université de lille [U-Lille], Sep 2025, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05356186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring and Enhancing Circularity of the Healthcare Sector: The Circularity Model of Products &amp; Spare Parts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soufiane El Bechari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Bouillass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandru Volanschi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 33th International Association For Management of Technology (IAMOT) Conference, Porto, Portugal.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Porto (Portugal), Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04795571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Circular Digital Cockpit: Towards an actionable framework for life cycle circularity assessment and decision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Bouillass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marija Jankovic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st CIRP Conference on Life Cycle Engineering (LCE 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Turin, Italy. pp.467-472, </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procir.2024.01.068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Does Circular Economy Disrupt Business Models: the Case of Ballast Reuse in Railway Projects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Mansour Salamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Nicolaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport Research Arena Conference (TRA 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Dublin, Ireland. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-95284-5_103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04703847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une analyse environnementale, circulaire et économique du rétrofit électrique : cas d'étude d'un véhicule lourd</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joris Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Pion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Bouillass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MCV 2024 - Management du Cycle de Vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04768653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leading Questions towards Building a Digital Cockpit for Circularity in the Healthcare Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauren Durivault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Bouillass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Heidsieck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONFERE 2024 : 31ème Colloque des Sciences de la Conception et de l'Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Porto, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04727894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesurer l'Impact et Piloter la Performance des Stratégies d'Économie Circulaire : Une Approche Cycle de Vie et Normative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Zinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Benetto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Congrès Interdisciplinaire sur l’Economie Circulaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Toulouse [UT], Jun 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04903381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applying the building blocks framework for circular economy progress in heavy-duty vehicle manufacturing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joris Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Bouillass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Graff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICEER 2024 - The 11th International Conference on Energy and Environment Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Coimbra, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04768586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Space and the Circular Economy: Exploring Expert Perceptions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Balhmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vittorio Franzese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Stoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Makoto Hein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">75th International Astronautical Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04903424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A generic framework for circular reconstruction of post-disaster territory: core elements and adequate Re-X strategies model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetiana Shevchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference of the Hellenic Society for Circular Economy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Chania, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04903406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Design Insights From Customer Feedback to Advance Design for Repairability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Franz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyeonik Song</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2024 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Washington, United States. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2024-139384⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04903431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of Perceived Relationships Between Environmental Performance Indicators in Ecodesign Projects: the Case of Rail Infrastructure Projects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Mansour Salamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Nicolaï</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th International Conference on Engineering Design (ICED23)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Bordeaux, France. pp.2185-2194, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/pds.2023.219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital Technologies to Advance Circular Economy at Territorial Level: Challenges and Solutions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Bouillass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Lameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE 28th International Conference on Engineering, Technology and Innovation (ICE/ITMC) &amp; 31st International Association For Management of Technology (IAMOT) Joint Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Nancy, France. pp.1-9, </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICE/ITMC-IAMOT55089.2022.10033241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03986453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life Cycle Assessment and Circular Economy Indicators to Design Sustainable Electric Outboards: Results From Workshops With Industrial Experts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Bayless</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dylan Huey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Anderson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Engineering Design (ICED23)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Design Society, Jul 2023, Bordeaux, France. pp.2445-2454, </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/pds.2023.245⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Right-to-repair Movement and Sustainable Design Implications: a Focus on Three Industrial Sectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeline Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Engineering Design (ICED23)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Design Society, Jul 2023, Bordeaux, France. pp.3463-3472, </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/pds.2023.347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the link between life cycle assessment and circularity indicators: a SETAC/ACLCA working group</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Minke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Babilonia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pahola T Benavides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Blume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seth Jackson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SETAC Europe 32rd Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Copenhagen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03697508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benchmark of Circularity Indicators and Links with Life Cycle Assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Le Pochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Monteil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jade Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Life Cycle Management (LCM 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Stuttgart, Germany. pp.01004, </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/e3sconf/202234901004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03697507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining life cycle assessment and online customer reviews to design more sustainable products - Case study on a printing machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Junegak Joung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd CIRP Design Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Gif-sur-Yvette, France. pp.604 - 609, </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procir.2022.05.301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03704327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digitalisation for a territorial circular economy: towards an integrated platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Lameh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Bouillass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CONFERE22 :29ème colloque des Sciences de la conception et de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Basel, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03735819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Machine Learning Tools Support the Identification of Sustainable Design Leads From Product Reviews? Opportunities and Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2021 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Virtual, United States. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2021-70613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03484299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circularity indicators and tools for product design: A web-based visualization and selection tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2021 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Virtual, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03484303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circular economy as a key for industrial value chain resilience in a post-COVID world: what do future engineers think?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia CIRP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Virtual, United States. pp.26-31, </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procir.2021.10.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technico-environmental analysis of bioplastics in a circular economy – Visualisation tools for sustainable material selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plastic challenge Hackathon 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sumy National Agrarian University, EU Green Week 2021 Partner Event, May 2021, Sumy, Ukraine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03243876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design for Product Circularity: Circular Economy Indicators With Tools Mapped Along the Engineering Design Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2021 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Virtual, United States. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2021-69629⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03484302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing LCA, circularity and sustainability indicators for sustainable design: results from a hands-on project with 87 engineering students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariia Kravchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pigosso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Engineering Design (ICED21)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Gothenburg, Sweden. pp.681-690, </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/pds.2021.68⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UNDERSTANDING AND MONITORING ENVIRONMENTAL PERFORMANCE OF INFRASTRUCTURE DESIGN PROJECTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Mansour Salamé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Nicolaï</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd International Conference on Engineering Design (ICED21)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Design Society, Aug 2021, Gothenburg, Sweden. pp.3269-3278, </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/pds.2021.588⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03329672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Online Customer Reviews Help Design More Sustainable Products? A Preliminary Study on Amazon Climate Pledge Friendly Products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nawres Ayadhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2021 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Virtual, United States. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2021-69705⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03484301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Product circularity indicators: what contributions in designing for a circular economy?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DESIGN Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Dubrovnik, Croatia. pp.2129 - 2138, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/dsd.2020.76⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02866926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the environmental and economic sustainability of autonomous systems: A case study in the agricultural industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Pan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Greenlee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Wattonville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIRP Life Cycle Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Grenoble, France. pp.209-214, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procir.2020.02.123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02917316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New visualization tools for designers to identify bio-based plastic substitutes considering carbon footprint and key material properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Pan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keith Ng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2020 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, St Louis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02995126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Product Family Architecture Design and Commonality Decision for Sustainability and Intellectual Property Protection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinju Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2020 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, St Louis, United States. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2020-22488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02995122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a multi-tool approach to close-the-loop on critical raw materials: a case study on platinum from catalytic converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Online Symposium on Circular Economy and Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Alexandroupolis, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03112936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How circular economy and industrial ecology concepts are intertwined? A bibliometric and text mining analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Online Symposium on Circular Economy and Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Alexandroupolis, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02886470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a framework to evaluate the life cycle sustainability performance of autonomous systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouar El Ghzizal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">eCONFERE 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02924939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Switching From Petroleum- to Bio-Based Plastics: Visualization Tools to Screen Sustainable Material Alternatives During the Design Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Pan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2020 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, St. Louis, United States. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/DETC2020-22429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02993666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing the Robustness of Circularity Indicators: Empirical Insights from Workshops on an Industrial Product</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd International Conference on Engineering Design (ICED19)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Delft, Netherlands. pp.3401-3410, </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/dsi.2019.347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02202239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Framing product circularity performance for optimized green profit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2019 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference IDETC/CIE2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Anaheim, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02270135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C-indicators: a web-based platform to monitor and improve the circularity potential of products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2019 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference IDETC/CIE2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Anaheim, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02270137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circularity Indicators: the Advisor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASME 2018 International Design Engineering Technical Conferences &amp; Computers and Information in Engineering Conference IDETC/CIE 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring Potential Environmental Benefits of Asteroid Mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Makoto Hein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hortense Tollu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">69th International Astronautical Congress 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Bremen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Success factors of an IPD based approach in a remote multidisciplinary team environment - Reflections on a case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narges Asadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fausto Guaragni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Johannknecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Scholle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21th International Conference on Engineering Design, ICED 17</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01571582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid top-down and bottom-up framework to measure products' circularity performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Engineering Design, ICED 17</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01571581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-Efficient Eco-Innovation Workshop Process in Complex System Industries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aglaé Auclaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Design 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01331092v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data-Driven Circularity Assessment: Application to the Medical System Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauren Durivault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Bouillass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelhamid Boujarif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de l'école doctorale 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Gif-sur-Yvette, France. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05311668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life Cycle Assessment and Circularity Indicators to Design Future Circular and Sustainable Electric Outboards: Results from Workshops with Industrial Experts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Bayless</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SETAC Europe 25th LCA Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Virtual Event, Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification of the environmental and economic benefits of lawn mowers electrification on the U.S. residential market</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ning Quan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th CIRP Conference on Life Cycle Engineering Advancing Industrial Sustainability 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, West Lafayette, United States. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11367-⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03586564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring and Monitoring Progress Towards the Circular Economy - Application to the Heavy Vehicle Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PhD Student-Company Meeting Day</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Gif-sur-Yvette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taxonomy and Choice of Appropriate Set of Circularity Indicators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier Thématique Annuel EcoSD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Chatillon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to Close the Loop of Platinum from Heavy Vehicles Catalytic Converters?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9th biennial conference of the International Society for Industrial Ecology (ISIE) and the 25th annual conference of the International Symposium on Sustainable Systems and Technology (ISSST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Chicago, United States. , 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01571583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a Circular Economy of Heavy-Duty & Off-Road Vehicles and Associated Key Components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Université-Industrie sur le Développement Durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Montreuil, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01571580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-Design & Circular Economy of Heavy-Duty & Off-Road (HDOR) Vehicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CRIEC 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Chatenay-Malabry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01340766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring and advancing the circular economy transition : Circularity indicators and tools applied to the heavy vehicle industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Other. Université Paris Saclay (COmUE), 2018. English. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2018SACLC071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04581988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calculator for Sustainable Tradeoff Optimization in Multi-Generational Product Family Development Considering Re-X Performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xinyang Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dylan Huey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrison Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pingfeng Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technology Innovation for the Circular Economy: Recycling, Remanufacturing, Design, Systems Analysis and Logistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wiley, 2024, </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781394214297.ch13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels indicateurs de circularité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les enjeux d’écoconception associés à l’économie circulaire - EcoSD Annual Workshop 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presse des Mines, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02460293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organiser et réussir son atelier d’éco-innovation en une demi-journée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Déployer l'innovation - Méthodes, outils, pilotage et cas d'étude, Techniques de l'Ingénieur, Les Fiches Pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-2-85059-129-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01488292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Superviser et prolonger sa démarche d’éco-innovation grâce aux Indicateurs de Performance Environnementale Clés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Déployer l'innovation - Méthodes, outils, pilotage et cas d'étude - Techniques de l'Ingénieur, 2017, Les Fiches Pratiques - Génie Industriel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-2-85059-129-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01488279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ЦИРКУЛЯРНА ЕКОНОМІКА Навчальний посібник</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tetiana Shevchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Yosipivna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Rostislavovna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, 978-617-521-028-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring Circularity Performance for Enhancing Environmental and Economic Sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beyond Institute</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03377082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring the circular economy's performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science Trends</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02460295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When and how can electric retrofit of vehicles be beneficial? A critical review of environmental, circularity, and economic performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joris Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghada Bouillass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benchmark of circularity indicators and links with LCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Le Pochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Monteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">SCORELCA. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03884140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benchmark des indicateurs de circularité et liens avec l'ACV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Yannou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Le Pochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Monteil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 2020-03, SCORELCA. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03697510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId272"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8F606F1F"/>
+    <w:nsid w:val="6DDA94B4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/michael-saidani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8269-4477" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/231907079" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009253v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Franz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Saidani" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyeonik Song" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4068269" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996157v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Carreira-Barral" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julieta D&#237;ez-Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elorri Igos" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianran Ding" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spc.2025.03.003" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158874v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Mansour Salam&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Nicola&#239;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Leroy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cesys.2025.100295" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601456v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetiana Shevchenko" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Shams Esfandabadi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meisam Ranjbari" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Mesa" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2024.112182" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601454v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Guerriero" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Busio" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calin Boje" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico Mack" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su16114561" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601459v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alya Bolowich" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabina Bedn&#225;&#345;ov&#225;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;s Navarrete Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Benetto" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2024.01.066" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400027v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cluzel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Yannou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2024.140742" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519214v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2024.107565" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981653v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yafeng Han" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su15032067" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025689v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannis Walk" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas K&#252;hl" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Schatte" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2023.136748" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897410v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Kronenberg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuriy Danko" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2022.135568" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812751v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spc.2022.09.024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770605v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Br&#228;ndstr&#246;m" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2022.133537" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586562v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harrison Kim" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43615-022-00159-9" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697506v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Kreuder" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Babilonia" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pahola Thathiana Benavides" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Blume" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11367-022-02061-w" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933729v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Leipold" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Petit-Boix" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anran Luo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Helander" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Machteld Simoens" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jiec.13346" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586563v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Pigosso" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariia Kravchenko" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43615-022-00160-2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211703v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11367-021-01917-x" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211701v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhonghao Pan" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Wattonville" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Greenlee" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19397038.2021.1919785" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189292v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/SIH.0000000000000565" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189291v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinju Kim" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4050747" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112933v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spc.2021.01.010" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03275280v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0253869" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129638v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ievgeniia Golysheva" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Chovancov&#225;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/recycling6010008" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271710v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanxi Peng" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Su Shiung Lam" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2021.128009" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508891v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongxu Qu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanyuan Xia" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuriy Ladyka" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31025/2611-4135/2021.15141" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962085v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Faludi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Hoffenson" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sze Yin Kwok" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie I Hallstedt" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12198174" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473835v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2020.104684" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094798v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alissa Kendall" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jiec.12852" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069631v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2019.0346" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954800v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2018.10.014" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190787v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10163-019-00897-3" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460298v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790056v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571577v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2017.06.017" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483940v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/recycling2010006" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356186v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghada Bouillass" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan de Bantel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Durivault" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795571v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufiane El Bechari" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Volanschi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703847v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-95284-5_103" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768653v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Nguyen" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pion" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727894v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Heidsieck" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903381v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Zinck" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601457v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Jankovic" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2024.01.068" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903424v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Balhmann" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittorio Franzese" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Stoll" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Makoto Hein" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768586v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Graff" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903431v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2024-139384" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903406v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986453v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Lameh" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICE/ITMC-IAMOT55089.2022.10033241" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181348v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2023.219" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181346v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bayless" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Huey" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Anderson" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2023.245" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181329v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Kim" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeline Kim" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2023.347" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697508v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Minke" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pahola T Benavides" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seth Jackson" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697507v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le Pochat" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Monteil" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Garcia" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/202234901004" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03704327v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junegak Joung" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2022.05.301" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735819v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Lameh" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484299v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2021-70613" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484303v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402980v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2021.10.003" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484302v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2021-69629" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243876v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312875v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2021.68" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484301v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawres Ayadhi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2021-69705" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329672v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2021.588" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995126v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Pan" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Ng" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917316v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2020.02.123" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866926v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsd.2020.76" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112936v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995122v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2020-22488" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886470v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924939v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar El Ghzizal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993666v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2020-22429" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270135v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02202239v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Yannou" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsi.2019.347" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270137v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910090v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortense Tollu" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790126v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571582v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narges Asadi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fausto Guaragni" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Johannknecht" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Scholle" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571581v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01331092v2" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agla&#233; Auclaire" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311668v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Boujarif" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181321v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586564v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ning Quan" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11367-" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954813v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954814v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571583v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340766v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571580v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04581988v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018SACLC071" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423084v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyang Liu" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pingfeng Wang" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394214297.ch13" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460293v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488292v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488279v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181355v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Yosipivna" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Rostislavovna" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377082v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460295v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113709v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884140v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Le Pochat" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697510v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/michael-saidani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8269-4477" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/231907079" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009253v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Franz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Saidani" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyeonik Song" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4068269" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158874v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Mansour Salam&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Nicola&#239;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Leroy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cesys.2025.100295" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996157v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Carreira-Barral" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julieta D&#237;ez-Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elorri Igos" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianran Ding" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spc.2025.03.003" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601456v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetiana Shevchenko" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Shams Esfandabadi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meisam Ranjbari" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Mesa" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2024.112182" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601454v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Guerriero" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Busio" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calin Boje" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico Mack" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su16114561" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601459v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alya Bolowich" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabina Bedn&#225;&#345;ov&#225;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;s Navarrete Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Benetto" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2024.01.066" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400027v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cluzel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Yannou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2024.140742" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519214v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2024.107565" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981653v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yafeng Han" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su15032067" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025689v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannis Walk" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas K&#252;hl" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Schatte" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2023.136748" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897410v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Kronenberg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuriy Danko" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2022.135568" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812751v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spc.2022.09.024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770605v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Br&#228;ndstr&#246;m" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2022.133537" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697506v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Kreuder" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Babilonia" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pahola Thathiana Benavides" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Blume" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11367-022-02061-w" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586562v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harrison Kim" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43615-022-00159-9" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933729v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Leipold" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Petit-Boix" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anran Luo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Helander" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Machteld Simoens" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jiec.13346" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586563v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Pigosso" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariia Kravchenko" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43615-022-00160-2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129638v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ievgeniia Golysheva" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Chovancov&#225;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/recycling6010008" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211703v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11367-021-01917-x" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03211701v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhonghao Pan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Wattonville" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Greenlee" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19397038.2021.1919785" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189292v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/SIH.0000000000000565" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189291v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinju Kim" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4050747" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112933v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spc.2021.01.010" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03275280v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0253869" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271710v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanxi Peng" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Su Shiung Lam" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2021.128009" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508891v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongxu Qu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanyuan Xia" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuriy Ladyka" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31025/2611-4135/2021.15141" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962085v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Faludi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Hoffenson" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sze Yin Kwok" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie I Hallstedt" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12198174" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473835v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2020.104684" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094798v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alissa Kendall" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jiec.12852" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069631v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2019.0346" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954800v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2018.10.014" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190787v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10163-019-00897-3" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460298v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790056v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571577v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2017.06.017" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483940v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/recycling2010006" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356186v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghada Bouillass" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan de Bantel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Durivault" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795571v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufiane El Bechari" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Volanschi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601457v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Jankovic" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2024.01.068" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703847v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-95284-5_103" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768653v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Nguyen" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pion" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727894v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Heidsieck" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903381v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Zinck" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768586v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Graff" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903424v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Balhmann" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittorio Franzese" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Stoll" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Makoto Hein" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903406v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903431v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2024-139384" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181348v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2023.219" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986453v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Lameh" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICE/ITMC-IAMOT55089.2022.10033241" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181346v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bayless" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Huey" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Anderson" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2023.245" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181329v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Kim" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeline Kim" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2023.347" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697508v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Minke" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pahola T Benavides" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seth Jackson" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697507v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le Pochat" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Monteil" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Garcia" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/202234901004" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03704327v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junegak Joung" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2022.05.301" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735819v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Lameh" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484299v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2021-70613" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484303v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402980v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2021.10.003" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243876v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484302v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2021-69629" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312875v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2021.68" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329672v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2021.588" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484301v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawres Ayadhi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2021-69705" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866926v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsd.2020.76" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02917316v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Pan" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2020.02.123" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995126v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Ng" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995122v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2020-22488" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112936v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886470v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924939v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar El Ghzizal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993666v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2020-22429" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02202239v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Yannou" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsi.2019.347" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270135v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270137v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790126v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910090v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hortense Tollu" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571582v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narges Asadi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fausto Guaragni" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Johannknecht" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Scholle" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571581v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01331092v2" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agla&#233; Auclaire" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311668v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Boujarif" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181321v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03586564v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ning Quan" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11367-" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954813v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954814v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571583v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571580v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340766v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04581988v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018SACLC071" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423084v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyang Liu" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pingfeng Wang" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394214297.ch13" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460293v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488292v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488279v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181355v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Yosipivna" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Rostislavovna" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377082v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460295v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113709v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884140v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Le Pochat" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697510v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>