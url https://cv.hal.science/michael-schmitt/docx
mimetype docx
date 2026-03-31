--- v0 (2026-03-04)
+++ v1 (2026-03-31)
@@ -147,3208 +147,3878 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (24)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heteroleptic Copper(I) Complexes with Pyridine-Benzothiazole Ligands as Photocatalysts for Free Radical Photopolymerization and 3D Printing</w:t>
+                <w:t xml:space="preserve">Structure–Reactivity Relationships of Oxime–Oxalate/Glyoxylate/Ester Derivatives: Dual Photo/Thermal Initiators for Visible Light Polymerization and Composite Preparation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naralyne Pesqueira</w:t>
+                <w:t xml:space="preserve">Tong Gao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Thybault de Monfreid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ji Feng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jing Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Beatriz Goi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Polymer Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 7 (4), pp.2615-2623. </w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 65 (4), pp.e21296. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsapm.4c04066⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/anie.202521296⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05192584v1</w:t>
+                <w:t xml:space="preserve">hal-05539734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dexter Energy Transfer-Enabled Biobased Oxime Ester-Photosensitizer System for Rapid Visible-Light/Sunlight-Induced Photocuring and 3D Printing</w:t>
+                <w:t xml:space="preserve">Photoredox Catalysts Based on N ‐(Hexyl)benzothioxanthene‐3,4‐dicarboximide for Photopolymerization and 3D Printing Under Visible Light</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kaidan Yang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
+                <w:t xml:space="preserve">Bin Song</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Yijun Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zheng Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Boulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Céline Dietlin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Xiaotong Peng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.macromol.5c01580⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 64 (30), pp.e202501442. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.202501442⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05274062v1</w:t>
+                <w:t xml:space="preserve">hal-05539677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NIR photothermal activation in epoxy/anhydride systems for advanced polymerization</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philibert Lenormand</w:t>
+                <w:t xml:space="preserve">Novel Low‐Cytotoxic and Highly Efficient Type I Photoinitiators for Visible LED‐/Sunlight‐Induced Photopolymerization and High‐Precision 3D Printing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tong Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zheng Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaspard Bichot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Dumur</w:t>
+                <w:t xml:space="preserve">Jiansong Yin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ji Feng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Dietlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Polymer Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2024.113589⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 64 (18), pp.e202425598. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.202425598⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05017272v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05539715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naturally Derived Donor‐π‐Acceptor Compounds for Efficient Long‐Wavelength LEDs/Sunlight‐Induced Polymerization and High‐Precision Multiple 3D Printing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dexter Energy Transfer-Enabled Biobased Oxime Ester-Photosensitizer System for Rapid Visible-Light/Sunlight-Induced Photocuring and 3D Printing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaidan Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Dietlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ji Feng</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Céline Dietlin</w:t>
+                <w:t xml:space="preserve">Xiaotong Peng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adfm.202518942⟩</w:t>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 58 (16), pp.8909-8922. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.macromol.5c01580⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05274127v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05274062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NIR photothermal activation in epoxy/thiol polymerization</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">NIR photothermal activation in epoxy/anhydride systems for advanced polymerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rania Rejeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philibert Lenormand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaspard Bichot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Gigmes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Dumur</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michael Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D5PY00565E⟩</w:t>
+              <w:t xml:space="preserve">European Polymer Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 222, pp.113589. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2024.113589⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05436672v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Photoinitiating Efficiency of Benzothioxanthene-based Oxime Esters in Photopolymerization via Photocleavage and/or Single Electron Transfer under Visible Light and Sunlight</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Céline Dietlin</w:t>
+                <w:t xml:space="preserve">Donor‐π‐Acceptor Photoinitiators for High‐Efficiency Visible LED and Sunlight Polymerization and High‐Precision 3D Printing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ji Feng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tong Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Dietlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 63 (35), pp.e202405337. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.202405337⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 64 (27), pp.e202425198. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.202425198⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04681586v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05557634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbazole-Fused Coumarin Bis Oxime Esters (CCOBOEs) as efficient photoinitiators of polymerization for 3D printing with 405 nm LED</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Heteroleptic Copper(I) Complexes with Pyridine-Benzothiazole Ligands as Photocatalysts for Free Radical Photopolymerization and 3D Printing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naralyne Pesqueira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelaziz Jouaiti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Goi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Polymer Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ACS Applied Polymer Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7 (4), pp.2615-2623. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsapm.4c04066⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2024.113186⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04614944v1</w:t>
+                <w:t xml:space="preserve">hal-05192584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenothiazine-based oxime ester as a photobase generator for thiol-acrylate reactions</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">2,4,6-Trimethylbenzoyldiphenylphosphine oxide (TPO) analog: a non-cytotoxic type-I photoinitiator for free radical photopolymerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiansong Yin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yijun Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Graff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Dietlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Polymer Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2023.112679⟩</w:t>
+              <w:t xml:space="preserve">Green Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27 (5), pp.1451-1461. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D4GC04127E⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04362987v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05539701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sunlight-driven photoinitiating systems for photopolymerization and application in direct laser writing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Naturally Derived Donor‐π‐Acceptor Compounds for Efficient Long‐Wavelength LEDs/Sunlight‐Induced Polymerization and High‐Precision Multiple 3D Printing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ji Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tong Gao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Celine Dietlin</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Dietlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d4py00558a⟩</w:t>
+              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adfm.202518942⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04649844v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05274127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study on the photoinitiation mechanism of carbazole-based oxime esters (OXEs) as novel photoinitiators for free radical photopolymerization under near UV/visible-light irradiation exposure and the application of 3D printing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ji Feng</w:t>
+                <w:t xml:space="preserve">NIR photothermal activation in epoxy/thiol polymerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rania Rejeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philibert Lenormand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yijun Zhang</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Didier Gigmes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dumur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Polymer Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Polymer Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (28), pp.3244-3257. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D5PY00565E⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2023.112662⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04328365v1</w:t>
+                <w:t xml:space="preserve">hal-05436672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naphthoquinone-Imidazolyl Derivatives-Based Oxime Esters as Photoinitiators for Blue LED-Induced Free Radical Photopolymerization</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ji Feng</w:t>
+                <w:t xml:space="preserve">High Photoinitiating Efficiency of Benzothioxanthene-based Oxime Esters in Photopolymerization via Photocleavage and/or Single Electron Transfer under Visible Light and Sunlight</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yijun Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bin Song</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zheng Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Giacoletto</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
+                <w:t xml:space="preserve">Adel Noon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Dietlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Polymer Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 206, pp.112801. </w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 63 (35), pp.e202405337. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2024.112801⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/anie.202405337⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04424833v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04681586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of Carbazole-Chalcone Bis-Oxime Esters (CCBOEs) as Blue Light Photoinitiators of Polymerization</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Carbazole-Fused Coumarin Bis Oxime Esters (CCOBOEs) as efficient photoinitiators of polymerization for 3D printing with 405 nm LED</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zheng Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tong Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yijun Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Tong Gao</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Dietlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 15 (26), pp.2642-2651. </w:t>
+              <w:t xml:space="preserve">European Polymer Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.113186. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/x0xx00000x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2024.113186⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04633058v1</w:t>
+                <w:t xml:space="preserve">hal-04614944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A review on recently proposed oxime ester photoinitiators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phenothiazine-based oxime ester as a photobase generator for thiol-acrylate reactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel Noon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatima Hammoud</w:t>
+                <w:t xml:space="preserve">Tayssir Hamieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Akram Hijazi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Joumana Toufaily</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Polymer Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 188, pp.111901. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2023.111901⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 204, pp.112679. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2023.112679⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04001549v1</w:t>
+                <w:t xml:space="preserve">hal-04362987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Blue‐LED‐Sensitive Naphthoquinone‐Imidazolyl Derivatives as Type II Photoinitiators of Free Radical Photopolymerization</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sunlight-driven photoinitiating systems for photopolymerization and application in direct laser writing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ji Feng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tong Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Michael Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Hugo Bidotti</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Dietlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/admi.202202352⟩</w:t>
+              <w:t xml:space="preserve">Polymer Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (28), pp.2899-2912. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d4py00558a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04041915v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04649844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoinitiation behavior of phenothiazines containing two oxime ester functionalities (OXEs) in free radical photopolymerization and 3D printing application</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Synthesis of Carbazole-Chalcone Bis-Oxime Esters (CCBOEs) as Blue Light Photoinitiators of Polymerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zheng Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yijun Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Schmitt</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Rico</w:t>
+                <w:t xml:space="preserve">Ji Feng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bin Song</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tong Gao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dyes and Pigments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dyepig.2023.111202⟩</w:t>
+              <w:t xml:space="preserve">Polymer Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (26), pp.2642-2651. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/x0xx00000x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04038627v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04633058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoinitiation mechanisms of novel phenothiazine-based oxime and oxime esters acting as visible light sensitive Type I and multicomponent photoinitiators</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fatima Hammoud</w:t>
+                <w:t xml:space="preserve">Naphthoquinone-Imidazolyl Derivatives-Based Oxime Esters as Photoinitiators for Blue LED-Induced Free Radical Photopolymerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timur Borjigin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ji Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernadette Graff</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Joumana Toufaily</w:t>
+                <w:t xml:space="preserve">Nicolas Giacoletto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials Technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/admt.202300205⟩</w:t>
+              <w:t xml:space="preserve">European Polymer Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 206, pp.112801. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2024.112801⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04221147v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04424833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbazole-fused coumarin based oxime esters (OXEs): efficient photoinitiators for sunlight driven free radical photopolymerization</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Study on the photoinitiation mechanism of carbazole-based oxime esters (OXEs) as novel photoinitiators for free radical photopolymerization under near UV/visible-light irradiation exposure and the application of 3D printing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ji Feng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yijun Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Di Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Green Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D3GC02004E⟩</w:t>
+              <w:t xml:space="preserve">European Polymer Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 202, pp.112662. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2023.112662⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04221164v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04328365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoinitiating Ability of Pyrene–Chalcone‐Based Oxime Esters with Different Substituents</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Blue‐LED‐Sensitive Naphthoquinone‐Imidazolyl Derivatives as Type II Photoinitiators of Free Radical Photopolymerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timur Borjigin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Giacoletto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaoxiang Zhang</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Didier Gigmes</w:t>
+                <w:t xml:space="preserve">Hugo Bidotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Chemistry and Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 224 (20), </w:t>
+              <w:t xml:space="preserve">Advanced Materials Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (8), pp.2202352. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/macp.202300293⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/admi.202202352⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04280841v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04041915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Decarboxylation on the Photoinitiation Behavior of Nitrocarbazole-Based Oxime Esters</w:t>
+                <w:t xml:space="preserve">A review on recently proposed oxime ester photoinitiators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shaohui Liu</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Fatima Hammoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akram Hijazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dumur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lalevée</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.macromol.2c00294⟩</w:t>
+              <w:t xml:space="preserve">European Polymer Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 188, pp.111901. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2023.111901⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03639942v1</w:t>
+                <w:t xml:space="preserve">hal-04001549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Visible LED Illumination: ZnO‐ZnS Nanocomposite Particles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Photoinitiation behavior of phenothiazines containing two oxime ester functionalities (OXEs) in free radical photopolymerization and 3D printing application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yijun Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celine Dietlin</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Bernadette Graff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemistrySelect</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 5 (3), pp.985-987. </w:t>
+              <w:t xml:space="preserve">Dyes and Pigments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 215, pp.111202. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/slct.201904699⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.dyepig.2023.111202⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03381157v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04038627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3-Hydroxyflavone and N-Phenylglycine in High Performance Photoinitiating Systems for 3D Printing and Photocomposites Synthesis</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Photoinitiation mechanisms of novel phenothiazine-based oxime and oxime esters acting as visible light sensitive Type I and multicomponent photoinitiators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel Noon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Hammoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Graff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tayssir Hamieh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joumana Toufaily</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tayssir Hamieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.macromol.8b00979⟩</w:t>
+              <w:t xml:space="preserve">Advanced Materials Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8 (16), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/admt.202300205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02091898v1</w:t>
+                <w:t xml:space="preserve">hal-04221147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acridone derivatives as high performance visible light photoinitiators for cationic and radical photosensitive resins for 3D printing technology and for low migration photopolymer property</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bernadette Graff</w:t>
+                <w:t xml:space="preserve">Photoinitiating Ability of Pyrene–Chalcone‐Based Oxime Esters with Different Substituents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoxiang Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zheng Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Di Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaotong Peng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Gigmes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.polymer.2018.11.021⟩</w:t>
+              <w:t xml:space="preserve">Macromolecular Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 224 (20), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/macp.202300293⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02091871v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04280841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poly(3,4-ethylenedioxythiophene/permethylated β-cyclodextrin) polypseudorotaxane and polyrotaxane: Synthesis, characterization and application as hole transporting materials in perovskite solar cells</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Dumur</w:t>
+                <w:t xml:space="preserve">Carbazole-fused coumarin based oxime esters (OXEs): efficient photoinitiators for sunlight driven free radical photopolymerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yijun Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zheng Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timur Borjigin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Graff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morlet-Savary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Polymer Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2018.06.005⟩</w:t>
+              <w:t xml:space="preserve">Green Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 25 (17), pp.6881-6891. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D3GC02004E⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03469552v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04221164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Effect of Decarboxylation on the Photoinitiation Behavior of Nitrocarbazole-Based Oxime Esters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shaohui Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Giacoletto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malek Nechab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Graff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 55 (7), pp.2475-2485. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.macromol.2c00294⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03639942v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards Visible LED Illumination: ZnO‐ZnS Nanocomposite Particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Dietlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lalevee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ChemistrySelect</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5 (3), pp.985-987. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/slct.201904699⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03381157v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">3-Hydroxyflavone and N-Phenylglycine in High Performance Photoinitiating Systems for 3D Printing and Photocomposites Synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assi Al Mousawi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patxi Garra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joumana Toufaily</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tayssir Hamieh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 51 (12), pp.4633--4641. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.macromol.8b00979⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02091898v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Poly(3,4-ethylenedioxythiophene/permethylated β-cyclodextrin) polypseudorotaxane and polyrotaxane: Synthesis, characterization and application as hole transporting materials in perovskite solar cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Goubard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mira Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thanh-Tuân Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitra Theodosopoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dumur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Polymer Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 105 (45), pp.250-256. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2018.06.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03469552v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acridone derivatives as high performance visible light photoinitiators for cationic and radical photosensitive resins for 3D printing technology and for low migration photopolymer property</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdallah Mira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huong Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akram Hijazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Graff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Polymer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 159, pp.47--58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polymer.2018.11.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02091871v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">ZnO nanoparticles as polymerisation photo- initiator: Levulinic acid/NaOH content variation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lalevée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 532, pp.189-194. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2017.05.036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04266924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId101"/>
+      <w:footerReference w:type="default" r:id="rId115"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3416,51 +4086,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="10DC2EAB"/>
+    <w:nsid w:val="8B575031"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3647,51 +4317,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/michael-schmitt" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0819-6226" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/H-8632-2018" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05192584v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naralyne Pesqueira" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Morlet-Savary" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schmitt" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Jouaiti" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Goi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsapm.4c04066" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274062v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaidan Yang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dietlin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaotong Peng" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.5c01580" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05017272v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Rejeb" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philibert Lenormand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Bichot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gigmes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dumur" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2024.113589" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274127v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji Feng" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Gao" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202518942" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05436672v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5PY00565E" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681586v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yijun Zhang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Song" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Liu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Noon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202405337" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614944v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2024.113186" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362987v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tayssir Hamieh" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joumana Toufaily" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2023.112679" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649844v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Dietlin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4py00558a" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328365v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Di Zhu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2023.112662" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424833v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timur Borjigin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Giacoletto" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2024.112801" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633058v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/x0xx00000x" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001549v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Hammoud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Hijazi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lalev&#233;e" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2023.111901" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041915v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rico" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bidotti" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202202352" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038627v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Graff" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dyepig.2023.111202" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221147v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.202300205" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221164v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3GC02004E" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280841v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxiang Zhang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/macp.202300293" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639942v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaohui Liu" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Nechab" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.2c00294" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381157v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lalevee" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/slct.201904699" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02091898v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assi Al Mousawi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patxi Garra" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.8b00979" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02091871v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Mira" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huong Le" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2018.11.021" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469552v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Goubard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mira Abdallah" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Tu&#226;n Bui" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Theodosopoulou" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2018.06.005" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266924v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2017.05.036" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/michael-schmitt" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0819-6226" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/H-8632-2018" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539734v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Gao" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thybault de Monfreid" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji Feng" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Zhang" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Morlet-Savary" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202521296" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539677v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Song" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yijun Zhang" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Liu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boulay" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dietlin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202501442" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539715v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiansong Yin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202425598" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274062v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaidan Yang" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schmitt" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaotong Peng" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.5c01580" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05017272v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Rejeb" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philibert Lenormand" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Bichot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gigmes" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dumur" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2024.113589" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557634v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Dietlin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202425198" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05192584v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naralyne Pesqueira" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Jouaiti" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Goi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsapm.4c04066" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539701v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Graff" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4GC04127E" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274127v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202518942" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05436672v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5PY00565E" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681586v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Noon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202405337" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614944v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2024.113186" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362987v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tayssir Hamieh" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joumana Toufaily" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2023.112679" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649844v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4py00558a" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633058v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/x0xx00000x" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424833v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timur Borjigin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Giacoletto" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2024.112801" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328365v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Di Zhu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2023.112662" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041915v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rico" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bidotti" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202202352" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001549v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Hammoud" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Hijazi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lalev&#233;e" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2023.111901" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038627v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dyepig.2023.111202" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221147v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.202300205" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280841v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxiang Zhang" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/macp.202300293" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221164v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3GC02004E" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639942v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaohui Liu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Nechab" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.2c00294" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381157v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lalevee" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/slct.201904699" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02091898v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assi Al Mousawi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patxi Garra" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.8b00979" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469552v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Goubard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mira Abdallah" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh-Tu&#226;n Bui" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Theodosopoulou" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2018.06.005" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02091871v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Mira" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huong Le" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2018.11.021" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266924v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2017.05.036" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>