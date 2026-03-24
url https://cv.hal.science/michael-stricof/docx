--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (10)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -169,579 +169,579 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05483262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Democracy to Build Trust in US Defense Policy in the Indo-Pacific</w:t>
+                <w:t xml:space="preserve">L'Armée États-unienne en Indopacifique : cohérences structurelles face au choc Trump</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Webinaire DAIP : Définir les enjeux et les défis démocratiques dans l’Indo-Pacifique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, DAIP (Democratic Alliance in the Indo-Pacific); OREMA; LERMA; Aix-Marseille Université, Mar 2025, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">La fin d'un modèle ? Les répercussions du choc Trump en Asie-Pacifique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05207016v1</w:t>
+                <w:t xml:space="preserve">halshs-05483576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Intervention to Partnership: Testing Nontraditional Defense Roles and Missions in Latin America after the Cold War</w:t>
+                <w:t xml:space="preserve">Using Democracy to Build Trust in US Defense Policy in the Indo-Pacific</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Washington et l'Amérique latine. Entre hégémonie et partenariat</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, OREMA, Jan 2024, Webinaire, France</w:t>
+              <w:t xml:space="preserve">Webinaire DAIP : Définir les enjeux et les défis démocratiques dans l’Indo-Pacifique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DAIP (Democratic Alliance in the Indo-Pacific); OREMA; LERMA; Aix-Marseille Université, Mar 2025, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04939030v1</w:t>
+                <w:t xml:space="preserve">halshs-05207016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Democracy at Home and Abroad: Grand Strategy on the Ballot</w:t>
+                <w:t xml:space="preserve">From Intervention to Partnership: Testing Nontraditional Defense Roles and Missions in Latin America after the Cold War</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Élections américaines de 2024 : Trump/Harris, enjeux et perspectives d'une improbable campagne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Gregory Benedetti, Pierre-Alexandre Beylier, ILCEA4 Université Grenoble Alpes, Oct 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Washington et l'Amérique latine. Entre hégémonie et partenariat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, OREMA, Jan 2024, Webinaire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04938858v1</w:t>
+                <w:t xml:space="preserve">halshs-04939030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Indo-pacifique » : regards croisés entre les États-Unis et L'Amérique latine</w:t>
+                <w:t xml:space="preserve">Democracy at Home and Abroad: Grand Strategy on the Ballot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire « Perspectives Transaméricaines »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut des Amériques, Dec 2024, Webinaire, France</w:t>
+              <w:t xml:space="preserve">Les Élections américaines de 2024 : Trump/Harris, enjeux et perspectives d'une improbable campagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Gregory Benedetti, Pierre-Alexandre Beylier, ILCEA4 Université Grenoble Alpes, Oct 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04938828v1</w:t>
+                <w:t xml:space="preserve">halshs-04938858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IdeAs journal roundtable</w:t>
+                <w:t xml:space="preserve">« Indo-pacifique » : regards croisés entre les États-Unis et L'Amérique latine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès biennal de l'Institut des Amériques : État de la recherche sur les Amériques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut des Amériques; Université de Lyon 2; Université de Lyon 3, Jun 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Séminaire « Perspectives Transaméricaines »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut des Amériques, Dec 2024, Webinaire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04400679v1</w:t>
+                <w:t xml:space="preserve">halshs-04938828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seymour Melman's Political Economy</w:t>
+                <w:t xml:space="preserve">IdeAs journal roundtable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Litéco</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aix-Marseille Université, Jan 2023, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">Congrès biennal de l'Institut des Amériques : État de la recherche sur les Amériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut des Amériques; Université de Lyon 2; Université de Lyon 3, Jun 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04400746v1</w:t>
+                <w:t xml:space="preserve">hal-04400679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alliances militaires américaines dans l'Indo-pacifique : vers une grande alliance démocratique ?</w:t>
+                <w:t xml:space="preserve">Seymour Melman's Political Economy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organisations internationales, alliances et partenariats dans l’Indo-Pacifique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, La Rochelle Université, Nov 2023, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">Séminaire Litéco</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aix-Marseille Université, Jan 2023, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04400663v1</w:t>
+                <w:t xml:space="preserve">hal-04400746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">State Department Educational Exchange and the Promotion of American Studies in the Early Cold War</w:t>
+                <w:t xml:space="preserve">Alliances militaires américaines dans l'Indo-pacifique : vers une grande alliance démocratique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reimagining Dipmomatic Models in the English-speaking World</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, OREMA, Aix-Marseille Unviersité, Apr 2023, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">Organisations internationales, alliances et partenariats dans l’Indo-Pacifique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Rochelle Université, Nov 2023, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04400709v1</w:t>
+                <w:t xml:space="preserve">hal-04400663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">US Military Intervention in Latin America: Testing Grounds for New Defense Policies</w:t>
               </w:r>
@@ -767,1261 +767,1498 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'études Agrégation d'anglais 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Picardie, Jules Verne, Dec 2023, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04400623v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">State Department Educational Exchange and the Promotion of American Studies in the Early Cold War</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Stricof</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reimagining Dipmomatic Models in the English-speaking World</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, OREMA, Aix-Marseille Unviersité, Apr 2023, Aix-en-Provence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04400709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lawrence Aje et Claude Chastagner (dir.), Espaces de souveraineté dans les Amériques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lawrence Aje</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Chastagner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 23 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/15cj7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05483237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Burtin, A Nation of Veterans: War, Citizenship, and the Welfare State in Modern America</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IdeAs : idées d'Amérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 21, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ideas.14946⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04400593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Defense and Internal Security in the Americas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Capdevila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IdeAs : idées d'Amérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 20, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/ideas.13210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03822056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Défense et sécurité intérieure dans les Amériques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Capdevila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IdeAs : idées d'Amérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 20, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ideas.13209⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03822052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Representing Climate Change through the Lens of Environmental Security: Thirty Years of the Department of Defense Defining a Threat Multiplier and Military Resilience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 18.2, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/erea.11609⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03407951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les institutions dans le parcours des jeunes chercheur∙ses. Voix de jeunes chercheur∙ses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emilia Le Seven</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilia Le seven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transatlantica. Revue d'études américaines/American Studies Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, Hors-série, </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/transatlantica.17489⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03552265v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03409928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les institutions dans le parcours des jeunes chercheur∙ses. Voix de jeunes chercheur∙ses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emilia Le seven</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilia Le Seven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transatlantica. Revue d'études américaines/American Studies Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+              <w:t xml:space="preserve">, 2021, Hors-série, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/transatlantica.17489⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03409928v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03552265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grant Madsen, Sovereign Soldiers: How the U.S. Military Transformed the Global Economy after World War</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IdeAs : idées d'Amérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ideas.9892⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03193396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article de blog scientifique (6)</w:t>
+        <w:t xml:space="preserve">Article de blog scientifique (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping the Indo-Pacific: US institutional visions</w:t>
+                <w:t xml:space="preserve">Le nouveau ancien Department of War, ou le département de la Guerre culturelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58079/14rbd⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Vagnoux</w:t>
-[...34 lines deleted...]
-                <w:t xml:space="preserve">halshs-05483170v1</w:t>
+                <w:t xml:space="preserve">halshs-05483209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">US Military Alliances in the Indo-Pacific: Towards a Democratic Alliance?</w:t>
+                <w:t xml:space="preserve">What’s in a Name? Constructing the Indo-Pacific: Comparative Visions of Space from Australia, France, the United Kingdom and the United States</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">2024, </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.58079/11v7a⟩</w:t>
+                <w:t xml:space="preserve">Isabelle Vagnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Graves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58079/1340k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04939278v1</w:t>
+                <w:t xml:space="preserve">halshs-04925337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">US Military Alliances in the Indo-Pacific: NATO in the Indo-Pacific?</w:t>
+                <w:t xml:space="preserve">Mapping the Indo-Pacific: US institutional visions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">⟨10.58079/120f9⟩</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Vagnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58079/13hn7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04939280v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05483170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The War in Iraq: Decentered Perspectives from OREMA</w:t>
+                <w:t xml:space="preserve">US Military Alliances in the Indo-Pacific: Towards a Democratic Alliance?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2023, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.58079/skqu⟩</w:t>
+              <w:t xml:space="preserve">2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58079/11v7a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04400768v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04939278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Continuité budgétaire et stratégique de la défense américaine</w:t>
+                <w:t xml:space="preserve">US Military Alliances in the Indo-Pacific: NATO in the Indo-Pacific?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2019, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.58079/skp9⟩</w:t>
+              <w:t xml:space="preserve">2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58079/120f9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03193432v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04939280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The War in Iraq: Decentered Perspectives from OREMA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Stricof</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58079/skqu⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04400768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Continuité budgétaire et stratégique de la défense américaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Stricof</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58079/skp9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03193432v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mattis’ History Lesson: Allies Matter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.58079/skoz⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03193428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2031,185 +2268,185 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Institut des Amériques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HÉPISTÉA : Dictionnaire des études anglophones en France : histoire et épistémologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.71909/GP21-VY69⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04939070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le programme Fulbright et la Commission Franco-Américaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HÉPISTÉA : Dictionnaire des études anglophones en France : histoire et épistémologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.71909/H6ZC-ZM84⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04939091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2219,475 +2456,475 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U.S. Military Interventions in Latin America from 1983-2015: Towards new post-Cold War Paradigms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agrégation anglais 2024. Les États-Unis et l'Amérique latine, de Franklin D. Roosevelt à Barack Obama, 1933-2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ellipses, pp.283-300, 2023, 9782340079519</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04400495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haunted by the lessons of 'the good war': Post-Cold War contestation of World War II narratives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Pilliere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bigand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Galelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Memory and Identity: Ghosts of the Past in the English-speaking World</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Routledge, pp.115-130, 2023, 9781032012841. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4324/9781003178040-10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04400562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Defining Strategy and Maintaining Allies for Great Power Competition: Independent Leadership in the Department of Defense</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">U.S. Leadership in a World of Uncertainties</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Palgrave Macmillan, pp.1-16, 2022, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-10260-8_1⟩</w:t>
+              <w:t xml:space="preserve">, Palgrave Macmillan, pp.193-212, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-10260-8_11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03813067v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03813071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Defining Strategy and Maintaining Allies for Great Power Competition: Independent Leadership in the Department of Defense</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Vagnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">U.S. Leadership in a World of Uncertainties</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Palgrave Macmillan, pp.193-212, 2022, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-10260-8_11⟩</w:t>
+              <w:t xml:space="preserve">, Palgrave Macmillan, pp.1-16, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-10260-8_1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03813071v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03813067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U.S. Leadership in a World of Uncertainties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Vagnoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">US Leadership in a World of Uncertainties</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-10260-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03938365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2697,113 +2934,113 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U.S. Leadership in a World of Uncertainties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Vagnoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Palgrave Macmillan, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-10260-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03813063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2813,120 +3050,120 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Défense et sécurité intérieure dans les Amériques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Capdevila</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IdeAs : idées d'Amérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 20, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/ideas.13205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03822043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2936,238 +3173,238 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Should military officers like Jim Mattis enter the political arena?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03193415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Why weak leadership at the Defense Department could lead us to war in Iran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03193409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Managing Defense after History’s End: A Conversation with Robert F. Hale, Assistant Secretary of the Air Force during the Clinton administration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Stricof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/ideas.2915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03193391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId74"/>
+      <w:footerReference w:type="default" r:id="rId80"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3314,51 +3551,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05483262v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Stricof" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05207016v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04939030v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04938858v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04938828v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400679v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400746v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400663v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400709v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400623v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05483237v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Aje" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chastagner" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15cj7" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400593v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideas.14946" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822056v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Capdevila" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideas.13210" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822052v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideas.13209" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407951v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.11609" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552265v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Le Seven" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transatlantica.17489" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409928v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Le&#160;seven" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03193396v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideas.9892" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05483170v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vagnoux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/13hn7" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04939278v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/11v7a" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04939280v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/120f9" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400768v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/skqu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03193432v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/skp9" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03193428v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/skoz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04939070v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.71909/GP21-VY69" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04939091v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.71909/H6ZC-ZM84" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400495v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400562v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Pilliere" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bigand" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Galelli" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003178040-10" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813067v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-10260-8_1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813071v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-10260-8_11" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03938365v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-10260-8" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813063v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822043v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideas.13205" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03193415v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03193409v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03193391v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideas.2915" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05483262v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Stricof" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05483576v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05207016v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04939030v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04938858v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04938828v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400679v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400746v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400663v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400623v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400709v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05483237v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Aje" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chastagner" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15cj7" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400593v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideas.14946" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822056v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Capdevila" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideas.13210" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822052v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideas.13209" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407951v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.11609" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409928v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Le&#160;seven" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transatlantica.17489" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552265v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Le Seven" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03193396v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideas.9892" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05483209v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/14rbd" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04925337v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vagnoux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Graves" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/1340k" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05483170v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/13hn7" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04939278v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/11v7a" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04939280v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/120f9" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400768v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/skqu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03193432v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/skp9" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03193428v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/skoz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04939070v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.71909/GP21-VY69" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04939091v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.71909/H6ZC-ZM84" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400495v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400562v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Pilliere" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bigand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Galelli" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003178040-10" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813071v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-10260-8_11" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813067v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-10260-8_1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03938365v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-10260-8" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813063v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822043v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideas.13205" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03193415v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03193409v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03193391v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ideas.2915" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>