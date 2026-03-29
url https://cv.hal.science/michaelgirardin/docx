--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Michaël Girardin </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">michaelgirardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0009-8671-2933</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">225148544</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">159149841851602840379</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000504140921</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maître de conférences habilité à diriger des recherches en histoire ancienne à l'Université du Littoral - Côte d'Opale, je suis membre de l'Unité de Recherche 4030 HLLI et membre junior de l'Institut Universitaire de France.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Je travaille sur l'histoire de la Judée du tournant de notre ère. Mon approche combine l'histoire politique, diplomatique, fiscale, sociale, religieuse et culturelle.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Après une thèse portant sur les enjeux politiques, sociaux, économiques et théologiques de la fiscalité en Judée, j'ai soutenu en 2025 une habilitation à diriger des recherches sur le personnage et le temps de Jean Hyrcan, grand prêtre et ethnarque de Judée de 134 à 104 avant notre ère. Il s'agit d'examiner la Judée de cette période comme une composante du royaume séleucide fracturé par la guerre civile. Le projet IUF porte sur l'examen de la Judée comme un Etat hellénistique et vise notamment à rendre accessibles, pour les spécialistes de l'histoire hellénistique et à des fins de recherche comme d'enseignement, des extraits de la littérature judéo-hellénistique souvent méconnus.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (58)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Hyrcanus’ conquests : a forgotten page of the Seleucid Fraternal War</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05384311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Hyrcan : un tournant « séculier » en Judée au IIe siècle av. J. C. ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in Religion/Sciences Religieuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05384313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des causes environnementales au relèvement du tributum en 43 av. J. C. ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Latomus : revue d'études latines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05384320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoires plurielles de la crise maccabéenne dans la littérature judéo-hellénistique. Trois études de cas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Études Grecques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 137 (2), pp.531-549</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05384298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Lester L. GRABBE, A History of the Jews and Judaism in the Second Temple Period, vol. 4, London, T. & T. Clark, 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Biblical Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Doron MENDELS, Hellenistic Inter-State Political Ethics and the Emergence of the Jewish State, Londres/New-York/Oxford, T&amp;T Clark, 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal for the Study of Judaism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 55 (2), pp.265-267</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi la douane dérangeait-elle les Judéens dans l’Antiquité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers d’histoire des douanes et des droits indirects</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 79, pp.26-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le demi-sicle, de Moïse au fiscus Iudaicus. Histoire d’une téléologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ancient Civilizations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 39 (1), pp.73-98. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.16758/j.cnki.1004-9371.2024.02.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judas the Galilean and the Many Stories of the Jewish War</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Judaïsme ancien/Ancient Judaism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, pp.13-34. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1484/J.JAAJ.5.149888⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05384290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recomposer la linéarité dynastique de la famille hasmonéenne : un défi pour l’auteur de 1 Maccabées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des études anciennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 125 (1), pp.29-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04216995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de David HENDIN, Guide to Biblical Coins, 6e edition, New York, American Numismatic Society, 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bryn Mawr Classical Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04168034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oppression, exploitation, persécution ? Historiographie de la fiscalité en Judée séleucide et romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archimède : archéologie et histoire ancienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10, pp.106-118. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.47245/archimede.0010.ds2.04⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04305481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femmes contribuables de la Judée romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clio. Femmes, Genre, Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 57 (1), pp.277-292</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire et légitimation maccabéenne : Judas au temps d'Hyrcan dans le Premier Livre des Maccabées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de philologie, de littérature et d'histoire anciennes </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 96 (1), pp.139-157. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/phil.961.0139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animaux en guerre en Judée hellénistique et romaine : combat, logistique et représentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HiMA : revue internationale d'histoire militaire ancienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12, pp.305-319</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04391659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Kristin KLEBER, Taxation in the Achaemenid Empire, Wiesbaden, Harrassowitz, 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Antiquité classique : revue interuniversitaire d’études classiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 92, pp.239-243</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écrire l’histoire de la fiscalité antique : un défi insurmontable ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archimède : archéologie et histoire ancienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10, pp.77-84. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.47245/archimede.0010.ds2.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04304638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femmes contribuables de la Judée romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clio (English Edition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Le genre de la guerre froide, 57 (1), pp.277‑292</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05384302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiscalité : revue de littérature juridique à l’usage de l’histoire ancienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dialogues d'histoire ancienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 49 (1), pp.109-133. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dha.491.0109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Thomas R. BLANTON IV, Agnes CHOI, Jinyu LIU (éd.), Taxation, Economy, and Revolt in Ancient Rome, Galilee, and Egypt, Londres/New-York, Routledge, 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Antiquité classique : revue interuniversitaire d’études classiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 92, pp.239-243</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Katell BERTHELOT, Jews and Their Roman Rivals. Pagan Rome’s Challenge to Israel, Princeton et Oxford, Princeton University Press, 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asdiwal : revue genevoise d’anthropologie et d’histoire des religions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18, pp.186-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Édith PARMENTIER, Le roi Hérode. De la légende à l’Histoire, Paris, Les Belles Lettres, 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des études anciennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 125 (1), pp.252-256</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Dario GARRIBBA, La Giudea di Gesù. Dalla morte di Erode il Grande alla fine del regno di Agrippa I (4 a.C. - 44 d.C.), Trapani, Il Pozzo di Giacobbe, 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Athenaeum. Studi di letteratura e Storia dell'antichità </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 111 (2), pp.635-638</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Jonathan BOURGEL, Hérode, roi d’Israël ?. Paris : Les Éditions du Cerf, 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'histoire des religions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 239 (3), pp.508-511</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Christopher ZEICHMANN, The Roman Army and the New Testament, Fortress Academic, Lanham/Boulder/New York/Londres, 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Judaïsme ancien/Ancient Judaism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, pp.295-301</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Kimberley Czajkowski et Benedikt Eckhardt, Herod in History : Nicolaus of Damascus and the Augustan Context. Oxford, New-York : Oxford University Press, 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sehepunkte </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (7/8)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Stefano G. Caneva, The Materiality of Hellenistic Ruler Cults. Liège, 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Antiquité classique : revue interuniversitaire d’études classiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 91, pp.286-288</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Jérôme France, Tribut : une histoire fiscale de la conquête romaine, Paris: Les Belles Lettres, 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Antiquité classique : revue interuniversitaire d’études classiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 91, pp.294-297</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Clara BERRENDONNER, Le peuple et l’argent. Administration et représentations du Trésor Public dans la Rome républicaine (509-49 av. J. C.), Rome, École Française de Rome, 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontière·s : revue d’archéologie, histoire et histoire de l’art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 7, pp.76-77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Cristina SORACI (éd.), Fiscalità ed epigrafia nel mondo romano, Rome, « L’Erma » di Bretschneider, 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dialogues d'histoire ancienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 48 (1), pp.456-459</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de François Villeneuve, Étienne Nodet, Anca Dan et Édith Parmentier (établissement du texte, traduction et notes), avec la collaboration de Marie-Christine Marcellesi et Laurianne Sève, Flavius Josèphe, Les Antiquités juives, vol. VI, livres XII à XIV, Paris, Éditions du Cerf, 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Syria. Archéologie, art et histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/syria.14086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Paul J. KOSMIN et Ian S. MOYER, Cultures of Resistance in the Hellenistic East, Oxford, Oxford University Press, 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Topoi Orient - Occident</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 25 (2), pp.595-601</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04168039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fiscalité romaine et le contexte économique de Jésus de Nazareth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études Théologiques et Religieuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 97 (1), pp.23-39. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/etr.971.0023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03609690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Jonathan PRICE et Katell BERTHELOT, The future of Rome: Roman, Greek, Jewish and Christian Visions, Cambridge University Press, Cambridge, 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bryn Mawr Classical Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Anthony Giambrone, Rethinking the Jewish War: Archeology, Society, Traditions. Leuven: Peeters, 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Biblical Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Études Bibliques, 84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bibliographie commentée : judaïsmes et pouvoirs en Judée romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historiens et géographes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 456, pp.131-135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Bezalel Porten et Ada Yardeni, Textbook of Aramaic Ostraca from Idumea. Vol. 4. University Park : Eisenbrauns, 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Biblical Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pouvoir, jeux d’argent et liminarité. L’impôt antique, théâtre de la souveraineté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontière·s : revue d’archéologie, histoire et histoire de l’art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Investir la frontière, 4, pp.19-28. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35562/frontieres.591⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03294581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Livia CAPPONI, Tra Politica e Religione. I Giudei nel mondo greco-romano. Studi in onore di Lucio Troiani, Jouvence, Milan, 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bryn Mawr Classical Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Andrea M. BERLIN et Paul J. KOSMIN (éd.), The Middle Maccabees : Archaeology, History, and the Rise of the Hasmonean Kingdom, Atlanta, SBL Press, 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Topoi Orient - Occident</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 24 (1), pp.731-738</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Anthony Keddie, Class and power in Roman Palestine: the socioeconomic setting of Judaism and Christian origins. Cambridge : Cambridge University Press, 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">KLIO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 103 (2), pp.756-760. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/klio-2021-3010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Hughson T. ONG, The Multilingual Jesus and the Sociolinguistic World of the New Testament, Leyde/Boston, Brill, 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Biblical Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Linguistic Biblical Studies 12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jésus, les sicaires et l’impôt : ni résistance, ni lutte sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biblica : Commentarii ad rem Biblicam Scientifice Investigandam</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 102 (4), pp.537-559. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2143/BIB.102.4.3290256⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03607200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de David M. JACOBSON, Agrippa II: the last of the Herods, Routledge, Londres-New York, 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bryn Mawr Classical Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judas à Mispa : un spectacle de la légitimation Maccabéenne (1 M 3, 46-60)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dialogues d'histoire ancienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Cahier de l’ atelier Clisthène III – Philosophie hors les murs, 46 (2), pp.231-251. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dha.462.0231⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Anca Dan et Étienne Nodet, Cœlé-Syrie : Palestine, Judée, Pérée. Leuven : Peeters, 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Biblical Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Altay Coskun et David Engels, Rome and the Seleukid East : selected papers from Seleukid study day V, Brussels, 21-23 August 2015. Bruxelles : Société d'études latines de Bruxelles-Latomus, 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des études anciennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 122 (1), pp.332-336</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la confiance à la guerre eschatologique : normativités compétitrices et légitimation politique en Judée séleucide et romaine (200 av. J. C. – 70 apr. J. C.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Judaïsme ancien/Ancient Judaism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8, pp.249-289. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1484/J.JAAJ.5.122304⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de Anne LYKKE, Reign and Religion in Palestine. The Use of Sacred Iconography in Jewish Coinage, Harrassowitz, Wiesbaden, 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Biblical Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension of Jodi MAGNESS, Masada. From Jewish Revolt to Modern Myth, Princeton University Press, Princeton – Oxford, 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bryn Mawr Classical Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de David Hamidovic, Encyclopédie des messianismes juifs dans l'Antiquité. Leuven: Peeters, 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Biblical Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Biblical Tools and Studies 33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Adam WINN, Reading Mark’s Christology under Caesar: Jesus the Messiah and Roman Imperial Ideology, InterVarsity Press, Downers Grove, 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Biblical Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monnaie du tribut, monnaie de l’offrande en Judée séleucide et romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des études anciennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 121 (1), pp.71-91</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02294253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans le quotidien du collecteur : l'impôt romain d'après l'archive de Murabba'ât</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Qumran</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 31 (1), pp.11-49. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2143/RQ.31.1.3286504⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leḥerut Yerushalayim: The Temple at the Time of the Bar Kokhba War</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Jerusalem and Judaea. Studies on history, archeology, and numismatics, 26, pp.159-176. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4467/20800909EL.19.010.11213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Κόροι, σάτα, and κάβοι in P.Mur. 97</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of the American Society of Papyrologists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 55, pp.294-296</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Propaganda of the Jewish Rebels of 66-70 C.E. according to their Coins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scripta Judaica Cracoviensia </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 14, pp.23-40. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4467/20843925SJ.16.002.5661⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À l’origine d’une dialectique nouvelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Res Antiquae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12, pp.67-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judas the Galilean : the Man and His Significance in the History of Ancient Judaism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brépols, 12, pp.13-165, 2025, Judaïsme ancien – Ancient Judaism, 978-2-503-60839-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05384291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiscalità ed Epigrafia nel mondo romano. Nuove Ricerche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Girardin, Michaël; Günther, Sven; Soraci, Cristina. L'Erma di Bretschneider, 2024, Bibliotheca aperta, 4, 9788891332790</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Méchants du Nouveau Testament : La parole est à la défense</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Excelsis, 262 p., 2023, 978-2-7550-0521-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05384299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiscalités antiques. Aux origines de l’administration provinciale romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Girardin, Michaël. L'Erma di Bretschneider, 2023, Bibliotheca aperta, 3, 9788891327246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’offrande et le tribut. Histoire politique de la fiscalité en Judée hellénistique et romaine (200 a.C. – 135 p.C.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ausonius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 152, 2022, Scripta Antiqua, 9782356134356</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au temps de Jésus. Hommes, histoire, société</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Excelsis, 2022, 9782755004892</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le monde grec et l’Orient, 404-200 avant notre ère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madalina Dana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Bouchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Clancier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Madalina Dana. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atlande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.659, 2021, Clefs concours‎. Histoire ancienne, 978-2-35030-731-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03527013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire la légitimité politique : de l’Antiquité à nos jours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Cormier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Gilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 6, 2021, Travaux du Centre d'études supérieures de la Renaissance, 978-2-406-10423-0. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10425-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fiscalité dans le judaïsme ancien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geuthner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Culture archéologique du judaïsme ancien, 9782705340544</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (25)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des catastrophes, des hommes et des impôts : mécanismes fiscaux et réactions aux 'signes' dans l’Antiquité gréco-romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des catastrophes et des impositions. Environnement, pouvoirs fiscaux, solidarités économiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05384318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César était-il généreux avec les Juifs ? Retour sur quelques documents cités par Flavius Josèphe (AJ XIV, 190-210)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Girardin, Michaël; Günther, Sven; Soraci, Cristina. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fiscalità ed epigrafia nel mondo romano. Nuove Ricerche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Erma di Bretschneider, pp.15-34, 2024, Bibliotheca aperta, 4, 9788891332790</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Guerre des Juifs contre les Romains en 66-73 était-elle rationnelle ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Senik, Claudia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Un monde en guerre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.52-64, 2024, 9782348083099</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduzione</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Soraci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Girardin, Michaël; Günther, Sven; Soraci, Cristina. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fiscalità ed epigrafia nel mondo romano. Nuove Ricerche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Erma di Bretschneider, pp.7-13, 2024, Bibliotheca aperta, 4, 9788891332790</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Permanences et adaptations au Levant Sud : des ostraca d’Idumée (IVe s. av. J. C.) aux manuscrits de Murabba‘ât (IIe s. apr. J. C.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitchka Shahryari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Girardin, Michaël. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fiscalités antiques. Aux origines de l’administration provinciale romaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Erma di Bretschneider, pp.179-195, 2023, Bibliotheca aperta, 3, 9788891327246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’adaptation de Rome aux structures fiscales antérieures : anatomie d’un empire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Girardin, Michaël. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fiscalités antiques. Aux origines de l’administration provinciale romaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Erma di Bretschneider, pp.7-23, 2023, Bibliotheca Aperta 3, 9788891327246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livrer Jérusalem dans l’Antiquité : leçons de théologie et de Realpolitik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Engerbeaud, Mathieu; Millot, Romain. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livrer sa patrie à l’ennemi dans l’Antiquité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Provence, pp.275-288, 2023, 9791032004555</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dépassées ou visionnaires ? Les élites juives à la veille de la Grande Révolte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bouchet, Julien; Lamoine, Laurent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les mises à l’écart politiques. Des périphéricités paradoxales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires Blaise Pascal, pp.111-123, 2022, 9782383770817</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impôt et petits tracas du voyage d’après les sources de la Judée romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Podvin, Jean-Louis; Soussen, Claire. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le voyage de l'Antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Shaker Verlag, pp.171-185, 2022, 978-3-8440-7731-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Religion et fiscalité en Judée hellénistique et romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marcellesi, Marie-Christine; Pont, Anne-Valérie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Religions et fiscalité dans le monde méditerranéen de l’Antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Université Paris-Sorbonne, pp.245-270, 2022, 979-1023107289</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mémoire magnifiée du culte dans les judaïsmes d’après 70</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delphine Ackermann; Yves Lafond; Alexandre Vincent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques religieuses, mémoire et identités dans le monde gréco-romain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.119-143, 2022, 2753586098</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction générale : Construire la légitimité politique. Remarques préliminaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian-Georges Schwentzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paul Cormier; Xavier Gilly; Michaël Girardin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construire la légitimité politique : de l’Antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.11-22, 2021, Travaux du Centre d'études supérieures de la Renaissance, 978-2-406-10423-0. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10425-4.p.0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évergétisme fiscal, un outil de légitimation séleucide en Judée ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paul Cormier; Xavier Gilly; Michaël Girardin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construire la légitimité politique : de l’Antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.87-98, 2021, Travaux du Centre d'études supérieures de la Renaissance, 978-2-406-10423-0. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10425-4.p.0087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piété et charité obligatoire dans les judaïsmes anciens (Ier - IVe siècles apr. J.-C.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ruiz de Elvira Carrascal, Laura; Saeidnia, Aurore. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les mondes de la bien-faisance : les pratiques du bien au prisme des sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CNRS Éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.53-78, 2021, 978-2-271-13205-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raison, affection et bien du service du roi. Les discours de légitimité d’Henri IV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Giraudier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Cormier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Gilly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classiques Garnier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construire la légitimité politique : de l’Antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.181-193, 2021, 978-2-406-10424-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04027904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édouard Will et le judaïsme antique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Graslin, Laetitia; Zurbach, Julien. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Édouard Will, un historien nancéien du monde grec</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Adra, pp.167-194, 2021, Etudes anciennes, 978-2-913667-61-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la légitimité à la légitimation. Réflexions conclusives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Cormier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Gilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paul Cormier; Xavier Gilly; Michael Girardin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construire la légitimité politique, de l’Antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.339-345, 2021, Travaux du Centre d’études supérieures de la Renaissance, 978-2-406-10423-0. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10425-4.p.0339⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antiochos VII et les Juifs : suzerain, ennemi, protecteur du culte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christophe Feyel; Laetitia Graslin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les derniers Séleucides et leur territoire : actes du colloque international organisé les 20-22 novembre 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ADRA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.319-339, 2021, 978-2-913667-64-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Juifs face aux pouvoirs étrangers dans l’Antiquité : de la confiance à la guerre (200 avant notre ère–135 de notre ère)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Senik, Claudia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crises de confiance ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Découverte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.19-36, 2020, Recherches, 9782348065866</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">164 avant notre ère: Judas Maccabée purifie le Temple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Savy, Pierre; Berthelot, Katell; Kichelewski, Audrey. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire des Juifs : un voyage en 80 dates, de l’Antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, pp.59-64, 2020, 978-2-13-082071-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judaïsmes et pouvoirs romains : interactions, conflits, échanges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Amiri, Bassir; Augier, Bertrand; Barriere, Vivien; Husquin, Caroline; Landrea, Cyrielle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Religions et pouvoir dans le monde romain : de 218 av. J.-C. à 250 ap. J.-C.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.397-408, 2020, Capes-Agreg, 978-2-340-03997-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une approche pluridisciplinaire du judaïsme antique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Nantet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nantet, Emmanuel; Sartre, Maurice. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Juifs et le pouvoir politique dans l’Antiquité gréco-romaine : histoire et archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.15-29, 2019, Histoire, 9782753576827</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le contribuable face à l’autorité politique en Judée romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nantet, Emmanuel; Sartre, Maurice. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Juifs et le pouvoir politique dans l’Antiquité gréco-romaine : histoire et archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.149-162, 2019, Histoire, 9782753576827</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Use of Greek in Judaea: New Linguistic Habits for Individuals and the Roman Administration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nolwena Monnier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nolwena MONNIER (dir.), Languages for Specific Purposes in History, Newcastle-upon-Tyne, Cambridge Scholars Publishing,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge Scholars Publishing, pp.18-34, 2018, 978-1527511194</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’impôt dû à Dieu : une conséquence financière de la théocratie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Françoise Baslez; Christian-Georges Schwentzel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les dieux et le pouvoir. Aux origines de la théocratie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.53-69, 2016, Histoire, 9782753548640</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'offrande et le tribut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Histoire. Université de Lorraine, 2017. Français. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2017LORR0302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01765217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId150"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Michaël Girardin </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">michaelgirardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0009-8671-2933</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">225148544</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">159149841851602840379</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000504140921</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maître de conférences habilité à diriger des recherches en histoire ancienne à l'Université du Littoral - Côte d'Opale, je suis membre de l'Unité de Recherche 4030 HLLI et membre junior de l'Institut Universitaire de France.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Je travaille sur l'histoire de la Judée du tournant de notre ère. Mon approche combine l'histoire politique, diplomatique, fiscale, sociale, religieuse et culturelle.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Après une thèse portant sur les enjeux politiques, sociaux, économiques et théologiques de la fiscalité en Judée, j'ai soutenu en 2025 une habilitation à diriger des recherches sur le personnage et le temps de Jean Hyrcan, grand prêtre et ethnarque de Judée de 134 à 104 avant notre ère. Il s'agit d'examiner la Judée de cette période comme une composante du royaume séleucide fracturé par la guerre civile. Le projet IUF porte sur l'examen de la Judée comme un Etat hellénistique et vise notamment à rendre accessibles, pour les spécialistes de l'histoire hellénistique et à des fins de recherche comme d'enseignement, des extraits de la littérature judéo-hellénistique souvent méconnus.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (58)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Hyrcanus’ conquests : a forgotten page of the Seleucid Fraternal War</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05384311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Hyrcan : un tournant « séculier » en Judée au IIe siècle av. J. C. ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in Religion/Sciences Religieuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05384313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des causes environnementales au relèvement du tributum en 43 av. J. C. ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Latomus : revue d'études latines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05384320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judas the Galilean and the Many Stories of the Jewish War</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Judaïsme ancien/Ancient Judaism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, pp.13-34. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1484/J.JAAJ.5.149888⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05384290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi la douane dérangeait-elle les Judéens dans l’Antiquité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers d’histoire des douanes et des droits indirects</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 79, pp.26-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le demi-sicle, de Moïse au fiscus Iudaicus. Histoire d’une téléologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ancient Civilizations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 39 (1), pp.73-98. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.16758/j.cnki.1004-9371.2024.02.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoires plurielles de la crise maccabéenne dans la littérature judéo-hellénistique. Trois études de cas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Études Grecques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 137 (2), pp.531-549</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05384298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Lester L. GRABBE, A History of the Jews and Judaism in the Second Temple Period, vol. 4, London, T. & T. Clark, 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Biblical Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Doron MENDELS, Hellenistic Inter-State Political Ethics and the Emergence of the Jewish State, Londres/New-York/Oxford, T&amp;T Clark, 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal for the Study of Judaism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 55 (2), pp.265-267</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Dario GARRIBBA, La Giudea di Gesù. Dalla morte di Erode il Grande alla fine del regno di Agrippa I (4 a.C. - 44 d.C.), Trapani, Il Pozzo di Giacobbe, 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Athenaeum. Studi di letteratura e Storia dell'antichità </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 111 (2), pp.635-638</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Édith PARMENTIER, Le roi Hérode. De la légende à l’Histoire, Paris, Les Belles Lettres, 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des études anciennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 125 (1), pp.252-256</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Katell BERTHELOT, Jews and Their Roman Rivals. Pagan Rome’s Challenge to Israel, Princeton et Oxford, Princeton University Press, 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asdiwal : revue genevoise d’anthropologie et d’histoire des religions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18, pp.186-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recomposer la linéarité dynastique de la famille hasmonéenne : un défi pour l’auteur de 1 Maccabées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des études anciennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 125 (1), pp.29-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04216995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de David HENDIN, Guide to Biblical Coins, 6e edition, New York, American Numismatic Society, 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bryn Mawr Classical Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04168034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oppression, exploitation, persécution ? Historiographie de la fiscalité en Judée séleucide et romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archimède : archéologie et histoire ancienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10, pp.106-118. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.47245/archimede.0010.ds2.04⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04305481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femmes contribuables de la Judée romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clio. Femmes, Genre, Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 57 (1), pp.277-292</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire et légitimation maccabéenne : Judas au temps d'Hyrcan dans le Premier Livre des Maccabées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de philologie, de littérature et d'histoire anciennes </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 96 (1), pp.139-157. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/phil.961.0139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animaux en guerre en Judée hellénistique et romaine : combat, logistique et représentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HiMA : revue internationale d'histoire militaire ancienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12, pp.305-319</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04391659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Kristin KLEBER, Taxation in the Achaemenid Empire, Wiesbaden, Harrassowitz, 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Antiquité classique : revue interuniversitaire d’études classiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 92, pp.239-243</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écrire l’histoire de la fiscalité antique : un défi insurmontable ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archimède : archéologie et histoire ancienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10, pp.77-84. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.47245/archimede.0010.ds2.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04304638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femmes contribuables de la Judée romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clio (English Edition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Le genre de la guerre froide, 57 (1), pp.277‑292</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05384302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiscalité : revue de littérature juridique à l’usage de l’histoire ancienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dialogues d'histoire ancienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 49 (1), pp.109-133. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dha.491.0109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Thomas R. BLANTON IV, Agnes CHOI, Jinyu LIU (éd.), Taxation, Economy, and Revolt in Ancient Rome, Galilee, and Egypt, Londres/New-York, Routledge, 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Antiquité classique : revue interuniversitaire d’études classiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 92, pp.239-243</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Paul J. KOSMIN et Ian S. MOYER, Cultures of Resistance in the Hellenistic East, Oxford, Oxford University Press, 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Topoi Orient - Occident</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 25 (2), pp.595-601</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04168039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fiscalité romaine et le contexte économique de Jésus de Nazareth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études Théologiques et Religieuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 97 (1), pp.23-39. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/etr.971.0023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03609690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Jonathan BOURGEL, Hérode, roi d’Israël ?. Paris : Les Éditions du Cerf, 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'histoire des religions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 239 (3), pp.508-511</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Christopher ZEICHMANN, The Roman Army and the New Testament, Fortress Academic, Lanham/Boulder/New York/Londres, 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Judaïsme ancien/Ancient Judaism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, pp.295-301</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Kimberley Czajkowski et Benedikt Eckhardt, Herod in History : Nicolaus of Damascus and the Augustan Context. Oxford, New-York : Oxford University Press, 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sehepunkte </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (7/8)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Stefano G. Caneva, The Materiality of Hellenistic Ruler Cults. Liège, 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Antiquité classique : revue interuniversitaire d’études classiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 91, pp.286-288</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Jérôme France, Tribut : une histoire fiscale de la conquête romaine, Paris: Les Belles Lettres, 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Antiquité classique : revue interuniversitaire d’études classiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 91, pp.294-297</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Clara BERRENDONNER, Le peuple et l’argent. Administration et représentations du Trésor Public dans la Rome républicaine (509-49 av. J. C.), Rome, École Française de Rome, 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontière·s : revue d’archéologie, histoire et histoire de l’art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 7, pp.76-77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Cristina SORACI (éd.), Fiscalità ed epigrafia nel mondo romano, Rome, « L’Erma » di Bretschneider, 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dialogues d'histoire ancienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 48 (1), pp.456-459</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de François Villeneuve, Étienne Nodet, Anca Dan et Édith Parmentier (établissement du texte, traduction et notes), avec la collaboration de Marie-Christine Marcellesi et Laurianne Sève, Flavius Josèphe, Les Antiquités juives, vol. VI, livres XII à XIV, Paris, Éditions du Cerf, 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Syria. Archéologie, art et histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/syria.14086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Jonathan PRICE et Katell BERTHELOT, The future of Rome: Roman, Greek, Jewish and Christian Visions, Cambridge University Press, Cambridge, 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bryn Mawr Classical Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Anthony Giambrone, Rethinking the Jewish War: Archeology, Society, Traditions. Leuven: Peeters, 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Biblical Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Études Bibliques, 84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bibliographie commentée : judaïsmes et pouvoirs en Judée romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historiens et géographes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 456, pp.131-135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pouvoir, jeux d’argent et liminarité. L’impôt antique, théâtre de la souveraineté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontière·s : revue d’archéologie, histoire et histoire de l’art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Investir la frontière, 4, pp.19-28. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35562/frontieres.591⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03294581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Bezalel Porten et Ada Yardeni, Textbook of Aramaic Ostraca from Idumea. Vol. 4. University Park : Eisenbrauns, 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Biblical Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Livia CAPPONI, Tra Politica e Religione. I Giudei nel mondo greco-romano. Studi in onore di Lucio Troiani, Jouvence, Milan, 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bryn Mawr Classical Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Andrea M. BERLIN et Paul J. KOSMIN (éd.), The Middle Maccabees : Archaeology, History, and the Rise of the Hasmonean Kingdom, Atlanta, SBL Press, 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Topoi Orient - Occident</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 24 (1), pp.731-738</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jésus, les sicaires et l’impôt : ni résistance, ni lutte sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biblica : Commentarii ad rem Biblicam Scientifice Investigandam</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 102 (4), pp.537-559. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2143/BIB.102.4.3290256⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03607200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Anthony Keddie, Class and power in Roman Palestine: the socioeconomic setting of Judaism and Christian origins. Cambridge : Cambridge University Press, 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">KLIO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 103 (2), pp.756-760. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/klio-2021-3010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Hughson T. ONG, The Multilingual Jesus and the Sociolinguistic World of the New Testament, Leyde/Boston, Brill, 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Biblical Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Linguistic Biblical Studies 12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de David M. JACOBSON, Agrippa II: the last of the Herods, Routledge, Londres-New York, 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bryn Mawr Classical Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judas à Mispa : un spectacle de la légitimation Maccabéenne (1 M 3, 46-60)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dialogues d'histoire ancienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Cahier de l’ atelier Clisthène III – Philosophie hors les murs, 46 (2), pp.231-251. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dha.462.0231⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Anca Dan et Étienne Nodet, Cœlé-Syrie : Palestine, Judée, Pérée. Leuven : Peeters, 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Biblical Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Altay Coskun et David Engels, Rome and the Seleukid East : selected papers from Seleukid study day V, Brussels, 21-23 August 2015. Bruxelles : Société d'études latines de Bruxelles-Latomus, 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des études anciennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 122 (1), pp.332-336</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la confiance à la guerre eschatologique : normativités compétitrices et légitimation politique en Judée séleucide et romaine (200 av. J. C. – 70 apr. J. C.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Judaïsme ancien/Ancient Judaism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8, pp.249-289. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1484/J.JAAJ.5.122304⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monnaie du tribut, monnaie de l’offrande en Judée séleucide et romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des études anciennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 121 (1), pp.71-91</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02294253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans le quotidien du collecteur : l'impôt romain d'après l'archive de Murabba'ât</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Qumran</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 31 (1), pp.11-49. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2143/RQ.31.1.3286504⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leḥerut Yerushalayim: The Temple at the Time of the Bar Kokhba War</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Jerusalem and Judaea. Studies on history, archeology, and numismatics, 26, pp.159-176. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4467/20800909EL.19.010.11213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte rendu de Anne LYKKE, Reign and Religion in Palestine. The Use of Sacred Iconography in Jewish Coinage, Harrassowitz, Wiesbaden, 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Biblical Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension of Jodi MAGNESS, Masada. From Jewish Revolt to Modern Myth, Princeton University Press, Princeton – Oxford, 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bryn Mawr Classical Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de David Hamidovic, Encyclopédie des messianismes juifs dans l'Antiquité. Leuven: Peeters, 2017</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Biblical Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Biblical Tools and Studies 33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu de Adam WINN, Reading Mark’s Christology under Caesar: Jesus the Messiah and Roman Imperial Ideology, InterVarsity Press, Downers Grove, 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Biblical Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Κόροι, σάτα, and κάβοι in P.Mur. 97</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of the American Society of Papyrologists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 55, pp.294-296</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Propaganda of the Jewish Rebels of 66-70 C.E. according to their Coins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scripta Judaica Cracoviensia </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 14, pp.23-40. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4467/20843925SJ.16.002.5661⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À l’origine d’une dialectique nouvelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Res Antiquae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12, pp.67-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judas the Galilean : the Man and His Significance in the History of Ancient Judaism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brépols, 12, pp.13-165, 2025, Judaïsme ancien – Ancient Judaism, 978-2-503-60839-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05384291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiscalità ed Epigrafia nel mondo romano. Nuove Ricerche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Girardin, Michaël; Günther, Sven; Soraci, Cristina. L'Erma di Bretschneider, 2024, Bibliotheca aperta, 4, 9788891332790</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiscalités antiques. Aux origines de l’administration provinciale romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Girardin, Michaël. L'Erma di Bretschneider, 2023, Bibliotheca aperta, 3, 9788891327246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Méchants du Nouveau Testament : La parole est à la défense</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Excelsis, 262 p., 2023, 978-2-7550-0521-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05384299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’offrande et le tribut. Histoire politique de la fiscalité en Judée hellénistique et romaine (200 a.C. – 135 p.C.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ausonius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 152, 2022, Scripta Antiqua, 9782356134356</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au temps de Jésus. Hommes, histoire, société</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Excelsis, 2022, 9782755004892</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le monde grec et l’Orient, 404-200 avant notre ère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madalina Dana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Bouchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Clancier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Madalina Dana. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atlande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.659, 2021, Clefs concours‎. Histoire ancienne, 978-2-35030-731-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03527013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire la légitimité politique : de l’Antiquité à nos jours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Cormier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Gilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 6, 2021, Travaux du Centre d'études supérieures de la Renaissance, 978-2-406-10423-0. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10425-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fiscalité dans le judaïsme ancien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geuthner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Culture archéologique du judaïsme ancien, 9782705340544</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (25)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des catastrophes, des hommes et des impôts : mécanismes fiscaux et réactions aux 'signes' dans l’Antiquité gréco-romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des catastrophes et des impositions. Environnement, pouvoirs fiscaux, solidarités économiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05384318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduzione</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Soraci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Girardin, Michaël; Günther, Sven; Soraci, Cristina. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fiscalità ed epigrafia nel mondo romano. Nuove Ricerche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Erma di Bretschneider, pp.7-13, 2024, Bibliotheca aperta, 4, 9788891332790</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César était-il généreux avec les Juifs ? Retour sur quelques documents cités par Flavius Josèphe (AJ XIV, 190-210)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Girardin, Michaël; Günther, Sven; Soraci, Cristina. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fiscalità ed epigrafia nel mondo romano. Nuove Ricerche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Erma di Bretschneider, pp.15-34, 2024, Bibliotheca aperta, 4, 9788891332790</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Guerre des Juifs contre les Romains en 66-73 était-elle rationnelle ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Senik, Claudia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Un monde en guerre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.52-64, 2024, 9782348083099</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Permanences et adaptations au Levant Sud : des ostraca d’Idumée (IVe s. av. J. C.) aux manuscrits de Murabba‘ât (IIe s. apr. J. C.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitchka Shahryari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Girardin, Michaël. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fiscalités antiques. Aux origines de l’administration provinciale romaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Erma di Bretschneider, pp.179-195, 2023, Bibliotheca aperta, 3, 9788891327246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’adaptation de Rome aux structures fiscales antérieures : anatomie d’un empire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Girardin, Michaël. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fiscalités antiques. Aux origines de l’administration provinciale romaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Erma di Bretschneider, pp.7-23, 2023, Bibliotheca Aperta 3, 9788891327246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livrer Jérusalem dans l’Antiquité : leçons de théologie et de Realpolitik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Engerbeaud, Mathieu; Millot, Romain. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livrer sa patrie à l’ennemi dans l’Antiquité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Provence, pp.275-288, 2023, 9791032004555</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impôt et petits tracas du voyage d’après les sources de la Judée romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Podvin, Jean-Louis; Soussen, Claire. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le voyage de l'Antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Shaker Verlag, pp.171-185, 2022, 978-3-8440-7731-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dépassées ou visionnaires ? Les élites juives à la veille de la Grande Révolte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bouchet, Julien; Lamoine, Laurent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les mises à l’écart politiques. Des périphéricités paradoxales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires Blaise Pascal, pp.111-123, 2022, 9782383770817</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Religion et fiscalité en Judée hellénistique et romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marcellesi, Marie-Christine; Pont, Anne-Valérie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Religions et fiscalité dans le monde méditerranéen de l’Antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Université Paris-Sorbonne, pp.245-270, 2022, 979-1023107289</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mémoire magnifiée du culte dans les judaïsmes d’après 70</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delphine Ackermann; Yves Lafond; Alexandre Vincent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques religieuses, mémoire et identités dans le monde gréco-romain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.119-143, 2022, 2753586098</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03806768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antiochos VII et les Juifs : suzerain, ennemi, protecteur du culte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christophe Feyel; Laetitia Graslin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les derniers Séleucides et leur territoire : actes du colloque international organisé les 20-22 novembre 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ADRA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.319-339, 2021, 978-2-913667-64-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la légitimité à la légitimation. Réflexions conclusives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Cormier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Gilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paul Cormier; Xavier Gilly; Michael Girardin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construire la légitimité politique, de l’Antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.339-345, 2021, Travaux du Centre d’études supérieures de la Renaissance, 978-2-406-10423-0. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10425-4.p.0339⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction générale : Construire la légitimité politique. Remarques préliminaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian-Georges Schwentzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paul Cormier; Xavier Gilly; Michaël Girardin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construire la légitimité politique : de l’Antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.11-22, 2021, Travaux du Centre d'études supérieures de la Renaissance, 978-2-406-10423-0. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10425-4.p.0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évergétisme fiscal, un outil de légitimation séleucide en Judée ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paul Cormier; Xavier Gilly; Michaël Girardin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construire la légitimité politique : de l’Antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.87-98, 2021, Travaux du Centre d'études supérieures de la Renaissance, 978-2-406-10423-0. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10425-4.p.0087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piété et charité obligatoire dans les judaïsmes anciens (Ier - IVe siècles apr. J.-C.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ruiz de Elvira Carrascal, Laura; Saeidnia, Aurore. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les mondes de la bien-faisance : les pratiques du bien au prisme des sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CNRS Éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.53-78, 2021, 978-2-271-13205-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raison, affection et bien du service du roi. Les discours de légitimité d’Henri IV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Giraudier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Cormier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Gilly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classiques Garnier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Construire la légitimité politique : de l’Antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.181-193, 2021, 978-2-406-10424-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04027904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édouard Will et le judaïsme antique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Graslin, Laetitia; Zurbach, Julien. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Édouard Will, un historien nancéien du monde grec</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Adra, pp.167-194, 2021, Etudes anciennes, 978-2-913667-61-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Juifs face aux pouvoirs étrangers dans l’Antiquité : de la confiance à la guerre (200 avant notre ère–135 de notre ère)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Senik, Claudia. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crises de confiance ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Découverte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.19-36, 2020, Recherches, 9782348065866</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">164 avant notre ère: Judas Maccabée purifie le Temple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Savy, Pierre; Berthelot, Katell; Kichelewski, Audrey. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire des Juifs : un voyage en 80 dates, de l’Antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de France, pp.59-64, 2020, 978-2-13-082071-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judaïsmes et pouvoirs romains : interactions, conflits, échanges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Amiri, Bassir; Augier, Bertrand; Barriere, Vivien; Husquin, Caroline; Landrea, Cyrielle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Religions et pouvoir dans le monde romain : de 218 av. J.-C. à 250 ap. J.-C.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.397-408, 2020, Capes-Agreg, 978-2-340-03997-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une approche pluridisciplinaire du judaïsme antique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Nantet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nantet, Emmanuel; Sartre, Maurice. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Juifs et le pouvoir politique dans l’Antiquité gréco-romaine : histoire et archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.15-29, 2019, Histoire, 9782753576827</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le contribuable face à l’autorité politique en Judée romaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nantet, Emmanuel; Sartre, Maurice. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Juifs et le pouvoir politique dans l’Antiquité gréco-romaine : histoire et archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.149-162, 2019, Histoire, 9782753576827</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Use of Greek in Judaea: New Linguistic Habits for Individuals and the Roman Administration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nolwena Monnier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nolwena MONNIER (dir.), Languages for Specific Purposes in History, Newcastle-upon-Tyne, Cambridge Scholars Publishing,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge Scholars Publishing, pp.18-34, 2018, 978-1527511194</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’impôt dû à Dieu : une conséquence financière de la théocratie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Françoise Baslez; Christian-Georges Schwentzel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les dieux et le pouvoir. Aux origines de la théocratie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.53-69, 2016, Histoire, 9782753548640</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'offrande et le tribut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Girardin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Histoire. Université de Lorraine, 2017. Français. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2017LORR0302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01765217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId150"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5F2519D7"/>
+    <w:nsid w:val="3DB8EF2A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/michaelgirardin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-8671-2933" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/225148544" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/159149841851602840379" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000504140921" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384311v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Girardin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384313v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384320v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384298v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692887v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692883v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692862v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692779v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.16758/j.cnki.1004-9371.2024.02.018" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384290v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.JAAJ.5.149888" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04216995v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04168034v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305481v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47245/archimede.0010.ds2.04" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167803v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692767v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/phil.961.0139" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391659v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692871v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304638v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47245/archimede.0010.ds2.01" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384302v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167790v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dha.491.0109" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692876v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692880v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692867v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692858v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831735v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167837v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831726v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831740v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831742v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167841v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831721v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167853v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/syria.14086" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04168039v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609690v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etr.971.0023" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831703v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831718v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03545105v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831700v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294581v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/frontieres.591" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831701v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167845v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831716v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/klio-2021-3010" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831710v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607200v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/BIB.102.4.3290256" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831687v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03545075v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dha.462.0231" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831691v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831695v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03545089v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.JAAJ.5.122304" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831675v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831679v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831683v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831677v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294253v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03543141v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/RQ.31.1.3286504" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03543136v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4467/20800909EL.19.010.11213" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03545034v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03543155v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4467/20843925SJ.16.002.5661" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03543144v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384291v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692807v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384299v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692792v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03544977v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ausoniuseditions.u-bordeaux-montaigne.fr/collections/scripta/antiqua" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714646v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03527013v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madalina Dana" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bouchon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Clancier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Cl&#233;ment" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/histoire-ancienne/812-le-monde-grec-et-l-orient-a-paraitre-9782350307312.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03544973v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cormier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gilly" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/construire-la-legitimite-politique-de-l-antiquite-a-nos-jours.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10425-4" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03544967v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geuthner.com/auteur/girardin/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384318v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692835v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692851v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692816v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Soraci" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692755v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitchka Shahryari" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692734v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167830v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167820v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167826v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714663v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806768v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03544980v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian-Georges Schwentzel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/construire-la-legitimite-politique-de-l-antiquite-a-nos-jours-introduction-generale.html" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10425-4.p.0011" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03544985v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/construire-la-legitimite-politique-de-l-antiquite-a-nos-jours-l-evergetisme-fiscal-un-outil-de-legitimation-seleucide-en-judee.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10425-4.p.0087" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03544991v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/sciences-politiques-et-sociologie/les-mondes-de-la-bien-faisance/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04027904v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Giraudier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03544998v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03544989v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/construire-la-legitimite-politique-de-l-antiquite-a-nos-jours-de-la-legitimite-a-la-legitimation.html" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10425-4.p.0339" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03545007v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://deboccard.com/shop/product/ad-1-78-les-derniers-seleucides-et-leur-territoire-63875" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03543166v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/crises_de_confiance_-9782348065866" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03545114v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03545100v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02436857v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Nantet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03543163v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/product/ean/9782753576827/les-juifs-et-le-pouvoir-politique-dans-l-antiquite-greco-romaine" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03543159v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03543151v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/5638/les-dieux-et-le-pouvoir" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01765217v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017LORR0302" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/michaelgirardin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-8671-2933" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/225148544" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/159149841851602840379" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000504140921" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384311v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Girardin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384313v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384320v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384290v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.JAAJ.5.149888" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692862v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692779v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.16758/j.cnki.1004-9371.2024.02.018" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384298v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692887v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692883v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692858v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692867v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692880v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04216995v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04168034v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305481v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47245/archimede.0010.ds2.04" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167803v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692767v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/phil.961.0139" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391659v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692871v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304638v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47245/archimede.0010.ds2.01" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384302v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167790v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dha.491.0109" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692876v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04168039v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609690v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etr.971.0023" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831735v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167837v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831726v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831740v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831742v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167841v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831721v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167853v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/syria.14086" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831703v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831718v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03545105v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294581v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/frontieres.591" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831700v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831701v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167845v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607200v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/BIB.102.4.3290256" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831716v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/klio-2021-3010" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831710v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831687v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03545075v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dha.462.0231" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831691v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831695v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03545089v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.JAAJ.5.122304" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294253v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03543141v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/RQ.31.1.3286504" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03543136v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4467/20800909EL.19.010.11213" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831675v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831679v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831683v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831677v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03545034v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03543155v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4467/20843925SJ.16.002.5661" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03543144v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384291v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692807v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692792v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384299v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03544977v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ausoniuseditions.u-bordeaux-montaigne.fr/collections/scripta/antiqua" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714646v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03527013v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madalina Dana" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bouchon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Clancier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Cl&#233;ment" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/histoire-ancienne/812-le-monde-grec-et-l-orient-a-paraitre-9782350307312.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03544973v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cormier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gilly" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/construire-la-legitimite-politique-de-l-antiquite-a-nos-jours.html" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10425-4" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03544967v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geuthner.com/auteur/girardin/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384318v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692816v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Soraci" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692835v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692851v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692755v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitchka Shahryari" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692734v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167830v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167826v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167820v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714663v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806768v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03545007v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://deboccard.com/shop/product/ad-1-78-les-derniers-seleucides-et-leur-territoire-63875" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03544989v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/construire-la-legitimite-politique-de-l-antiquite-a-nos-jours-de-la-legitimite-a-la-legitimation.html" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10425-4.p.0339" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03544980v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian-Georges Schwentzel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/construire-la-legitimite-politique-de-l-antiquite-a-nos-jours-introduction-generale.html" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10425-4.p.0011" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03544985v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/construire-la-legitimite-politique-de-l-antiquite-a-nos-jours-l-evergetisme-fiscal-un-outil-de-legitimation-seleucide-en-judee.html" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10425-4.p.0087" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03544991v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/sciences-politiques-et-sociologie/les-mondes-de-la-bien-faisance/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04027904v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Giraudier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03544998v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03543166v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/crises_de_confiance_-9782348065866" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03545114v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03545100v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02436857v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Nantet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03543163v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/product/ean/9782753576827/les-juifs-et-le-pouvoir-politique-dans-l-antiquite-greco-romaine" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03543159v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-03543151v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/5638/les-dieux-et-le-pouvoir" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01765217v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017LORR0302" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>