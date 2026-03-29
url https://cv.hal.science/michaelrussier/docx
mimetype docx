--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -1855,438 +1855,442 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02363603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early movement restriction leads to maladaptive plasticity in the sensorimotor cortex and to movement disorders</w:t>
+                <w:t xml:space="preserve">Early movement restriction leads to enduring disorders in muscle and locomotion.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime S Delcour</w:t>
+                <w:t xml:space="preserve">Maxime Delcour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vicky S Massicotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Russier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Turle-Lorenzo</w:t>
+                <w:t xml:space="preserve">Hélène Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Hélène Canu</w:t>
+                <w:t xml:space="preserve">Julie Peyronnet-Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 8 (1), </w:t>
+              <w:t xml:space="preserve">Brain Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Brain pathology (Zurich, Switzerland), 28 (6), pp.889-901. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-34312-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/bpa.12594⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01943923v1</w:t>
+                <w:t xml:space="preserve">hal-02323903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early movement restriction leads to enduring disorders in muscle and locomotion.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Early movement restriction leads to maladaptive plasticity in the sensorimotor cortex and to movement disorders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime S Delcour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Russier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Bras</w:t>
+                <w:t xml:space="preserve">Francis Castets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Peyronnet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nathalie Turle-Lorenzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Canu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain pathology (Zurich, Switzerland)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/bpa.12594⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-34312-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02323903v1</w:t>
+                <w:t xml:space="preserve">hal-01943923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How do electrical synapses regulate their strength?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Debanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Russier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 595 (13), pp.4121-4122. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1113/JP274316⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01766823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LGI1 tunes intrinsic excitability by regulating the density of axonal Kv1 channels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Seagar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Russier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Caillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Maulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2295,106 +2299,106 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Fronzaroli-Molinieres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 114 (29), pp.7719 - 7724. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1073/pnas.1618656114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-01708767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuroanatomical, sensorimotor and cognitive deficits in adult rats with white matter injury following prenatal ischemia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Delcour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2448,87 +2452,87 @@
               <w:t xml:space="preserve">Brain Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1750-3639.2011.00504.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01441849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mild musculoskeletal and locomotor alterations in adult rats with white matter injury following prenatal ischemia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Delcour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Russier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2643,51 +2647,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differential tactile and motor recovery and cortical map alteration after C4–C5 spinal hemisection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Delcour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Russier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2974,51 +2978,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Fritschy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Bras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Comparative Neurology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 504 (2), pp.112-126. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4149,51 +4153,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213567v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Ritzau-Jost" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salil Rajayer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Nerlich" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Maciag" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra John" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.05.09.653135" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923952v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Dum&#233;nieu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fronzaroli-Molinieres" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;s Naudin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Iborra-Bonnaure" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anushka Wakade" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adp4627" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04876338v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Russier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Incontro" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fronzaroli- Molinieres" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04781457v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Debanne" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantina Mylonaki" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Laura Musella" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Russier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427386v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Extr&#233;met" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Ramirez-Franco" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norah Boumedine-Guignon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Ankri" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.0701-23.2023" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701887v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Debreux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Extremet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Maulet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Belghazi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awac218" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955824v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Sammari" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Inglebert" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2205264119" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782836v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama El Far" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarosh Irani" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11172713" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03437133v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fodil Azzaz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.1279-21.2021" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03437098v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Zhang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Ciorraga" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Mendez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Retana" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12035-021-02531-6" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03437108v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Marqu&#232;ze-Pouey" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10113162" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03044417v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Zbili" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rama" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Yger" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aay4313" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01963474v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conb.2018.09.001" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02363603v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nlm.2019.107095" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01943923v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime S Delcour" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Castets" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Turle-Lorenzo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Canu" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-34312-y" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323903v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicky S Massicotte" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bras" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Peyronnet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bpa.12594" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01766823v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP274316" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01708767v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Seagar" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Caillard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1618656114" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01441849v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Delcour" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Olivier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chambon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pansiot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1750-3639.2011.00504.x" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955812v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong Xin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicky Massicotte" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Barbe" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdevneu.2011.02.010" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0BPZXFG8-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955803v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Martinez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoh'I Zennou-Azogui" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Xerri" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expneurol.2009.10.022" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9HFB5GKP-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955797v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Olivier Coq" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Strata" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fayez Safadi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Merzenich" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expneurol.2007.10.006" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2X4K1D7D-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955777v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Etienne Lorenzo" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Barbe" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Fritschy" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cne.21442" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BM13RFX7-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955769v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Daoudal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Sourdet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2004.01.004" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01766855v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Carlier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fronzaroli" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2002.037069" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686300v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Kopysova" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Ferrand" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2001.016063" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05412608v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#237;as Alvarez-Saavedra" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05412602v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Ajal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Le Cor" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04286194v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Zanin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610202v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zbili Mickael" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213567v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Ritzau-Jost" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salil Rajayer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Nerlich" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Maciag" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra John" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.05.09.653135" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923952v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Dum&#233;nieu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fronzaroli-Molinieres" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;s Naudin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Iborra-Bonnaure" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anushka Wakade" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adp4627" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04876338v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Russier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Incontro" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fronzaroli- Molinieres" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04781457v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Debanne" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantina Mylonaki" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Laura Musella" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Russier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427386v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Extr&#233;met" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Ramirez-Franco" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norah Boumedine-Guignon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Ankri" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.0701-23.2023" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701887v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Debreux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Extremet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Maulet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Belghazi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awac218" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955824v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Sammari" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Inglebert" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2205264119" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782836v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama El Far" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarosh Irani" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11172713" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03437133v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fodil Azzaz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.1279-21.2021" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03437098v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Zhang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Ciorraga" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Mendez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Retana" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12035-021-02531-6" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03437108v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Marqu&#232;ze-Pouey" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10113162" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03044417v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Zbili" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rama" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Yger" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aay4313" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01963474v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conb.2018.09.001" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02363603v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nlm.2019.107095" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323903v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Delcour" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicky S Massicotte" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bras" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Peyronnet-Roux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bpa.12594" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01943923v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime S Delcour" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Castets" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Turle-Lorenzo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Canu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-34312-y" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01766823v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP274316" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01708767v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Seagar" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Caillard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1618656114" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01441849v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Olivier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chambon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pansiot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1750-3639.2011.00504.x" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955812v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong Xin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicky Massicotte" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Barbe" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdevneu.2011.02.010" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0BPZXFG8-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955803v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Martinez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoh'I Zennou-Azogui" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Xerri" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expneurol.2009.10.022" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9HFB5GKP-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955797v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Olivier Coq" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Strata" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fayez Safadi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Merzenich" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expneurol.2007.10.006" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2X4K1D7D-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955777v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Etienne Lorenzo" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Barbe" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Fritschy" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cne.21442" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BM13RFX7-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955769v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Daoudal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Sourdet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2004.01.004" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01766855v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Carlier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fronzaroli" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2002.037069" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686300v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Kopysova" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Ferrand" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2001.016063" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05412608v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#237;as Alvarez-Saavedra" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05412602v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Ajal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Le Cor" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04286194v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Zanin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610202v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zbili Mickael" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>