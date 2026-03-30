--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -2595,754 +2595,754 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01196753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les expériences migratoires des Aussiedler : Regroupement familial et réseaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 29 (3), pp.55-75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/remi.6511⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00921784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Enfermer pour faire circuler, faire circuler pour enfermer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">e-migrinter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 11, pp.137-150. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/e-migrinter.316⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03660032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enfermer pour faire circuler, faire circuler pour enfermer. Les centres de rétention pour étrangers en Roumanie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">e-migrinter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 11, pp.137-150. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/e-migrinter.316⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00942481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Les expériences migratoires des Aussiedler : Regroupement familial et réseaux</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Où sont les murs ? Penser l'enfermement en sciences sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Darley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lancelevée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cultures &amp; conflits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 90, pp.7-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/conflits.18703⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00923937v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La mobilité au service de l'enfermement ? Les centres de rétention pour étrangers en Roumanie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géographie et cultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, pp.89-108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/gc.188⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00745233v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gousseff, &amp;lt;i&amp;gt;L’exil russe. La fabrique du réfugié apatride (1920-1939)&amp;lt;/i&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 29 (3), pp.55-75. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/remi.6511⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 27 (1), pp.177-180. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/remi.5413⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Darley</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04661258v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire, constantes et transformations récentes des dynamiques migratoires en Roumanie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/conflits.18703⟩</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nedelcu Mihaela</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'Etudes Comparatives Est-Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 41 (4), pp.5-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4074/s0338059910004018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00771467v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mobilitätspraktiken und Strategien von Kleinhändlern im grenzüberschreitenden Verkehr an der rumänisch-moldawischen Grenze vor dem EU-Beitritt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Potsdamer Geographische Forschungen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 29, pp.125-136</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00529178v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mobilitätspraktiken und Strategien von Kleinhändlern im grenzüberschreitenden Verkehr an der rumänisch-moldawischen Grenze vor dem EU-Beitritt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Potsdamer Geographische Forschungen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 29, pp.125-136</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...166 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00942480v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-00529178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fleuves et frontières en Roumanie. Quelques aspects de la frontière fluviale dans un nouvel Etat membre de l'Union européenne</w:t>
               </w:r>
@@ -4109,50 +4109,149 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05519526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les réseaux du local : les nouvelles géographies de l’accueil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lacroix Thomas; Michalon Bénédicte. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Des localités pour accueillir. Migrants dans les villes et villages de France et d’ailleurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Bord de l'Eau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.181-183, 2025, 978-2-38519-156-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05517328v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Réguler la tension entre hospitalité et rejet : l’arène politique de l’accueil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -4178,180 +4277,413 @@
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Bord de l'Eau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.101-104, 2025, Documents, 978-2-38519-156-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05517266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’accueil des exilés : localisation du politique et politisation du local</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thomas Lacroix et Bénédicte Michalon (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Des localités pour accueillir. Migrants dans les villes et villages de France et d’ailleurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Bord de l’Eau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Documents, 978-2-38519-156-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05357854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Objets et inégalités de position sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Bony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Trouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lucie Bony; Sylvain Guyot; Bénédicte Michalon; Pierre-Yves Trouillet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le pouvoir des objets. La construction matérielle de la domination</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ENS Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.113-115, 2025, 979-10-362-0851-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/144zs⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05434710v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le local : une politique contemporaine de l’accueil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lacroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lacroix Thomas; Michalon Bénédicte. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Des localités pour accueillir. Migrants dans les villes et villages de France et d’ailleurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Bord de l'Eau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.181-183, 2025, 978-2-38519-156-6</w:t>
+              <w:t xml:space="preserve">, pp.309-322, 2025, Documents, 978-2-38519-156-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Objets et inégalités de position sociale</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05517343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Objets de médiations et de dominations territoriales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Bony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
@@ -4377,3592 +4709,3260 @@
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Trouillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lucie Bony; Sylvain Guyot; Bénédicte Michalon; Pierre-Yves Trouillet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le pouvoir des objets. La construction matérielle de la domination</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, ENS Editions, pp.169-171, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05434712v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pouvoir des objets ou objets du pouvoir ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Bony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Trouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bony, Lucie; Guyot, Sylvain; Michalon, Bénédicte; Trouillet, Pierre-Yves. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le pouvoir des objets. La construction matérielle de la domination</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ENS Editions, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855052v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Expériences et trajectoires des exilés : l’accueil et le non-accueil en miroir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lacroix Thomas; Michalon Bénédicte. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Des localités pour accueillir. Migrants dans les villes et villages de France et d’ailleurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le Bord de l'Eau, pp.21-24, 2025, Documents, 978-2-38519-156-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05515851v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Objets, domination institutionnelle et résistance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Bony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Trouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bony Lucie; Guyot Sylvain; Michalon Bénédicte; Trouillet Pierre-Yves. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le pouvoir des objets. La construction matérielle de la domination</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ENS Editions, pp.33-36, 2025, 979-10-362-0851-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05434708v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le lit, objet banal, objet de contrôle. Pouvoir et matérialité dans les centres pour demandeurs d'asile (Roumanie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lucie Bony; Sylvain Guyot; Bénédicte Michalon; Pierre-Yves Trouillet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le pouvoir des objets. Matérialité, espace et construction de la domination</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ENS Editions, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04684391v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enfermement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bouvet Marlène; Chossière Florent; Duc Marine; Fisson Estelle. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Catégoriser. Lexique des constructions sociales de la différence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ENS Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.113-115, 2025, 979-10-362-0851-5. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, pp.251-265, 2024, 979-10-362-0722-8</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Thomas Lacroix</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03102467v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les cheminot.es et les migrations au Pays basque : enjeux quotidiens et pouvoir décisionnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...37 lines deleted...]
-              <w:t xml:space="preserve">, 2025, Documents, 978-2-38519-156-6</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Sommer-Houdeville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lendaro Annalisa. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gouverner les exilé.e.s aux frontières. Pouvoir discrétionnaire, résistances, controverses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions du Croquant, pp.107-130, 2024, 9782365124263</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Lucie Bony</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04377406v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conclusion générale. L’expérience, enjeu politique de l’enfermement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michalon Bénédicte; Zeneidi Djemila. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'expérience de l’enfermement. Camps, commissariats, prisons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires François Rabelais, pp.305-320, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03102458v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D’anciens détenus retenus. Expérience carcérale et différenciation sociale en centre de rétention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michalon Bénédicte; Zeneidi Djemila. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'expérience de l’enfermement. Camps, commissariats, prisons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires François Rabelais, pp.111-149, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03102419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Produire l’ordre par les expériences : (se) définir, (s’)adapter, négocier la contrainte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michalon Bénédicte; Zeneidi Djemila. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'expérience de l’enfermement. Camps, commissariats, prisons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires François Rabelais, pp.107-109, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03102411v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dépasser les murs : des expériences de la contrainte en continuum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michalon Bénédicte; Zeneidi Djemila. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'expérience de l’enfermement. Camps, commissariats, prisons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires François Rabelais, pp.197-199, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03102437v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gouverner par les expériences : connaître, classer, exercer la contrainte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michalon Bénédicte; Zeneidi Djemila. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'expérience de l’enfermement. Camps, commissariats, prisons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires François Rabelais, pp.41-43, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03102394v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction générale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michalon Bénédicte; Zeneidi Djemila. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'expérience de l’enfermement. Camps, commissariats, prisons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires François Rabelais, pp.11-38, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03102369v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cells in immigration detention centres: Spatial restriction, domestication of space and everyday mechanics of power</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Knight Victoria; Turner Jennifer. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Prison Cell: Embodied and Everyday Spaces of Incarceration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Palgrave Macmillan, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01969623v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbed displacement: walls to the disciplined migrant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Adey Peter; Brickell Katherine; Bowstead Janet; Desai Vandana; Dolton Mike; Pinkerton Alasdair; Siddiqi Ayesha. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Handbook of Displacement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Palgrave Handbook, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01972783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transit via the Balkans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Bacon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Dujmovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Migreurop; Olivier Clochard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Atlas of Migration in Europe. A Critical Geography of Migration Policies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.52-53, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05504268v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A growing and rationalising confinement of migrants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Clochard</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...24 lines deleted...]
-              <w:t xml:space="preserve">, ENS Editions, pp.169-171, 2025</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Tassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Clochard Olivier; Migreurop. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Atlas of Migration in Europe. A Critical Geography of Migration Policies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02343467v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The ‘alternatives’, another form of confinement ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Clochard Olivier; Migreurop. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Atlas of Migration in Europe. A Critical Geography of Migration Policies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02343469v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Balkans Transit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Bacon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...37 lines deleted...]
-              <w:t xml:space="preserve">, pp.309-322, 2025, Documents, 978-2-38519-156-6</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Dujmovic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Atlas of Migration in Europe. A Critical Geography of Migration Policies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Lucie Bony</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02343471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Migrație internațională și recompunere spațială în România. Proprietatea imobiliară, miza relațiilor dintre sașii transilvăneni și actorii locali din comunitățile de origine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Oltean Ovidiu; Anghe Remus Gabriel; Schuster Christian. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reinventând germanitatea. Etnicizare, mobilitate și împrumut cultural la marginea Europei</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Tritonic, pp.175-197, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01969618v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accommodation for asylum seekers and “tolerance” in Romania. Governing Foreigners by Mobility?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Turner Jennifer, Peters Kimberley </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carceral Mobilities: Interrogating Movement in Incarceration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.57-70, 2017, 978-1-138-18404-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01419780v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Postface à Milhaud Olivier, Séparer et punir. une géographie des prisons françaises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séparer et punir. une géographie des prisons françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS Editions, pp.267-270, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01538666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les &amp;quot;alternatives&amp;quot;, autre forme d'enfermement?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Migreurop; Clochard Olivier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atlas des migrants en Europe. Approches critiques des politiques migratoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Armand Colin, pp.54, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01662255v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Balkans Transit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Bacon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Dujmovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Migreurop; Clochard Olivier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atlas des migrants en Europe. Approches critiques des politiques migratoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Armand Colin, pp.64-65, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01662256v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’enfermement des migrants se renforce et se rationalise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Clochard</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...24 lines deleted...]
-              <w:t xml:space="preserve">, ENS Editions, 2025</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Tassin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Migreurop; Clochard Olivier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atlas des migrants en Europe. Approches critiquse des politiques migratoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Armand Colin, pp.42-43, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Lucie Bony</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01662254v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Invention du “problème” de l’immigration et reconfigurations frontalières en Roumanie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vayssière Bertrand. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Penser les frontières européennes au XXIe siècle. Réflexion croisée des sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, pp.217-230, 2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3726/978-3-0352-6536-1/23⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01196758v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roumanie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bergeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...50 lines deleted...]
-              <w:t xml:space="preserve">, ENS Editions, pp.33-36, 2025, 979-10-362-0851-5</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Simon Gildas. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire des migrations internationales. Approche géohistorique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Armand Colin, pp.164-170, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...73 lines deleted...]
-              <w:t xml:space="preserve">, Le Bord de l'Eau, pp.21-24, 2025, Documents, 978-2-38519-156-6</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01147780v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The European Neighbourhood Policy and migration : the cases of Moldova and Ukraine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Migreurop. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atlas of Migrations in Europe. A critical geography of migration policies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The New Internationalist, pp.48-51, 2013, 1780260830</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...73 lines deleted...]
-              <w:t xml:space="preserve">, pp.251-265, 2024, 979-10-362-0722-8</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00942270v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mobility and Power in Detention. The Management of Internal Movement and Governmental Mobility in Romania</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dominique Moran, Nick Gill, Deirdre Colon. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carceral Geographies: Mobility and Agency in Imprisonment and Migrant Detention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ashgate, pp.Ashgate, 2013, 978-1-4094-4268-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, ENS Editions, A paraître</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00942479v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Politique Européenne de Voisinage (PEV) : les exemples de la Moldavie et de l'Ukraine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Migreurop. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atlas des migrants en Europe. Géographie critique des politiques migratoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Armand Colin, pp.48-51, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...73 lines deleted...]
-              <w:t xml:space="preserve">, Éditions du Croquant, pp.107-130, 2024, 9782365124263</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00771484v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mobilitätspraktiken und Strategien von Kleinhändlern im grenzüberschreitenden Verkehr an der rumänisch-moldawischen Grenze</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brunnbauer Ulf, Novinscak Karolina, Voss Christian. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gesellschaften in Bewegung. Emigration aus und Immigration nach Südosteuropa in Vergangenheit und Gegenwart,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Kubon und Sagner, pp.219-230, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...61 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00771481v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Aussiedler, une migration parmi tant d'autres. Contingences géopolitiques et désethnicisation de la loi d'immigration en Allemagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Stéphane Dufoix, Carine Guerassimoff, Anne de Tinguy. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Loin des yeux, près du cœur. Les États et leurs expatriés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de Sciences Po, pp.165-182, 2010, Académique, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/scpo.dufoi.2010.01.163⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...61 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00477732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Der grenzüberschreitende Handel, eine räumliche Ressource. Das Beispiel des Verkehrs zwischen der Republik Moldau und Rumänien vor die europäische Erweiterung 2007</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Wagner, Mathias; Lukowski, Wojciech. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alltag im Grenzland. Schmuggel als ökonomische Strategie im Osten Europas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, VS-Verlag für Sozialwissenschafte, pp.113-128, 2010, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-531-92608-7_7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires François Rabelais, pp.107-109, 2021</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00529182v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cât de specifice sunt migraţile germanilor din România ? Etnicitate, reţele şi circulaţie migraţională</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anghel,R. ; Horvath,I. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociologia migraţiei. Teorii şi studii de caz româneşti</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Polirom (Iasi), pp.86-104, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires François Rabelais, pp.197-199, 2021</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00404688v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Politique Européenne de Voisinage (PEV) : l'exemple de la Moldavie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Migreurop, Atlas des migrants en Europe. Géographie critique des politiques migratoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Armand Colin, pp.37-40, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires François Rabelais, pp.41-43, 2021</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00529190v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Roumanie dans la dynamique européenne de l'asile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Petric Boris, Gossiaux Jean-François (coord.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Europa mon amour. 1989-2009 : un rêve blessé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Autrement, pp.122-135, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires François Rabelais, pp.11-38, 2021</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00529174v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La diversification de la main-d'œuvre agricole et les migrations postcommunistes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Berger, Alain; Chevalier, Pascal; Cortes, Geneviève; Dedeire, Marc. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Héritages et trajectoires rurales en Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.187-223, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Palgrave Macmillan, 2020</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00529173v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Campagnes et migrants. Les commerçants transfrontaliers moldaves en Roumanie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rakoto Ramiarantsoa, Hervé ; Thibaud, Bénédicte ; Peyrusaubes, Daniel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ruralités Nords-Suds : inégalités, conflits, innovations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.189-201, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Palgrave Handbook, 2020</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00352666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les retours en migration : une notion polysémique, des formes migratoires multiples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Petit, Véronique. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Migrations internationales de retour et pays d'origine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CEPED, pp.27-45, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...86 lines deleted...]
-              <w:t xml:space="preserve">, Routledge, pp.52-53, 2019</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00352599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New Forms of Mobility at the Romanian-Moldovan border: European Enlargement and Changing Living Strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Borders of the European Union : Strategies of Crossing and Resistance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...86 lines deleted...]
-              <w:t xml:space="preserve">, Routledge, 2019</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01170459v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New forms of mobility at the Romanian-Moldovan Border. European enlargment and changing living strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bauer, Paul ; Darley, Mathilde. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Borders of the European Union : Strategies of crossing and resistance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dokořan / Cefres (Prague), pp.106-127, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...1784 lines deleted...]
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00352604v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-01170459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la débrouille à la nouvelle immigration de main-d'œuvre. Bilan des travaux sur les Roumains en France</w:t>
               </w:r>
@@ -8120,321 +8120,390 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les migrations internationales dans la production et l’application du droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le droit en mouvement. Penser les enjeux juridiques des circulations contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ENS Paris, Apr 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04673761v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Modération/Discussion de la table ronde « Parcours de vie : recueil de récits, quels enjeux ? »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travail social et migrations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ADES Formation en travail social, Jun 2024, Boé, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04673766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les trajectoires résidentielles des personnes exilées. Arbitrages personnels et logiques institutionnelles dans le processus d’intégration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence régionale des acteurs de l’intégration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Région Auvergne - Rhône - Alpes, Oct 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04857756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, ENS Paris, Apr 2024, Paris, France</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La cause immigrée en milieu rural. Dispersion des exilés et mobilisations en dehors des grandes métropoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La cause immigrée : mobilisations, organisation et militant.es dans la France des années 68 à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre d’histoire sociale des mondes contemporains (CHS), Oct 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, Centre d’histoire sociale des mondes contemporains (CHS), Oct 2024, Paris, France</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04857753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">We are not policemen but we must prevent them from walking on the rails&amp;quot;. Railway workers and migration controls in the Basque Country (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Control, Mobilities and Social Order</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Amicelle Anthony, Grondin David, Mar 2023, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04377445v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les cheminots face aux contrôles frontaliers au Pays basque nord</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
@@ -8448,7063 +8517,6994 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quatrièmes Journées franco-espagnoles de géographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04377439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, Amicelle Anthony, Grondin David, Mar 2023, Montreal, Canada</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modération/Discussion des sessions « Essai de contextualisation : Problématiques soulevées par la figure des travailleurs agricoles migrants dans le secteur agricole » et « Les travailleurs agricoles migrants au carrefour de différents secteurs de politiques publiques : appréhension des enjeux en tension »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Externalisation de l’activité dans l’agriculture : de l’opportunité migratoire aux risques d’exploitation pour les travailleurs migrants ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bénédicte Laveaud-Legendre, Nov 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, Bénédicte Laveaud-Legendre, Nov 2023, Bordeaux, France</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04384972v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les parcours migratoires des personnes exilées en France au sein du DNA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Formation pour les travailleurs sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Coallia, Oct 2023, Montbard, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, Coallia, Oct 2023, Montbard, France</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04377660v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carceral geography: contrasting institutions, considering mobilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Confinement in Africa : History and Social Sciences (19th-21st centuries)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MaDAf - A History of Madness in Africa, Mar 2023, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04377443v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modération/Discussion of the session « Non penal confinement »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Confinement in Africa : History and Social Sciences (19th-21st centuries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, MaDAf A History of Madness in Africa, Mar 2023, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04377451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, MaDAf - A History of Madness in Africa, Mar 2023, Berlin, Germany</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modération/Discussion de la session « L’accueil au local »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Exil, passage et refuge. Solidarité et criminalisation hier et aujourd’hui</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, programme LocalAcc, programme PACE, Sep 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, programme LocalAcc, programme PACE, Sep 2023, Paris, France</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04377456v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modération/Discussion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La retraite de la rue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Passages, Jan 2023, Talence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, Passages, Jan 2023, Talence, France</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04377448v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction et modération de la session « Le pouvoir discrétionnaire dans la sphère du travail »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le pouvoir discrétionnaire en pratique(s). Rapports au droit, dilemmes moraux et luttes juridiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03833674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’enfermement des étrangers en Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La rétention des étranger.e.s : état des lieux, témoignages et luttes collectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ASTI, Oct 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03833685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les campagnes façonnées par l’exil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Table-ronde « Quand les migrants produisent la ville. Négociations quotidiennes et politiques publiques », 10 ans du Labex DynamiTe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Aubervilliers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03833640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Toulouse, France</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les cheminots au Pays basque : dynamiques organisationnelles et pratiques individuelles face à la frontière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Sommer-Houdeville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gouverner les exilé.es. aux frontières. Pouvoir discrétionnaire et résistances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03899096v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modération et Discussion de la session « Le confinement humanitaire comme fabrique des rapports de pouvoir »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assignations spatiales. Les formes contemporaines de confinement humanitaire. Conceptualisations et spatialisations d’un paradoxe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française d’Anthropologie, Jun 2022, Nice, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03833665v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La politique de répartition des exilés : le droit et l’espace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géographie du droit et de la justice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ENS Paris, Mar 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03833679v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géographie de l’exil dans les espaces ruraux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Par pur par hasard</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Carla-Bayle, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03512785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction et modération du séminaire « Entreprises privées et contrôle migratoire : le cas des transporteurs »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Guenebeaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gouverner les frontières : gestion et délégation du contrôle migratoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Convergences Migrations, May 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, ENS Paris, Mar 2022, Paris, France</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03512220v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trajectoires et expériences de l’asile dans les localités rurales en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de l'Urmis "Migrations, Circulations et Altérités"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Association française d’Anthropologie, Jun 2022, Nice, France</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03512190v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La campagne comme enjeu politique. (Faire) accepter la dispersion des exilés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tri migratoire et expériences du blocage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Urmis (UMR 8245), Jun 2021, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Paris, France</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03512151v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unwillingly welcoming countryside?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1st international conference of the Convergence Institute Migration, Panel Sanctuary cities and welcoming territories</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1st international conference of the CI Migration, May 2021, online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Camille Guenebeaud</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03512177v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déplacer pour faire frontière. Les mobilités contraintes des étrangers dans les politiques migratoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du laboratoire DynamE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03102518v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction et modération du séminaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Usage des lieux et migrations : inégalités, mobilisations et politiques à l’échelle locale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Convergences Migrations, Département Policy, Jan 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02343491v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dispositifs et initiatives d’installation des populations migrantes dans les campagnes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lessault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Institut Convergences Migrations, May 2021, Paris, France</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Fromentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pistre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d'études CAMIGRI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Migrinter, May 2019, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03110071v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géographie de l’exil dans les espaces ruraux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Par pur par hasard</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Carla-Bayle, France</w:t>
+              <w:t xml:space="preserve">Journée d’études Migrations Internationales du Centre d’Accueil pour Demandeurs d’Asile Adoma Pierre Bayle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre d’Accueil pour Demandeurs d’Asile Adoma Pierre Bayle, Oct 2019, Carla-Bayle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Urmis (UMR 8245), Jun 2021, Nice, France</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02343503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les mobilités contraintes des étrangers dans les politiques migratoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire DeCoMi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Convergences Migrations, Apr 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 1st international conference of the CI Migration, May 2021, online, France</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02343483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Organisation, introduction et modération du séminaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Bony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Trouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Domination et (im)matérialité: lectures spatiales des rapports sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, goupe de travail "Les spatialités de la domination : matérialités et représentations", UMR Passages, Apr 2019, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, Strasbourg, France</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02343489v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction. Le pouvoir discrétionnaire de l'Etat à ses frontières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annalisa Lendaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15ème Congrès de l'Association française de sciences politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Centre d’Accueil pour Demandeurs d’Asile Adoma Pierre Bayle, Oct 2019, Carla-Bayle, France</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02468578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les mobilités contraintes des étrangers dans les politiques migratoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire MoRéMi (Mobilités, Réseaux, Migrations)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lisst, Jan 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Institut Convergences Migrations, Apr 2019, Paris, France</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02343484v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Europe joue-t-elle son avenir à ses frontières ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Europe 1989 - 2019. Une histoire de frontières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Marc Bloch, Jun 2019, Berlin, Allemagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02343479v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Organisation et introduction du séminaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dispositifs et initiatives d’installation de personnes en migration dans les campagnes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Programme Camigri, May 2019, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02343498v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ce que les villes font aux migrants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chowra Makaremi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Cassou-Schotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Foucard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ce que les villes font aux migrants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Forum urbain, Université de Bordeaux, Nov 2018, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01969275v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atlas des migrants en Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pissoat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Point Géo!</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Talence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01969279v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pamphlets exilés. Les territoires de la mémoire. Autour des travaux d'Enzo Villanueva</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Berthomiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Trouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Exarmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01969281v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modération de la conférence participative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le parcours des personnes étrangères en France : préjugés et réalités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01662262v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Organisation et discussion de la communication de Vincent Bonnecase « Mettre le progrès en chiffre : Éléments d’histoire d’une entreprise politique en Afrique de l’Ouest des années 1940 aux années 1980 »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mellac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mise en chiffre, mise en carte, mise en ordre du monde : approches critiques des métrologies de l’espace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01662261v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discussion de la communication de Sébastien Caquard « Les récits (de vie) comme base de données géographiques »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Berthomiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mise en chiffre, mise en carte, mise en ordre du monde : approches critiques des métrologies de l’espace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01662263v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les campagnes françaises dans la dynamique des migrations internationales. Présentation du programme Camigri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, Institut Convergences Migrations, Département Policy, Jan 2019, Paris, France</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pistre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Migrations et milieu rural</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Civam, Jun 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">David Lessault</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01538678v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Table ronde autour du film Benvenuti de Laura Auriole et Annalisa Lendaro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du Certop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Certop, Mar 2017, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01538676v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modération et discussion du séminaire &amp;quot;La ‘crise’ des migrations : ancrages temporels, répercussions nationales et locales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julie Fromentin</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djemila Zeneidi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Lundis de l’expertise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Passages, Jan 2016, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01420715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Former prisoners detained. Prison experience and social differentiation in detention centres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Confinement, Crossings and Conditions. Carceral Geography Conference 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Birmingham, Dec 2016, Birmingham, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01419783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’ethnicité, la religion et le genre dans les institutions d’enfermement : processus et effets de catégorisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Bruslé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">séminaire "Identités et territoires des populations"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ined, Dec 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01420702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’enfermement des étrangers en Europe : habiter des espaces contraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’étranger. XVe mercredi de l’Association des Professeurs d’Histoire et de Géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association des Professeurs d’Histoire et de Géographie, Sep 2015, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01251302v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction. Quand les migrants arrivent en ville : Politiques et pratiques de l’hospitalité et de la citoyenneté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Migrinter, May 2019, Poitiers, France</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pliez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9èmes rencontres franco-italiennes de géographie sociale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LISST-Cieu; Centre universitaire Champollion Albi; ESO-Caen; Passages, May 2016, Toulouse - Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Lucie Bony</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01420700v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enfermer les étrangers aux frontières orientales de l’Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Derrière la question des réfugiés. Comment on garde les frontières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LAM, Feb 2016, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01420704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les grandes tendances contemporaines des migrations internationales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Migrations : mieux comprendre pour mieux accueillir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut des Métiers de la Santé Xavier Arnozan, May 2016, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01420705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modération et discussion de la session « Méthodes et postures d’enquête »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Le Petitcorps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Expérience éducative et scolaire et construction de l’altérité des jeunesses et enfances minorisées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Emile Durkheim, Jan 2016, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01420713v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modération et discussion de la session « Quand les mobilisations des migrants les inscrivent dans la ville »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quand les migrants arrivent en ville : Politiques et pratiques de l’hospitalité et de la citoyenneté, 9èmes rencontres franco-italiennes de géographie sociale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LISST-Cieu; Centre universitaire Champollion Albi; ESO-Caen; Passages, May 2016, Toulouse - Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01420710v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'invention du problème de l'immigration irrégulière et de son contrôle aux marges de l'Union européenne : le cas de la Roumanie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Europe en ses marges: coupure ou couture ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Framespa, Apr 2016, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01420703v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modération et discussion de la session « Soutenir l’accès des migrants à la ville ? Les politiques d’intégration et leurs effets »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, goupe de travail "Les spatialités de la domination : matérialités et représentations", UMR Passages, Apr 2019, Pessac, France</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Amato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quand les migrants arrivent en ville : Politiques et pratiques de l’hospitalité et de la citoyenneté, 9èmes rencontres franco-italiennes de géographie sociale </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LISST-Cieu; Centre universitaire Champollion Albi; ESO-Caen; Passages, May 2016, Toulouse - Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Annalisa Lendaro</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01420709v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discussion des communications de Laurent Vidal et Chowra Makaremi sur &amp;quot;Penser la migration depuis les espaces de l’attente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sources et Méthodes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Migrinter, Feb 2015, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01147826v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Problématique frontalière et représentations de l'UE : L'invention du problème de l'immigration irrégulière et de son contrôle en Roumanie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La construction de l'Europe à l'épreuve de ses imaginaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2014, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00943934v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modération et discussion de la session « Partager l’espace: des investissements différenciés »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’espace en partage : approche interdisciplinaire de la dimension spatiale des rapports sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR ESO, Apr 2014, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01147785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Habiter des espaces contraints : l’enfermement des étrangers aux marges de l’Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bernardie-Tahir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Bordeaux, France</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Schmoll</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Festival International de Géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Saint-Dié des Vosges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Lisst, Jan 2019, Toulouse, France</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01147823v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">«Total institutions and their relationship to the public sphere, A feedback on an ethnographical research in closed context»</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djemila Djémila Zeneidi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESRC Seminar Immigration Detention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Birmingham United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Centre Marc Bloch, Jun 2019, Berlin, Allemagne</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01533596v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Total institutions and their relationship to the public sphere. A feedback on an ethnographical research in closed contexts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djemila Djémila Zeneidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Bruslé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Clochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Darley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESRC Seminar Series: Exploring Everyday Practice and Resistance in Immigration Detention- Research and the Relations between Prison and Detention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Moran Dominique, Jun 2014, Birmingham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Programme Camigri, May 2019, Poitiers, France</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01147825v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La géographie sociale en partage. Effets de génération, de lieux et de contextes institutionnels (table-ronde)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’espace en partage : approche interdisciplinaire de la dimension spatiale des rapports sociaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR ESO, Apr 2014, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Ce que les villes font aux migrants</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01147782v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modération de la communication d’Olivier Clochard et Nicolas Lambert, « Des données de l’enfermement à la cartographie radicale»</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Chowra Makaremi</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pissoat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Granit - De l’usage contestataire des cartes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Béatrice Collignon, Bénédicte Michalon, Matthieu Noucher, Olivier Pissoat, Dec 2014, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01147814v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction au colloque &amp;quot;L'enfermement au prisme des sciences sociales : Rapprocher les lieux, confronter les approches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Cassou-Schotte</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djemila Zeneidi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'enfermement au prisme des sciences sociales : Rapprocher les lieux, confronter les approches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00943933v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enfermement et projet migratoire. Les trajectoires d'étrangers en rétention en Roumanie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le projet migratoire : intentionnalité et expériences des acteurs. Quelles approches méthodologiques ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Nogent-sur-Marne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00771511v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enfermer pour faire circuler, faire circuler pour enfermer. Les centres de rétention pour étrangers en Roumanie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Et l'immobilité dans la circulation ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00771510v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les lieux d'enfermement : méthodologie de la contrainte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Forum urbain, Université de Bordeaux, Nov 2018, Bordeaux, France</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Darley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Bruslé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Clochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Milhaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de recherche/Forschungskolloquium du Centre Marc Bloch</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Berlin, Allemagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Atlas des migrants en Europe</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00771513v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'espace au cœur des rapports de pouvoir entre institutions et enfermés dans les centres de rétention pour étrangers (l'exemple de la Roumanie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Espace et rapports sociaux de domination : où en est la recherche ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Marne-la-Vallée, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00745234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Governmental Mobility&amp;quot; and Deprivation of Space &amp;quot;,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Session " Mobilities, Borders and Confinement: Confinement as Mobility "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Seattle, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00745240v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La rétention administrative en Europe. L'espace au cœur des politiques et pratiques contemporaines d'enfermement des étrangers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Talence, France</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Clochard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Local, national, global : Faire/défaire la mondialisation du Master-Doctorat Pratique de l'interdisciplinarité dans les Sciences Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Pamphlets exilés. Les territoires de la mémoire. Autour des travaux d'Enzo Villanueva</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00771517v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les migrations et leur contrôle dans l'Europe postcommuniste. L'exemple de la rétention des étrangers en République tchèque et en Roumanie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Darley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cefres 1991-2011 - A partir de l'Europe centrale, analyser un monde qui change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Pragues, République tchèque</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00745237v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abschiebungshaft in Rumänien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Beratung und Seelsorge in der Schubhaft. Ökumenische Fachtagung</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Vienne, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00745242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modération et discussion de la session &amp;quot; Quelles frontières pour les lieux d'enfermement ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pratiques, acteurs et espaces de l'enfermement : circulations et transferts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2011, Berlin, Allemagne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00745236v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Are detention centres for foreigners carceral spaces?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Clochard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geographical Political Economies of Incarceration, Annual International Conference of the Royal Geographical Society 2010, Londres, septembre 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Londre, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00529191v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discussion du séminaire &amp;quot;Pratiques et stratégies économiques des migrants roms en Europe occidentale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Pratiques et stratégies économiques des migrants roms en Europe occidentale", Réseau Urbarom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00771520v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modération et discussion de la session &amp;quot;Genre et Migrations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Masculin Féminin : questions pour la géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00771522v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modération et discussion de la session &amp;quot; La ville dans les processus identitaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8e Journées de la Géographie. Villes et imaginaires : du rêve au cauchemar, Association Doc Géo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00771521v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les lieux d'enfermement des étrangers et l'intégration de la Roumanie à l'espace migratoire européen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Centre de rétention ; Centre pour demandeurs d'asile ; Politique de contrôle migratoire ; Mobilité ; Enfermement ; Roumanie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00529195v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mobilitätspraktiken und Handelsstrategien im Grenzraum Moldau-Rumänien vor dem EU-Beitritt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Migrationen aus, in und nach Südosteuropa: Aktuelle und historische Perspektiven, Südosteuropa Gesellschaft, Tutzing (Allemagne), octobre 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00555375v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les lieux d'enfermement des étrangers et l'intégration de la Roumanie à l'espace migratoire européen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Penser les espaces intermédiaires en Europe, Lyon, Ecole Nationale Supérieure Lettres et Sciences Humaines, octobre 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00555363v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'enfermement des étrangers en Roumanie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Homo Balkanicus et si, Université Libre de Bruxelles, Département d'Anthropologie, Bruxelles, juin 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Bruxelle, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00529196v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mobilitätspraktiken und Handelsstrategien im Grenzraum Moldau-Rumänien vor dem EU-Beitritt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Migrationen aus, in und nach Südosteuropa: Aktuelle und historische Perspektiven, Südosteuropa Gesellschaft, Tutzing (Allemagne), octobre 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Tutzing, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00529197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les migrations entre les pays d'Europe centrale et orientale et la France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quatrième dialogue franco-allemand de Bordeaux sur l'Europe : 20e anniversaire de la chute du Mur de Berlin. Bilan et perspectives pour l'Europe, Bordeaux, janvier 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00529199v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment aborder l'ethnicité en migration en tant que géographe francophone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Ethnie, ethnicité, race dans les Sciences sociales : quels usages ?, ADES, UMR 5185, Pessac, mars 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00529202v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mobilitätspraktiken und Handelsstrategien im grenzüberschreitenden Verkehr an der rumänisch-moldawischen Grenze vor dem EU-Beitritt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Am östlichen Rand der EU: Politisch-geographische, ethnische und nationale sowie ökonomische und soziale Probleme und ihre Folgen für die Grenzraumbevölkerung, Université de Postdam, Université de Chisinau, VolkswagenStiftung, Chisinau (République de Moldavie), juin 2008 (invitée)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Chisinau, Moldova</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00352611v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Political Changes and Return Migrations from the Former Soviet Space (The German and the Jewish Cases)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Berthomiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Social Research Center Conference, American University of Central Asia, Bishkek (Kirghizstan), Mars 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Bishkek, Kyrgyzstan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00352616v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Globalization of the international migrations: from the dynamics to the production of concepts for a migration theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Berthomiere</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Pessac, France</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Change(s) and Migration Flows in Central Asia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, OSCE-CEDEM, Mar 2008, Bishkek, Kyrgyzstan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01461301v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Roumanie et la globalisation des migrations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire Homo Balkanicus et si, Université Libre de Bruxelles, Département d'Anthropologie, Bruxelles, Mars 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Bruxelles, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00352612v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Globalization of the international migrations : from the dynamics to the production of concepts for a migration theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Berthomiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Pessac, France</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">colloque international Environmental Change(s) and Migration Flows in central Asia, EACH-FOR Regional Workshop, Bishkek (Kirghizstan), mars 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Bishkek, Kyrgyzstan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Discussion de la communication de Sébastien Caquard « Les récits (de vie) comme base de données géographiques »</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00352618v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Political Changes and Return Migration to Europe across the Former Soviet Union</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Berthomiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Michalon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mise en chiffre, mise en carte, mise en ordre du monde : approches critiques des métrologies de l’espace</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Pessac, France</w:t>
+              <w:t xml:space="preserve">Return Migrations to Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American University of Central Asia, Mar 2008, Bishkek, Kyrgyzstan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Bordeaux, France</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01461298v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réseaux transnationaux et main d'œuvre agricole : quand la France recrute en Pologne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Swanie Potot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire reconfigurations du marché du travail agricole et nouveaux modèles migratoires en Europe, Maison Méditerranéenne des Sciences de l'Homme, Telemme, Urmis, Lest, Aix-en-Provence, novembre 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00529204v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La diversification de la main-d'œuvre agricole et les migrations postcommunistes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international Héritages et trajectoires rurales en Europe, Mutations des Territoires en Europe, Université Paul Valéry, Montpellier, Septembre 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00352645v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Roumanie postcommuniste, nouvel espace d'immigration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Festival International de Géographie, Saint-Dié des Vosges, Octobre 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Saint-Dié des Vosges, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00352633v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction de la session Enjeu des migrations de travail pour les pays d'origine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international Nouvelles dynamiques migratoires : activités régulières et irrégulières sur le marché du travail européen, Nice, décembre 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Nice, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00352623v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand l'eau fait frontière : fleuves et rivières aux frontières de la Roumanie. Gestion d'une ressource / Gestion d'une frontière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bioteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Civam, Jun 2017, Paris, France</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Boulineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Cristescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Festival International de Géographie, Saint-Dié des Vosges, Octobre 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Saint-Dié des Vosges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Certop, Mar 2017, Toulouse, France</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00352643v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New seasonal labour force in agriculture and post communist migrations in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international Migration and Identity in the European Union, Oradea (Roumanie), Novembre 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Oradea, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, Passages, Jan 2016, Pessac, France</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00352632v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du touriste au migrant. Recompositions des mobilités transfrontalières entre Moldavie et Roumanie à l'heure de l'élargissement européen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Migrations est ouest en Europe, C.E.R.I., Sciences Po, Paris, décembre 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, University of Birmingham, Dec 2016, Birmingham, United Kingdom</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00352652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Aussiedler, une migration parmi tant d'autres. Contingences géopolitiques et désethnicisation de la loi d'immigration en Allemagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Loin des yeux, près du cœur. Les transformations des politiques des Etats envers leurs expatriés, C.E.R.I., Sciences Po, Paris, Novembre 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, Ined, Dec 2016, Paris, France</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00352655v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La mobilité internationale, un facteur majeur de la recomposition des campagnes post-socialistes. L'exemple de la Roumanie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international Ruralités nords-suds : inégalités, conflits, innovations, Icotem, Université de Poitiers, Octobre 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Association des Professeurs d’Histoire et de Géographie, Sep 2015, Bordeaux, France</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00352657v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Circuler en réseau. Bilan des travaux sur les Roumains en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Nouvelles migrations et politique d'intégration, Profession Banlieue, Saint-Denis, décembre 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Saint-Denis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...3916 lines deleted...]
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00352648v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-00352655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circuler entre Roumanie et Allemagne : les Saxons de Transylvanie, de l'émigration ethnique au va-et-vient</w:t>
               </w:r>
@@ -17395,51 +17395,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937145v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bony" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guyot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Michalon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Trouillet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673095v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lacroix" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/des-localites-pour-accueillir-migrants-dans-les-villes-et-villages-de-france-et-dailleurs/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03093761v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djemila Zeneidi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03728320v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Clochard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Blanchard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Akoka" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bacon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bahoken" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429402036" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01662259v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Carr&#232;re" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01251294v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Fernandez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fischer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Kobelinski" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771508v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedelcu Mihaela" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00404686v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morice" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352593v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Devaux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03833622v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Weber" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.20925" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01362503v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Brusl&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878020v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Darley" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lancelev&#233;e" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/conflits.18692" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03929350v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04377393v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1107601ar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070186v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.22750" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03833631v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.20963" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479514v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Berthomiere" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Imbert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.26544" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03927503v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03293620v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Milhaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdg.7324" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596536v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fromentin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lessault" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Przybyl" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.17873" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101652v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.15550" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01538673v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Corbet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/migra.167.0053" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01362501v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.072.0009" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01251300v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.394.0371" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01196753v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660032v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.316" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00942481v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00921784v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.6511" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00923937v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/conflits.18703" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745233v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gc.188" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04661258v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.5413" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771467v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/s0338059910004018" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00942480v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529178v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00390944v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bioteau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Boulineau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cristescu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mediterranee.276" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00404689v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Morice" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.8749" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00372753v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swanie Potot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352606v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352609v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04641869v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Schaeffer" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Joyeux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04639456v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05519539v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05519526v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05517266v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05517328v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434710v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/enseditions/63678?lang=fr" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/144zs" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05357854v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434712v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05517343v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855052v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434708v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05515851v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03102467v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://catalogue-editions.ens-lyon.fr/fr/livre/?GCOI=29021100273680" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684391v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04377406v2" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sommer-Houdeville" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03102458v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03102419v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03102411v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03102437v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03102394v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03102369v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01969623v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972783v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504268v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Dujmovic" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343467v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Tassin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343469v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343471v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01969618v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01419780v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01538666v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01662255v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01662256v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01662254v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01147780v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bergeon" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01196758v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-0352-6536-1/23" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00942270v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00942479v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771484v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771481v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00477732v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/scpo.dufoi.2010.01.163" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529182v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-531-92608-7_7" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529190v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00404688v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529174v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529173v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352666v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352599v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352604v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01170459v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352597v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352601v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04673766v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04857756v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04673761v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04857753v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04377439v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04377445v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04384972v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04377660v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04377451v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04377443v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04377456v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04377448v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03833685v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03833640v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03833674v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03899096v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03833679v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03833665v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03512190v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03512220v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Guenebeaud" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03512785v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03512151v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03512177v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03102518v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343503v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343483v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343491v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110071v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pistre" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343489v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02468578v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Lendaro" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343484v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343479v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343498v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01969275v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chowra Makaremi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cassou-Schotte" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Foucard" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01969279v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pissoat" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01969281v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01662261v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mellac" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01662263v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01662262v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01538678v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01538676v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01420715v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01419783v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01420702v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01251302v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01420700v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lima" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pliez" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dumont" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01420704v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01420705v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01420713v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Le Petitcorps" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01420710v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Fournier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01420703v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01420709v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Amato" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01147826v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00943934v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01147785v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01147823v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bernardie-Tahir" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Schmoll" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01533596v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djemila Dj&#233;mila Zeneidi" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01147825v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01147782v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01147814v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00943933v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771511v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771510v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771513v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745234v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771517v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745240v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745242v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745237v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745236v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529191v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771520v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771522v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771521v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00555375v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00555363v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529195v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529196v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529199v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529197v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529202v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352611v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352616v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352612v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461301v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352618v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529204v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461298v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352633v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352645v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352623v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352643v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352632v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352652v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352657v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352648v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352655v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609694v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03102501v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05519551v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05519518v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03512129v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343504v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770841v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01251301v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00653364v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00653369v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352660v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00404690v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352663v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00330004v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00733509v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00757828v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00733605v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00733602v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00757833v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00733604v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00604003v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00603855v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937145v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bony" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guyot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Michalon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Trouillet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673095v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lacroix" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/des-localites-pour-accueillir-migrants-dans-les-villes-et-villages-de-france-et-dailleurs/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03093761v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djemila Zeneidi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03728320v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Clochard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Blanchard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Akoka" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bacon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bahoken" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429402036" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01662259v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Carr&#232;re" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01251294v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Fernandez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fischer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Kobelinski" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771508v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedelcu Mihaela" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00404686v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Morice" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352593v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Devaux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03833622v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Weber" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.20925" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01362503v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Brusl&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878020v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Darley" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lancelev&#233;e" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/conflits.18692" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03929350v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04377393v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1107601ar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070186v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.22750" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03833631v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.20963" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479514v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Berthomiere" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Imbert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.26544" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03927503v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03293620v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Milhaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdg.7324" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596536v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fromentin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lessault" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Przybyl" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.17873" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101652v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.15550" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01538673v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Corbet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/migra.167.0053" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01362501v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.072.0009" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01251300v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.394.0371" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01196753v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00921784v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.6511" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660032v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.316" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00942481v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00923937v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/conflits.18703" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745233v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gc.188" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04661258v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.5413" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771467v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/s0338059910004018" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529178v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00942480v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00390944v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bioteau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Boulineau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cristescu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mediterranee.276" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00404689v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Morice" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.8749" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00372753v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swanie Potot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352606v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352609v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04641869v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Schaeffer" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Joyeux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04639456v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05519539v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05519526v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05517328v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05517266v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05357854v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434710v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/enseditions/63678?lang=fr" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/144zs" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05517343v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434712v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855052v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05515851v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434708v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684391v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03102467v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://catalogue-editions.ens-lyon.fr/fr/livre/?GCOI=29021100273680" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04377406v2" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sommer-Houdeville" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03102458v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03102419v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03102411v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03102437v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03102394v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03102369v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01969623v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01972783v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504268v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Dujmovic" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343467v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Tassin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343469v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343471v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01969618v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01419780v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01538666v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01662255v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01662256v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01662254v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01196758v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/978-3-0352-6536-1/23" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01147780v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bergeon" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00942270v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00942479v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771484v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771481v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00477732v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/scpo.dufoi.2010.01.163" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529182v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-531-92608-7_7" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00404688v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529190v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529174v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529173v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352666v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352599v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01170459v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352604v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352597v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352601v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04673761v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04673766v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04857756v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04857753v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04377445v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04377439v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04384972v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04377660v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04377443v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04377451v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04377456v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04377448v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03833674v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03833685v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03833640v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03899096v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03833665v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03833679v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03512785v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03512220v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Guenebeaud" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03512190v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03512151v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03512177v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03102518v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343491v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110071v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pistre" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343503v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343483v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343489v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02468578v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Lendaro" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343484v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343479v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343498v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01969275v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chowra Makaremi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cassou-Schotte" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Foucard" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01969279v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pissoat" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01969281v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01662262v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01662261v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mellac" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01662263v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01538678v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01538676v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01420715v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01419783v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01420702v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01251302v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01420700v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lima" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pliez" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dumont" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01420704v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01420705v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01420713v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Le Petitcorps" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01420710v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Fournier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01420703v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01420709v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Amato" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01147826v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00943934v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01147785v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01147823v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bernardie-Tahir" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Schmoll" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01533596v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djemila Dj&#233;mila Zeneidi" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01147825v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01147782v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01147814v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00943933v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771511v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771510v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771513v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745234v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745240v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771517v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745237v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745242v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745236v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529191v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771520v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771522v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00771521v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529195v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00555375v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00555363v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529196v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529197v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529199v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529202v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352611v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352616v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461301v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352612v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352618v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461298v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00529204v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352645v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352633v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352623v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352643v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352632v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352652v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352655v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352657v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352648v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609694v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03102501v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05519551v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05519518v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03512129v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02343504v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770841v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01251301v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00653364v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00653369v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352660v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00404690v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352663v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00330004v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00733509v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00757828v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00733605v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00733602v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00757833v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00733604v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00604003v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00603855v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>