--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -100,312 +100,312 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repertoires plurilingues et biographie langagière</w:t>
+                <w:t xml:space="preserve">Langue(s) et précarité(s)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Marie Beillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Ben Harrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...27 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jovan Kostov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pratiche linguistiche, risorse e istruzione nelle società migratorie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.13134/979-12-5977-466-8⟩</w:t>
+              <w:t xml:space="preserve">Langues et précarités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions des archives contemporaines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.11-32, 2025, 9782813005632. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17184/eac.9020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04976598v1</w:t>
+                <w:t xml:space="preserve">halshs-05192477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Langue(s) et précarité(s)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Repertoires plurilingues et biographie langagière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Lang</w:t>
-[...8 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Anna Ghimenton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Köpke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lippert, Susanne; Köpke, Barbara. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langues et précarités</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.11-32, 2025, 9782813005632. </w:t>
+              <w:t xml:space="preserve">Pratiche linguistiche, risorse e istruzione nelle società migratorie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Roma TrE-Press, pp.27-38, 2025, Collana: Xenia. Studi Linguistici, Letterari et Interculturali, 979-12-5977-466-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17184/eac.9020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.13134/979-12-5977-466-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05192477v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04976598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regards sur dix ans de politique linguistique en faveur des langues régionales en Rhône-Alpes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -460,51 +460,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orthography Creation for Postvernacular Languages: Case Studies of Rama and Francoprovençal Revitalization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mari C. Jones; Damien Mooney. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Creating Orthographies for Endangered Languages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cambridge University Press, pp.276-290, 2017</w:t>
@@ -533,51 +533,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What counts as a linguistic border, for whom, and with what implications? Exploring Occitan and Francoprovençal in Rhône-Alpes, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Costa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -645,51 +645,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Whose ideology, where and when? Rama (Nicaragua) and Francoprovençal (France) experiences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Grinevald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Endangered Languages: Beliefs and Ideologies in Language Documentation and Revitalisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -708,234 +708,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01179228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le cas de Lyon</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Le francoprovençal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-B. Martin</w:t>
+                <w:t xml:space="preserve">Jean-Baptiste Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire sociale des langues de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.245-248, 2013</w:t>
+              <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01179160v1</w:t>
+                <w:t xml:space="preserve">halshs-01179163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le francoprovençal</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Le cas de Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Martin</w:t>
+                <w:t xml:space="preserve">J.-B. Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire sociale des langues de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013</w:t>
+              <w:t xml:space="preserve">, pp.245-248, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01179163v1</w:t>
+                <w:t xml:space="preserve">halshs-01179160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Langues en danger, idéologies et revitalisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Grinevald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langues de France, langues en danger : aménagement et rôle des Linguistes. Cahiers de l’Observatoire des pratiques linguistiques n° 3 de la Délégation Générale à la Langue Française et aux Langues de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -960,51 +960,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Speakers and community</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Grinevald</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1046,51 +1046,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Typologie des locuteurs de langues menacées d'extinction : le cas du francoprovençal et de l'occitan dans la région du Pilat (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bert, Michel ; Fréchet, Claudine. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mélanges offerts à Jean-Baptiste Martin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Lyon, 2009</w:t>
@@ -1132,51 +1132,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oh : :, oh là là, oh ben...', les usages du marqueur 'oh' en français parlé en interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Groupe Icor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1257,51 +1257,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le décalage entre la dynamique de promotion du francoprovençal et le conservatisme de ses expressions culturelles : indice de déclin ou phase annonciatrice d'un renouveau ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Longres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1343,51 +1343,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noms et parlers locaux, région Rhône-Alpes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La France de nos Grands-Parents</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sélection du Reader's Digest, pp.332-333, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1444,51 +1444,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contacts de langues, obsolescence et revitalisation linguistique : la gestion de la variation dans des associations francoprovençales ou occitanes en Rhône-Alpes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1520,329 +1520,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05187090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction au panel : Contrastive analysisof documentation for revitalization of endangered languages: cases studies from Latin America, Europe and Africa</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Panel : Contrastive analysis of documentation for revitalization of endangered languages: cases studies from Latin America, Europe and Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Grinevald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">III International Conference on Revitalisation of Indigenous and Minoritized Languages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, University of Girona, University of Perpignan Via Domitia, Sep 2022, Girona, Spain</w:t>
+              <w:t xml:space="preserve">, University of Girona, University of Perpignan Via Domitia, Sep 2022, Girona, Catalonia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04116407v1</w:t>
+                <w:t xml:space="preserve">hal-04116412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilinguisme et langue d’héritage : questions de terminologie et synthèse de la journée</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Introduction au panel : Contrastive analysisof documentation for revitalization of endangered languages: cases studies from Latin America, Europe and Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Grinevald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bilinguisme et biographie langagière</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">III International Conference on Revitalisation of Indigenous and Minoritized Languages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Girona, University of Perpignan Via Domitia, Sep 2022, Girona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04915502v1</w:t>
+                <w:t xml:space="preserve">hal-04116407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Panel : Contrastive analysis of documentation for revitalization of endangered languages: cases studies from Latin America, Europe and Africa</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Bilinguisme et langue d’héritage : questions de terminologie et synthèse de la journée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Ghimenton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">III International Conference on Revitalisation of Indigenous and Minoritized Languages</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Girona, University of Perpignan Via Domitia, Sep 2022, Girona, Catalonia, Spain</w:t>
+              <w:t xml:space="preserve">Bilinguisme et biographie langagière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04116412v1</w:t>
+                <w:t xml:space="preserve">hal-04915502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Progress and hazards of decades of documentation of two highly endangered languages: Rama (Nicaragua) and Francoprovençal (France), dans le panel : Contrastive analysisof documentation for revitalization of endangered languages: cases studies from Latin America, Europe and Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Grinevald</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1893,51 +1893,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’expertise sociolinguistique sur des terrains de langues minoritaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème Congrès du Réseau Francophone de Sociolinguistique :la sociolinguistique à quoi ça sert, sens impact, professionnalisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Aix-en-Provence et Marseille, Dec 2022, Aix-en -Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1962,51 +1962,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disparition accélérée des langues dans le monde : Les &amp;quot;passeurs de langues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Grinevald</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2070,51 +2070,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Grinevald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The winter 2019 meeting of SSILA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Society for the Study of the Indigenous Languages of the Americas, Jan 2019, New York City, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2139,51 +2139,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acknowledgment and valorization of endangered languages: the role of academics in revitalization projects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Grinevald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2234,51 +2234,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le francoprovençal envisagé comme une « Langue En Danger »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2310,247 +2310,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04116411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Articulating the sociolinguistic context of very endangered language revitalization projects : LED-TDR and PAR</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Revitalization issues in postvernacular sociolinguistic contexts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Pivot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ENGHUM Conference 2017 : Engaged Humanities, preserving and revitalizing endangered languages and cultural heritage. Warsaw, 15-16 novembre 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Varsovie, Poland</w:t>
+              <w:t xml:space="preserve">Conference Celebrating 20 Years of NILI – « Local to Global Perspectives on Language Revitalization and Documentation »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Northwest indigenous languages Institute, Jun 2017, Eugene, Oregon, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03073194v1</w:t>
+                <w:t xml:space="preserve">hal-04116414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revitalization issues in postvernacular sociolinguistic contexts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Articulating the sociolinguistic context of very endangered language revitalization projects : LED-TDR and PAR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Grinevald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference Celebrating 20 Years of NILI – « Local to Global Perspectives on Language Revitalization and Documentation »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Northwest indigenous languages Institute, Jun 2017, Eugene, Oregon, United States</w:t>
+              <w:t xml:space="preserve">ENGHUM Conference 2017 : Engaged Humanities, preserving and revitalizing endangered languages and cultural heritage. Warsaw, 15-16 novembre 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04116414v1</w:t>
+                <w:t xml:space="preserve">hal-03073194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regards sur 10 ans de politique linguistique en faveur des langues régionales en Rhône-Alpes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quelle place pour les patois en Suisse romande aujourd'hui ?, Neuchâtel, 21-22 novembre 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Neuchâtel, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2588,51 +2588,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une analyse outillée des particules discursives en interaction. Une exploitation des moteurs de requêtes de la plateforme CLAPI (Corpus de LAngue Parlée en Interaction)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Icor Groupe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2713,51 +2713,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation des outils d'analyse et de requête de la plate-forme CLAPI, Corpus de LAngues Parlées en Interaction : illustration à partir de l'analyse des particules discursives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Icor Groupe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2838,51 +2838,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le français parlé en interaction : l’expérience de la constitution et de l’exploitation de la plateforme de corpus CLAPI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Groupe Icor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2976,51 +2976,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Icor Groupe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lukas Balthasar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3133,51 +3133,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Frechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géolinguistique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 22, </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3224,51 +3224,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Désir de langue, subjectivité, rapport au savoir : le cas de la revitalisation des langues très en danger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Keli Yerian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3328,68 +3328,68 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l'un et du divers. La région Rhône-Alpes et la mise en récit de ses langues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 97 (97/2011), pp.45-57. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.20489⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
@@ -3400,252 +3400,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ensl-00779384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linguistique de terrain sur langues en danger : Locuteurs et linguistes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Proposition de typologie des locuteurs de LED (Langues En Danger)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Grinevald</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Faits de langues : revue de linguistique. Les cahiers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 35-36, </w:t>
+              <w:t xml:space="preserve">, 2010, Linguistique de terrain sur langues en danger : Locuteurs et linguistes (35-36), </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1163/19589514-035-036-01-900000009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1163/19589514-035-036-01-900000008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04116535v1</w:t>
+                <w:t xml:space="preserve">hal-04116544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proposition de typologie des locuteurs de LED (Langues En Danger)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Linguistique de terrain sur langues en danger : Locuteurs et linguistes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Grinevald</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Faits de langues : revue de linguistique. Les cahiers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, Linguistique de terrain sur langues en danger : Locuteurs et linguistes (35-36), </w:t>
+              <w:t xml:space="preserve">, 2010, 35-36, </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1163/19589514-035-036-01-900000008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1163/19589514-035-036-01-900000009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04116544v1</w:t>
+                <w:t xml:space="preserve">hal-04116535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grands corpus et linguistique outillée pour l'étude du français en interaction (plateforme CLAPI et corpus CIEL)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Groupe Icor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3726,51 +3726,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploitation de la plateforme Corpus de Langue Parlée en Interaction (CLAPI) : le cas de 'voilà' dans les chevauchements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Groupe Icor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3851,51 +3851,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tool-assisted analysis of interactional corpora: voilà in the CLAPI database</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Groupe Icor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3997,51 +3997,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La plate-forme &amp;quot;Corpus de langues parlées en interaction&amp;quot; (CLAPI) : historique, états des lieux, perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lukas Balthasar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LIDIL - Revue de linguistique et de didactique des langues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 31, pp.13-33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4111,51 +4111,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire vivre la langue, pratiques et discours des associations francoprovençales en Rhône-Alpes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Pivot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes des conférences annuelles </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.99-110, 2015, Vivre le temps, au jour le jour dans l'aire francoprovençale. Chanter le passé, se projeter dans l'avenir, 978-88-99602-02-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4212,51 +4212,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dictionnaire des régionalismes de Rhône-Alpes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Frechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4300,51 +4300,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parler patois, le francoprovençal dans l'Ain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Dauvergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4352,51 +4352,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Fréchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Gerfaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Patrimoine des Pays de l'Ain. Patrimoine de l'Ain, pp.109, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
@@ -4418,90 +4418,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Langues de France, langues en danger: aménagement et rôle des linguistes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Grinevald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions Privat, pp.176, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4519,90 +4519,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Langues de France, langues en danger : aménagement et rôle des Linguistes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Grinevald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4633,51 +4633,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanges offerts à Jean-Baptiste Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Fréchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses universitaires de Lyon, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4740,51 +4740,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linguistique de terrain sur langues en danger, Locuteurs et linguistes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Grinevald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Faits de langues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 35/36, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4841,51 +4841,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rencontres de langues et francisation : l'exemple du Pilat (42)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Linguistique. Université Lumière Lyon2, 2001. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2001LYO20021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -5081,51 +5081,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04976598v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Ghimenton" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara K&#246;pke" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13134/979-12-5977-466-8" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05192477v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Beillet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Ben Harrat" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jovan Kostov" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/articles/9020" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9020" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03619034v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Pivot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057165v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413325v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Costa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edinburghuniversitypress.com/book-language-borders-and-identity.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179228v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Grinevald" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179160v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Martin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179163v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Martin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179230v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116547v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00361146v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00356377v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Groupe Icor" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bruxelles" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Etienne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenza Mondada" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cmlf08099" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00361150v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Longres" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394271v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187090v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116407v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915502v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116412v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116410v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116408v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116406v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116403v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919853v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116411v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073194v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116414v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073192v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00378593v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Icor Groupe" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00378456v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01389598v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00378595v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Balthasar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ucly.hal.science/hal-05150185v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Frechet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Armand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geolinguistique.7439" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970549v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keli Yerian" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34745/numerev_1340" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00779384v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.20489" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116535v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/19589514-035-036-01-900000009" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116544v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/19589514-035-036-01-900000008" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00622858v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00370875v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00354361v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0959269507003195" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-W6SK1ZDG-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394270v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069571v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05247328v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Vurpas" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054505v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dauvergne" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Fr&#233;chet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gerfaud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856952v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05261718v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00361148v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05247338v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04116579v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2001LYO20021" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05192477v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Beillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Ben Harrat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jovan Kostov" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lang" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/articles/9020" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9020" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04976598v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Ghimenton" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara K&#246;pke" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13134/979-12-5977-466-8" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03619034v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Pivot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057165v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413325v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Costa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edinburghuniversitypress.com/book-language-borders-and-identity.html" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179228v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Grinevald" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179163v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Martin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179160v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Martin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01179230v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116547v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00361146v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00356377v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Groupe Icor" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bruxelles" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Etienne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenza Mondada" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cmlf08099" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00361150v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Longres" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394271v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05187090v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116412v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116407v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915502v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116410v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116408v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116406v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116403v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919853v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116411v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116414v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073194v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073192v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00378593v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Icor Groupe" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00378456v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01389598v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00378595v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Balthasar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ucly.hal.science/hal-05150185v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Frechet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Armand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geolinguistique.7439" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970549v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keli Yerian" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34745/numerev_1340" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens-lyon.hal.science/ensl-00779384v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.20489" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116544v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/19589514-035-036-01-900000008" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116535v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/19589514-035-036-01-900000009" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00622858v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00370875v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00354361v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0959269507003195" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-W6SK1ZDG-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00394270v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069571v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05247328v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Vurpas" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054505v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dauvergne" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Fr&#233;chet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gerfaud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00856952v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05261718v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00361148v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05247338v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04116579v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2001LYO20021" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>