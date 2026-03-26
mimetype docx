--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -326,96 +326,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03895477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Now upstream of time</w:t>
+                <w:t xml:space="preserve">The Tangled Dialectic of Body and Consciousness: A Metaphysical Counterpart of Radical Neurophenomenology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bitbol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophy World Democracy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">Constructivist foundations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 16, pp.141-151</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03469730v1</w:t>
+                <w:t xml:space="preserve">hal-03469727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metaphysics with no Metaphysical Commitment</w:t>
               </w:r>
@@ -464,96 +464,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03469734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Tangled Dialectic of Body and Consciousness: A Metaphysical Counterpart of Radical Neurophenomenology</w:t>
+                <w:t xml:space="preserve">Now upstream of time</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bitbol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Constructivist foundations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 16, pp.141-151</w:t>
+              <w:t xml:space="preserve">Philosophy World Democracy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03469727v1</w:t>
+                <w:t xml:space="preserve">hal-03469730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is the life-world reduction sufficient in quantum physics?</w:t>
               </w:r>
@@ -611,165 +611,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03039503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maintenant en amont du temps</w:t>
+                <w:t xml:space="preserve">La conscience comme origine et comme fin Une déduction Teilhardienne du singulier à l'universel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bitbol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chroniques phénoménologiques</w:t>
+              <w:t xml:space="preserve">Noosphère</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03039534v1</w:t>
+                <w:t xml:space="preserve">hal-03039525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La conscience comme origine et comme fin Une déduction Teilhardienne du singulier à l'universel</w:t>
+                <w:t xml:space="preserve">Maintenant en amont du temps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bitbol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Noosphère</w:t>
+              <w:t xml:space="preserve">Chroniques phénoménologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03039525v1</w:t>
+                <w:t xml:space="preserve">hal-03039534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Studying the experience of meditation through micro-phenomenology</w:t>
               </w:r>
@@ -879,51 +879,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01940314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Que vit le méditant ? Méthodes et enjeux d'une description micro-phénoménologique de l'expérience méditative</w:t>
+                <w:t xml:space="preserve">What is it like to meditate? Methods and issues of a micro-phenomenological description of meditative experience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Petitmengin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martijn van Beek</w:t>
@@ -954,97 +954,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Nissou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Roepstorff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intellectica - La revue de l’Association pour la Recherche sur les sciences de la Cognition (ARCo)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Les états modifiés de conscience en question: anciennes limites et nouvelles approches, 67, pp.219-242</w:t>
+              <w:t xml:space="preserve">Journal of Consciousness Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 24 (5-6), pp.170 - 198</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01653434v1</w:t>
+                <w:t xml:space="preserve">hal-01653495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What is it like to meditate? Methods and issues of a micro-phenomenological description of meditative experience</w:t>
+                <w:t xml:space="preserve">Que vit le méditant ? Méthodes et enjeux d'une description micro-phénoménologique de l'expérience méditative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Petitmengin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martijn van Beek</w:t>
@@ -1075,73 +1075,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Nissou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Roepstorff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Consciousness Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 24 (5-6), pp.170 - 198</w:t>
+              <w:t xml:space="preserve">Intellectica - La revue de l’Association pour la Recherche sur les sciences de la Cognition (ARCo)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Les états modifiés de conscience en question: anciennes limites et nouvelles approches, 67, pp.219-242</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01653495v1</w:t>
+                <w:t xml:space="preserve">hal-01653434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the possibility and reality of introspection</w:t>
               </w:r>
@@ -1471,191 +1471,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01284039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Let's trust the (skilled) subject ! : a reply to Froese, Gould and Seth</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On pure reflection : a reply to Dan Zahavi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bitbol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Petitmengin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Bitbol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Consciousness Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 18 (2), pp.90 - 97</w:t>
+              <w:t xml:space="preserve">, 2011, 18 (2), pp.24 - 37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02435156v1</w:t>
+                <w:t xml:space="preserve">hal-02434649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On pure reflection : a reply to Dan Zahavi</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Let's trust the (skilled) subject ! : a reply to Froese, Gould and Seth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Petitmengin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bitbol</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Petitmengin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Consciousness Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 18 (2), pp.24 - 37</w:t>
+              <w:t xml:space="preserve">, 2011, 18 (2), pp.90 - 97</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02434649v1</w:t>
+                <w:t xml:space="preserve">hal-02435156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On life beneath the subject/object duality : a reply to Pierre Steiner</w:t>
               </w:r>
@@ -2638,437 +2638,437 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Randomness from Relationships and Interfaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How does randomness shape the living?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Divya Dwivedi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bitbol</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Anne Duprat, Alison James. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeynep Direk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maël Montévil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne Duprat; Alison James; Divya Dwivedi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Figures of Chance II. Chance in Theory and Practice</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Figures of Chance II Chance in Theory and Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, Routledge; Routledge, pp.124-187, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9781003329060-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04713293v1</w:t>
+                <w:t xml:space="preserve">hal-03908948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mindful clarification: why it is necessary to necessary to reply once again to Stone and Zahavi</w:t>
+                <w:t xml:space="preserve">Phenomenology and mindfulness-awareness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bitbol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalie Depraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Petitmengin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Susi Ferrarello; Christos Hadjioannou. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Routledge Handbook of Phenomenology of Mindfulness</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Routledge Taylor &amp; Francis group, 2024, Routledge handbooks in philosophy, 978-1-03-239631-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4324/9781003350668-43⟩</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9781003350668-41⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04713427v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04713423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How does randomness shape the living?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Randomness from Relationships and Interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bitbol</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Anne Duprat; Alison James; Divya Dwivedi. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne Duprat, Alison James. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Figures of Chance II Chance in Theory and Practice</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Figures of Chance II. Chance in Theory and Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, 2024, 9781032358659</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4324/9781003329060-4⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03908948v1</w:t>
+                <w:t xml:space="preserve">hal-04713293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenomenology and mindfulness-awareness</w:t>
+                <w:t xml:space="preserve">Mindful clarification: why it is necessary to necessary to reply once again to Stone and Zahavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bitbol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalie Depraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Petitmengin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Susi Ferrarello; Christos Hadjioannou. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Routledge Handbook of Phenomenology of Mindfulness</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Routledge Taylor &amp; Francis group, 2024, Routledge handbooks in philosophy, 978-1-03-239631-6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4324/9781003350668-41⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4324/9781003350668-43⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04713423v1</w:t>
+                <w:t xml:space="preserve">hal-04713427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A phenomenology of identity QBism and quantum (non-)particles</w:t>
               </w:r>
@@ -3599,199 +3599,199 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01510879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The science of mind as it could have been : about the contingency of the (quasi-)disappearance of introspection in psychology</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Préface à la seconde édition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Gayon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bitbol</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Léna Soler; Emiliano Trizio; Andrew Pickering. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michel Bitbol &amp; Jean Gayon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science as it could have been : discussing the contingency-inevitability problem</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Pittsburgh Press, 2015, 978-0-8229-4445-4</w:t>
+              <w:t xml:space="preserve">L'épistémologie française 1830-1970</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.5-10, 2015, 978-2-919694-91-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01269615v1</w:t>
+                <w:t xml:space="preserve">halshs-01164394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Préface à la seconde édition</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The science of mind as it could have been : about the contingency of the (quasi-)disappearance of introspection in psychology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bitbol</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Michel Bitbol &amp; Jean Gayon. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Petitmengin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Léna Soler; Emiliano Trizio; Andrew Pickering. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'épistémologie française 1830-1970</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.5-10, 2015, 978-2-919694-91-4</w:t>
+              <w:t xml:space="preserve">Science as it could have been : discussing the contingency-inevitability problem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Pittsburgh Press, 2015, 978-0-8229-4445-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01164394v1</w:t>
+                <w:t xml:space="preserve">hal-01269615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bohr's complementarity and Kant's epistemology</w:t>
               </w:r>
@@ -4435,51 +4435,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853102v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bitbol" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895477v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura de la Tremblaye" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469730v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469734v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469727v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039503v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11007-020-09515-8" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039534v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039525v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940314v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Petitmengin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martijn van Beek" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Nissou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Roepstorff" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.copsyc.2018.10.009" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653434v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653495v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653568v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01514873v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Ollagnier-Beldame" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/intel.2015.1012" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284977v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284039v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435156v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434649v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435149v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435160v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434456v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434455v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pachoud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vion-Dury" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03401819v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284226v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00581669v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426009v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01142387v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gayon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00775778v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kerszberg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Petitot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00791552v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713293v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713427v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Depraz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003350668-43" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908948v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divya Dwivedi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Direk" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Mont&#233;vil" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003329060-4" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713423v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003350668-41" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294443v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-31840-5_7" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294454v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003259008-10" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294456v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895483v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713437v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039509v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510879v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269615v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01164394v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719934v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Osnaghi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542510v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00791577v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461764v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500996v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Cahour" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853102v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bitbol" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895477v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura de la Tremblaye" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469727v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469734v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469730v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039503v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11007-020-09515-8" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039525v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039534v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940314v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Petitmengin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martijn van Beek" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Nissou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Roepstorff" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.copsyc.2018.10.009" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653495v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653434v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653568v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01514873v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Ollagnier-Beldame" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/intel.2015.1012" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284977v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284039v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434649v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435156v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435149v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435160v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434456v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434455v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pachoud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vion-Dury" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03401819v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284226v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00581669v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426009v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01142387v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gayon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00775778v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kerszberg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Petitot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00791552v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908948v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Divya Dwivedi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Direk" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Mont&#233;vil" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003329060-4" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713423v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Depraz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003350668-41" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713293v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713427v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003350668-43" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294443v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-31840-5_7" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294454v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003259008-10" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294456v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895483v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713437v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039509v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510879v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01164394v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269615v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719934v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Osnaghi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542510v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00791577v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461764v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500996v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Cahour" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>