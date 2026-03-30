--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -1403,178 +1403,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01273717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La ciudad y puerto de Bayona. De los orígenes hasta la nueva desembocadura del Adour en el siglo XVI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bochaca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Arizaga Bolumburu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Itsas Memoria. Revista de Estudios Marítimos del País Vasco</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7, pp.71-87</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01273713v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sea Travel at the End of the Middle Ages Based on the Account of the Embassy to Spain and Portugal Given by Roger Machado (1489)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bochaca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Mariner’s Mirror</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 98 (4), pp.436-447</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01273710v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">halshs-01273713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Navigation entre la France et l’Écosse d’après le récit de l’ambassade de Regnault Girard auprès de Jacques Ier Stuart (1434-1436)</w:t>
               </w:r>
@@ -1642,51 +1642,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les pêches maritimes dans le golfe de Gascogne à la fin du Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bochaca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatriz Arizaga Bolumburu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Gallicé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2303,50 +2303,175 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04264909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Une chronologie étendue des crues de la Garonne entre ca. 500 et 1500 AD : apports croisés et comparés des sources historiques et sédimentaires.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Carozza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bochaca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Coynel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivien Mathé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Joineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Société Hydrotechnique France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Marnes-la-Vallée, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03474178v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Une chronologie étendue des crues de la Garonne entre ca. 500 et 1500 AD. : apports croisés et comparés des sources historiques et sédimentaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Carozza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -2398,182 +2523,57 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Changement global et morphodynamique des rivières des bassins versants à la mer </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société d'hydrologie française / Ecole des Mines, Nov 2019, Marne-La-Vallée, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02403464v1</w:t>
-              </w:r>
-[...123 lines deleted...]
-                <w:t xml:space="preserve">halshs-03474178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une histoire de la bathymétrie fluviale : l'exemple de la Garonne fluvimaritime</w:t>
               </w:r>
@@ -2792,51 +2792,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Tranchant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bochaca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatriz Arizaga Bolumburu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le commerce atlantique franco-espagnol. Acteurs, négoces et ports (XVe-XVIIIe siècle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jean-Philippe Priotti et Guy Saupin, 2006, Nantes, France. pp.33-47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2887,51 +2887,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Tranchant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bochaca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatriz Arizaga Bolumburu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La violence et la mer dans l'espace atlantique (XIIe-XIXe siècle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, M. Tranchant et M. Augeron, Nov 2002, La Rochelle, France. pp.27-50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4132,51 +4132,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une source inattendue sur la fiscalité portuaire à la fin du XVe siècle : le Grand Routier de Pierre Garcie dit Ferrande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bochaca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatriz Arizaga Bolumburu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Florent Garnier et alii. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cultures fiscales en Occident du Xe au XVIIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires du Midi, p. 293-299, 2019, 978-2-8107-0631-0</w:t>
@@ -4459,51 +4459,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Une association de gens de mer du XIIIe siècle : la Societas Navium Baionensium »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bochaca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatriz Arizaga Bolumburu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">dans Frédérique Laget, Philippe Josserand et Brice Rabot (dir.), Entre horizons terrestres et marins. Sociétés, campagnes et littoraux de l’Ouest atlantique, Rennes, Presses universitaires de Rennes, 2017, p. 201-214.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4696,51 +4696,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le contrôle administratif, fiscal et juridique des ports du fond du golfe de Gascogne et de leurs accès fluviomaritimes à la fin du Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bochaca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatriz Arizaga Bolumburu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Amélia Polónia et Ana María Rivera Medina (eds.), La gobernanza de los puertos atlánticos, siglos XIV-XX. Políticas y estructuras portuarias</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Casa de Valazquez, pp.87-99, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4778,51 +4778,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ports, havres et mouillages de Bayonne (Gascogne) à Bayona (Galice) d’après les routiers de la fin du Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bochaca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatriz Arizaga Bolumburu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Universidade de Santiago de Compostela. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">García Hurtado, Manuel Reyes, et Rey Castelao, Ofelia (eds.), Fronteras de agua. Las ciudades portuarias y su universo cultural (siglos XV-XXI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.47-58, 2016</w:t>
@@ -5299,51 +5299,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géographie portuaire de la Galice à la Bretagne méridionale à l'aube des Temps modernes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bochaca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatriz Arizaga Bolumburu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Tranchant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5420,51 +5420,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Tranchant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bochaca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatriz Arizaga Bolumburu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Gallicé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5578,178 +5578,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01273716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les ‘gens de mer’ dans les villes portuaires de la France atlantique à la fin du Moyen Âge : l’exemple de Bayonne, Bordeaux et Libourne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bochaca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gentes de mar en la Ciudad atlántica médiéval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.45-62, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01273724v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">El mar espacio de sociabilidad de las cofradias pesquera medievales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bochaca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatriz Arizaga Bolumburu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mundos medievales : espacios, sociedades y poder</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.1015-1029, 2012, 97884-8102-649-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01273715v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-01273724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La urbanización del litoral atlántico del reino de Francia en el siglo XII</w:t>
               </w:r>
@@ -6096,51 +6096,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="61EB0F13"/>
+    <w:nsid w:val="D9705539"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6327,51 +6327,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05355726v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bochaca" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05436228v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04351738v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pr&#233;tou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1387/clio-crimen.25660" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03204225v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Bochaca Arizaga" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/abpo.6671" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03348313v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25267/Riparia.2021.v7.03" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956606v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Carozza" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Math&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Joineau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Colin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.10834" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03095219v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rhbg.2020.1352" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03095203v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/anami.2020.9022" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01689123v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01430192v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01245942v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01245940v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273721v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Aznar Vallejo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273719v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273717v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273710v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273713v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Arizaga Bolumburu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273711v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273712v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gallic&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921469v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Ar&#237;zaga Bolumburu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/TREB6152" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311159v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/YNTX4172" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138705v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Duquesne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078957v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Mathe" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Valette" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264909v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Coynel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02403464v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03474178v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264890v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407007v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Tranchant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407009v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407016v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03981450v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-gisserot.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03161456v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques P&#233;ret" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien P&#233;risse" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03861545v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03344126v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02299575v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Moal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01430221v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01430214v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01246233v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273722v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Micheau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273725v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Angel Sol&#243;rzano Telechea" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelia Aguiar Andrade" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05399329v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04231678v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03119286v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02454485v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02299547v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02299564v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010635v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02299568v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964480v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34619/ssb9-eq7p" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01683061v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01430210v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01462699v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01430201v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01430206v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01430211v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01246725v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01246721v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01246729v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01246718v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273723v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273720v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407067v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273716v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273715v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273724v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406869v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407097v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02377719v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05355726v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bochaca" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05436228v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04351738v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pr&#233;tou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1387/clio-crimen.25660" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03204225v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Bochaca Arizaga" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/abpo.6671" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03348313v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25267/Riparia.2021.v7.03" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956606v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Carozza" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Math&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Joineau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Colin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.10834" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03095219v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rhbg.2020.1352" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03095203v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/anami.2020.9022" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01689123v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01430192v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01245942v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01245940v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273721v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Aznar Vallejo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273719v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273717v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273713v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Arizaga Bolumburu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273710v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273711v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273712v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gallic&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921469v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Ar&#237;zaga Bolumburu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/TREB6152" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311159v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/YNTX4172" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138705v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Duquesne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078957v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Mathe" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Valette" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264909v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Coynel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03474178v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02403464v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264890v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407007v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Tranchant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407009v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407016v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03981450v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-gisserot.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03161456v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques P&#233;ret" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien P&#233;risse" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03861545v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03344126v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02299575v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Moal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01430221v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01430214v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01246233v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273722v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Micheau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273725v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Angel Sol&#243;rzano Telechea" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelia Aguiar Andrade" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05399329v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04231678v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03119286v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02454485v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02299547v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02299564v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010635v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02299568v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964480v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34619/ssb9-eq7p" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01683061v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01430210v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01462699v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01430201v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01430206v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01430211v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01246725v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01246721v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01246729v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01246718v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273723v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273720v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407067v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273716v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273724v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273715v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406869v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407097v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02377719v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>