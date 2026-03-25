--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1472,165 +1472,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02119939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du mode « banlieue » au mode « renaissance » : un exemple de régulation pédagogique en kendo scolaire</w:t>
+                <w:t xml:space="preserve">Plus fort ? Pas si sûr... Un autre modèle (paradigme) est-il possible dans l'enseignement des sports de combat ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Calmet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Du mode « banlieue » au mode « renaissance » : un exemple de régulation pédagogique en kendo scolaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, France. pp.16-21</w:t>
+              <w:t xml:space="preserve">Plus fort ? Pas si sûr.. Un autre modèle (paradigme) est-il possible dans l'enseignement des sports de combat ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2007, Milano, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00407561v1</w:t>
+                <w:t xml:space="preserve">hal-00407551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plus fort ? Pas si sûr... Un autre modèle (paradigme) est-il possible dans l'enseignement des sports de combat ?</w:t>
+                <w:t xml:space="preserve">Du mode « banlieue » au mode « renaissance » : un exemple de régulation pédagogique en kendo scolaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Calmet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plus fort ? Pas si sûr.. Un autre modèle (paradigme) est-il possible dans l'enseignement des sports de combat ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2007, Milano, Italie</w:t>
+              <w:t xml:space="preserve">Du mode « banlieue » au mode « renaissance » : un exemple de régulation pédagogique en kendo scolaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, France. pp.16-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00407551v1</w:t>
+                <w:t xml:space="preserve">hal-00407561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arts martiaux, Europe et axes de recherches Arti marziali, europa, e linee di ricerca</w:t>
               </w:r>
@@ -3850,278 +3850,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00407528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of postural regulation in male judoka's direction of falls: comment on Paillard et al</w:t>
+                <w:t xml:space="preserve">Filles et sports de combat, un exemple en kendo-scolaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Calmet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perceptual and Motor Skills</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cahiers Pedagogiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 441, pp.49-50</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00407525v1</w:t>
+                <w:t xml:space="preserve">hal-00407532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Survey of system of attacks by judoka in regional and interregional matches</w:t>
+                <w:t xml:space="preserve">Influence of postural regulation in male judoka's direction of falls: comment on Paillard et al</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Calmet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Said Ahmaidi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Perceptual and Motor Skills</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 103, pp.835-840. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2466/PMS.103.3.835-840⟩</w:t>
+              <w:t xml:space="preserve">, 2006, 103, pp.318-320. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2466/PMS.103.2.318-320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00407526v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00407525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filles et sports de combat, un exemple en kendo-scolaire</w:t>
+                <w:t xml:space="preserve">Survey of system of attacks by judoka in regional and interregional matches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Calmet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Trezel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Ahmaidi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers Pedagogiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Perceptual and Motor Skills</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 103, pp.835-840. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2466/PMS.103.3.835-840⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00407532v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00407526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combat à mémoire&amp;quot; et motivation dans la pratique du judo en milieu scolaire</w:t>
               </w:r>
@@ -5655,51 +5655,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106558v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice R&#233;gnier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Calmet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757736v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802938v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuela Pierantozzi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281186v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pouliquen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02528026v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Barthelemy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Feuilladieu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servant G&#233;rard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Monino" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763610v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sallantin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767395v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455265v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Delonca" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Landes" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lecarderonnel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mellado" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768605v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866479v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505029v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane H&#233;as" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505153v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505209v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505214v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407553v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119939v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407561v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407551v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407538v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407560v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407558v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Ahmaidi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407536v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407556v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618245v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505169v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03424942v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02975589v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cr&#233;mieux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Terrisse" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Vallier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Roux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502052v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302668v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Lyons" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14589/ido.19.4.5" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149320v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar Ait Ali Yahia" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572757v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ejrieps.382" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757648v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislaw Sterkowicz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Yuri Takito" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emerson Franchini" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24748668.2017.1405612" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757643v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bob Challis" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24748668.2017.1350489" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743659v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837611v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Braulio M. Branco" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus F. Agostinho" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Candau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0000000000000460" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757682v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Assude" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nras.066.0253" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757691v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdle.471.0011" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757658v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761383v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Miarka" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24748668.2010.11868518" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407529v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Almansba" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sterkowicz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Imamura" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2007.10.014" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GHGT1LNM-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407528v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2466/PMS.105.2.646-648" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407525v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2466/PMS.103.2.318-320" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407526v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Trezel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2466/PMS.103.3.835-840" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407532v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407531v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407524v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2466/pms.99.1.284-290" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407534v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407530v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Portero" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lantz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Vat" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407533v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407535v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791485v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763473v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505016v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761719v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761721v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407557v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320728v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gombert" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Perez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00407537v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106558v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice R&#233;gnier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Calmet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757736v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802938v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuela Pierantozzi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281186v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pouliquen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02528026v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Barthelemy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Feuilladieu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servant G&#233;rard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Monino" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763610v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sallantin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01767395v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455265v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Delonca" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Landes" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lecarderonnel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mellado" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768605v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866479v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505029v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane H&#233;as" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505153v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505209v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505214v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407553v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02119939v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407551v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407561v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407538v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407560v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407558v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Ahmaidi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407536v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407556v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618245v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505169v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03424942v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02975589v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cr&#233;mieux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Terrisse" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Vallier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Roux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502052v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302668v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Lyons" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14589/ido.19.4.5" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149320v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar Ait Ali Yahia" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572757v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ejrieps.382" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757648v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislaw Sterkowicz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Yuri Takito" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emerson Franchini" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24748668.2017.1405612" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757643v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bob Challis" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24748668.2017.1350489" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743659v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837611v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Braulio M. Branco" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus F. Agostinho" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Candau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0000000000000460" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757682v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Assude" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nras.066.0253" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757691v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdle.471.0011" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757658v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761383v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Miarka" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24748668.2010.11868518" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407529v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Almansba" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sterkowicz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Imamura" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2007.10.014" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GHGT1LNM-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407528v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2466/PMS.105.2.646-648" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407532v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407525v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2466/PMS.103.2.318-320" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407526v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Trezel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2466/PMS.103.3.835-840" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407531v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407524v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2466/pms.99.1.284-290" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407534v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407530v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Portero" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lantz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Vat" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407533v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407535v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791485v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763473v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505016v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761719v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761721v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407557v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320728v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gombert" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Perez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00407537v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>