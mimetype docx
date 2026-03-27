--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Michel FABRE </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Domaine de recherche :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Philosophie de l’éducation, Pédagogie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adresse :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Université de Nantes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Courriel : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fabremichelhenri@aol.com</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">agrégation de philosophie (1973)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">doctorat en science de l’éducation (1986)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">habilitation à diriger des recherches (1995)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statut :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Professeur émérite depuis octobre 2013.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laboratoire :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> CREN EA, 2661 (personnalité scientifique). Axe 5 (Savoir et Valeur)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsabilités :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Directeur du Centre de Recherche en Education de Nantes (2002-2010)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Créateur de la revue </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (REE), en 2006. Rédacteur en chef (2006-2015), Rédacteur en chef adjoint (2015…)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-fondateur de la Sofphied (Société Francophone de Philosophie de l’Education), 2006: Vice Président de la Sofphied (2006-2012), Président (2012…2018), membre du conseil scientifique (2018…)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-fondateur du réseau Problema et membre du conseil scientifique (2004…).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-animateur avec Céline Chauvigné du séminaire « Questions socialement vives et transmission des valeurs&amp;quot; (Axe 5 du CREN)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Philosophie de la formation : Rousseau, Dewey, Bachelard.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Philosophie de la problématisation : histoire, épistémologie, éthiquue</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Formation des enseignants</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (93)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les questions socialement vives, quel dispositif dans la formation des enseignants et conseillers d'éducation au temps de l'Anthropocène ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05142781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présence et Médiation. Variations sur le tiers éducatif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d’Éthique Professionnelle en Philosophie et en Éducation. Études et Pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, n°6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser l'exil et le retour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La pensée d'ailleurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05326067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas et les problèmes de l’anthropocène : de l’utopie des solutions à la sagesse des seuils.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La pensée écologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1 (11), pp.39-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05214915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation et problématisation. Un itinéraire de recherche en philosophie de l'éducation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annuel de la Recherche en Philosophie de l’Éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, N°4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vous avez-dit éducation au politique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n°4, pp.33-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vous avez-dit Wickled Philosophy ? Intérêts et limites d'un courant de recherche pour une éducation au politique dans un monde problématique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Phronesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 13, pp.128-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contextualisation et problématisation : du langage à l'histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 223</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser la responsabilité éducative en anthropocène : le questionnement de Jonas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Télémaque. Philosophie, Education, Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n°66, pp.113-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La théorie de l'enquête de John Dewey : fondements, réception et usage dans la recherche francophone en éducation et en formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joris Thievenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 219</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Dewey : La démocratie comme forme de vie et ses implications éducatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n°74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hommage : Pierre Pastré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Mayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Olry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joris Thievenaz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 237, pp.181-186. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/edpe.237.0181⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04453375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'idée d'expérience chez Dewey : entre la voie de Locke et la voie de Hegel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches &amp; éducations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le complexe de Münchausen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d’Éthique Professionnelle en Philosophie et en Éducation. Études et Pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2021-2022, pp.23-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditorial. &amp;quot;L'éducation citoyenne : idéaux, modèles sous-jacents et réalités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches &amp; éducations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 25, pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des &amp;quot;éducations à&amp;quot; aux problèmes pernicieux : repères pour une éducation au politique à l'école.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail et apprentissages : revue de didactique professionnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 26 (2), pp. 140-159. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ta.026.0140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04620836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édito : John Dewey, notre contemporain. Une figure inspirante pour l'éducation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Roelens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches &amp; éducations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Hors-Série n° 2, https://journals.openedition.org/rechercheseducations/14979</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04118031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humanisme et humanités : en prolongeant Dewey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annuel de la Recherche en Philosophie de l’Éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04488499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Verne unléconteporain ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Télémaque. Philosophie, Education, Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n°62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Est-ce vraiment formateur ? Vers une topique de la formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Phronesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11, pp.12-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. &amp;quot; Les fondements philosophiques de l'éducation des adultes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Kerlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Phronesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11, pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditorial. &amp;quot;Neutralité à l'école : entre repères, apprentissages et postures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Monjo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 64, pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduquer dans l'horizon de la catastrophe. Hans Jonas et la problématicité radicale du monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annuel de la Recherche en Philosophie de l’Éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, N°2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Problématologie des questions socialement vives. Repères épistémologiques pour l'école.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 210, pp.89-99</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Jonas. responsabilité et paternalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pensereduc.420⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03566384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pédagogie saisie par la neuro-éducation : espoir ou imposture ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annuel de la Recherche en Philosophie de l’Éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce qui s'écrit dans la marge. Ecriture, formation intellectuelle et pouvoir.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modernos &amp; Contemporâneos : international Journal of Philosophy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 4 (9)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La philosophie et les questions vives de l'éducation. les cas de la Société francophone de philosophie l'éducation (Sofphied).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Les sciences de l'éducation en France : positionnement, tensions, avancées., 52 (1), pp.45-57. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lsdle.521.0045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02180583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savoir et valeur. Pour une conception émancipatrice des &amp;quot;Éducations à</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une philosophie du discernement.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions Vives, recherches en éducation </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecole et &amp;quot;post-vérité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 204, pp.47-56. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rfp.8424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02426408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditorial. &amp;quot;L’École entre valeurs et savoirs : des repères à construire pour une pédagogie du discernement&amp;quot;.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Monjo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La faute à Dewey. À propos de quelques contresens sur sa philosophie de l'éducation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabre, M. (2017). Sens et usages contemporains de la laïcité.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01665612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dewey et le triangle de la formation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions Vives, recherches en éducation </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incidence and Risk Factors Related to Symptomatic Venous Thromboembolic Events After Esophagectomy for Cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Styliani Mantziari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Gronnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Pasquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Gagnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Théreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Thoracic Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.athoracsur.2016.03.093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre et éduquer sans absolu.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Télémaque. Philosophie, Education, Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 50, pp.41-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'enquête et l'expression. Rhétorique et Poétique de la problématisation chez John Dewey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tréma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 45, pp.97-106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of neoadjuvant treatment in clinical T2N0M0 oesophageal cancer: results from a retrospective multi-center European study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sheraz Markar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Gronnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Pasquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Beal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Cancer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 56, pp.59-68. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejca.2015.11.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01666517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La liberté de questionner. Emancipation et problématisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 36, pp.9-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perfectionnement ou conversion ? Quelles conceptions pédagogiques dans la formation des enseignants ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 203, pp.119-129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’étonnement au problème</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 200, pp.97-105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La question de la forme en éducation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 199, pp.9-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01278664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimalisme moral et maximalisme éthique chez John Dewey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, HS n°6, pp.71-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les trois sources de la vie philosophique chez John Dewey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Télémaque. Philosophie, Education, Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 45 (1), </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/tele.045.0057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les « Éducations à » : problématisation et prudence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 36, </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/edso.875⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Être pragmatique ou être pragmatiste ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rassegna di pedagogia : Pädagogische Umschau : trimestrale di cultura pedagogica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 71 (1-2), pp.129-148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques implications éducatives de la problématologie : l'idée de réification chez Michel Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 32, pp.30-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’éducation du peuple et la démocratie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 29, pp.59-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Est-il possible d’éduquer dans un monde problématique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, n° 257 (3), pp.97-118. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rip.257.0097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment se repérer dans un monde problématique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 25, pp.29-43. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/edso.16318⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du bon usage des controverses.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1, pp.153-170</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du bon usage des controverses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1, pp.153-170</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre recherche et formation des enseignants : travailler dans la zone de développement professionnel.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Musquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2HS, pp.47-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un répertoire d'inducteurs de problématisation. Analyse d'une banque de situations-problèmes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Musquer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spiral-E (Supplément)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.45-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment aider l'élève à problématiser ? Les inducteurs de problématisation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Musquer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 42 (2), pp.111-129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment sortir de l'applicationnisme sans démagogie ? L'accompagnement des pratiques professionnelles des experts de l'agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et Formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 62, pp.51-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05125014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce que problématiser ? Genèse d'un paradigme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 6, pp.22-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Portrait du précepteur en Renard. Émile ou la métis pédagogique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation &amp; Didactique = Éducation et Didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 2 (1), pp.89-103</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'éducation chez Dewey : conversion ou adaptation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 5, pp.33-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la culture du résultat à l'expérience formatrice : la pratique et le pragmatisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des savoirs scolaires sans problème et sans enjeux. La faute à qui ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 161, pp.69-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La controverse de Valladolid ou la problématique de l'altérité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Télémaque. Philosophie, Education, Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 29, pp.7-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des pratiques et problématisation : quelques remarques épistémologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 51, pp.133-145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pédagogie sociale : inculcation ou problématisation ? L'exemple du développement durable dans l'enseignement agricole français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 1, pp.67-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychanalyse de la connaissance et problématisation des pratiques pédagogiques : la longue marche vers le processus apprendre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 48, pp.75-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05127000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux sources de l'épistémologie des problèmes : Dewey et Bachelard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 38 (3), pp.53-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05127008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les jeux mimétiques de la forme et du sens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raisons éducatives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.207-222</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05127010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire de sa vie une oeuvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Orientation scolaire et professionnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 33 (4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05127016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouvard et Pécuchet ou l'impuissance à problématiser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Télémaque. Philosophie, Education, Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 24, pp.137-154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05127026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Ecole peut-elle encore former l'esprit ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 143, pp.7-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05127021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aristote chez les sociologues du curriculum.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 8, pp.49-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05127060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une fac à construire : sur quelques aspects paradoxaux de l'expérience universitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marguerite Altet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Rayou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 136, pp.107-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05127041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mémoire professionnel est-il professionnalisant ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 35, pp.43-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La triangulation du sens. Le cas de la formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 7, pp.23-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation et modernité chez Bachelard : entre la joie d'apprendre et le bonheur d'habiter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Télémaque. Philosophie, Education, Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 15, pp.85-98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mémoire de recherche IUFM : vers une méthodologie d'analyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Benoît</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 32 (4-5), pp.91-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction des problèmes et franchissement d'obstacles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Orange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aster</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 24, pp.37-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La formation, inconcevable et pourtant pensable : de quelques dualismes en formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 4, pp.53-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pensée pédagogique et modèles philosophiques : le cas de la situation problème</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le docteur Itard, héros controversé de l'éducabilité.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 30 (1), pp.35-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'utopie bachelardienne de la formation à l'épreuve de la postmodernité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 1, pp.59-74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La formation comme régime nocturne : raison narrative et formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 122 (1), pp.179-190</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la résolution de problème à la problématisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 4-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logiques et problématiques d'articulation formation / recherche dans les dispositifs de professionnalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marguerite Altet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 17, pp.77-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce que la formation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychanalyse de la raison didactique et professionnalisation des enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 1-2, pp.119-134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arpentages : stratégies d'appropriation de l'espace d'après Kafka</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux (CIEREC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, XXXII, pp.67-100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les représentations des personnages d'un récit chez les élèves de l'école maternelle : une approche méthodologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 4, pp.47-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une expérience de formation des maîtres : le cas des modules biologie à l'Ecole Normale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ridao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, 7 (103-114)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre la fable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1987, 3, pp.35-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlation Between the Morphology and the Lipid and Protein Compositions in the Peripheral Nervous System of Individual 8-Day-Old Normal and Trembler Mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Heape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Juguelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Boiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Garbay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Developmental Brain Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1986, 25 (2), pp.173-180. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0165-3806(86)90206-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05307634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elements pour une pédagogie du récit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1985, 1-2, pp.103-150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'écocitoyenneté dans tous ses états....</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, HEP Vaud, Dec 2025, Lausanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05390196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une démarche d’éducation au politique : Le cas des Questions socialement vives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Compétences critiques et enseignement de l'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Inspé de Nantes- recherche ANR, May 2025, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05135033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retrouver la foi démocratique par-delà le discrédit : Enjeux éducatifs du pouvoir instituant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de la Sofphied " éducation et démocratie"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Jean Monnet-Inspé, Jun 2025, Saint Etienne (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05135019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les QSV : quel genre de problèmes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Place et fonction des solutions dans les processus de problématisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Colloque Problema, 2023, Bruxelles (UBL), Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autour du projet démocratique...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Frega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Roelens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication en table ronde à la journée d’étude « Vous avez dit démocratie ? », INSPE de Nantes, laboratoire CREN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04329988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour un nouvel humanisme en prolongement de Dewey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quelles humanités pour éduquer et former au XXI e siècle ? Questions et perspectives philosophiques contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sofphied, 2023, Pessac, Université de Bordeaux IV, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lectures critiques croisées des Principia Politica de Michel Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Roelens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Questions Socialement Vives et transmission des valeurs, laboratoire CREN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03915277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des &amp;quot;éducations à&amp;quot; aux problèmes pernicieux : repères pour une éducation au politique à l'école.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">l’évaluation dans la formation et dans les éducations à : de la mesure à la problématisation du sens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d'Aix-Marseille, 2021, Marseille (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04294007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les éducations à et les cpe novices : quelles prises en charge pour quels enjeux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Célébrer la pensée libre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Acfas, 2018, Chicoutimi, Québec université, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Figures contemporaines de l'état éducateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethique et politiques éducatives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sofphied, 2016, Nancy Université, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vous avez dit écocitoyenneté ? Repères pour une éducation au politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le bord de l'eau. 2025, 9782385191238</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05051985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropocène et éducation. Repères pour un monde incertain.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PURH. 2024, Penser les valeurs en éducation et en formation, 979-10-240-1805-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04620834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Problématisation et savoir scolaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2024, 9782336472614</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04797359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'enquête et le sens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2023, Critiques littéraires, 978-2 14-033018-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'éducation au politique. Les problèmes pernicieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, 9781784058890</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03843230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un avenir problématique. Éducation et responsabilité d'après Hans Jonas. Éditions Raison et Passions. 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation et frontières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Claire Husser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Rouen, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'éducation et les Lumières: Enjeux philosophiques et didactiques contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Raison et passions, 2020, 978 2 917645 75 8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02996106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Education et (post) vérité. L'épreuve des faits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 979-10-370-0258-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02345478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le religieux sans religion. Vivre et éduquer sans absolu ? (1850-1950)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Rouen et du Havre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9791024011462</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02050497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethique & politiques éducatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Louis Go</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eirick Prairat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Fabre; Henri Louis Go; Eirick Prairat. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Nancy; Éditions universitaires de Lorraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.244, 2017, 978-2-8143-0314-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on enseigner autrement?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'HARMATTAN, 2017, Jean Houssaye, Michel Soëtard, Loïc Chalmel, Michel Fabre, 978-2-343-12568-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01555572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce que problèmatiser?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">VRIN, 2017, 978-2-7116-2700-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sens du problème</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Boeck, 2016, 978-2-8041-9525-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les valeurs éducatives au risque du néo-libéralisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Gohier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PURH, 2015, 979-10-240-0420-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01130186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'érotisme des problèmes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Charbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENS Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 978-2-84788-636-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01128882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser la formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 978-2-84922-321-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01203502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation et humanisme.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 978-2-7116-2622-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01215209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'éducation de la liberté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Billouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2015, 978-2-343-05887-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01191870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Education et Minimalisme moral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, HS N°6, 2014, Recherche en éducation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les problèmes complexes flous en éducation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Weil Barais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constantin Xypas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Boeck. , 2014, 9782804188351</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01130241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Émile de Rousseau : regards d’aujourd’hui vu d’aujourd’hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Drouin-Hans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Kambouchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Vergnioux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hermann, 2013, 978-2-7056-8442-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Verne, Science, crises et Utopies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mustière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on encore éduquer à l'école ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2013, 978-2-343-00495-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éduquer pour un monde problématique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">P.U.F, 2011, 978-2-13-058979-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01132869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tiers éducatif : une nouvelle relation pédagogique : Figures et fonctions du tiers en éducation et formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Hétier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constantin Xypas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03795161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Verne, Science, technique et société : de quoi sommes-nous responsables ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mustière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coiffard, 2011, 978-2-919339-08-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expérience et problématisation en éducation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adalberto Dias de Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Lhoste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Afrontamento. 2010, 978-972-36-1137-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philosophie et pédagogie du problème</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">VRIN, 2009, 978--7116-2164-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le problème et l'épreuve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'HARMATTAN, 2003, 2-7475-5449-X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaston Bachelard. La formation de l'homme moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hachette, 2001, Portraits d'éducateurs, 2.01.170673-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Situations-problèmes et savoir scolaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUF, 1999, Education et formation, 2 13 049619 9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Rousseau. Une fiction théorique éducative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hachette, 1999, 2.01.170593-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projets Narratifs III Approches didactiques de la compréhension du récit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CRDP, 1996, 2-86618-401-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachelard éducateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUF, 1995, 2 13 047207 9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'enfant et les fables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUF, 1989, Pédagogie d'aujourd'hui, 2130422519</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (45)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les lumières de la pandémie. L'esprit critique est-il soluble dans l'hydroxychloroquine?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire, Philosophie et sens de l'école/ Mélanges offerts à Eirick Prairat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Université de Lorraine, pp.129-144, 2025, 978-2-38451-159-'</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'éducation à la responsabilité : Hans Jonas et Jean-Pierre Dupuy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Céline Chauvigné et MICHEL FABRE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthopocène et éducation. Repères pour un monde incertain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rouen et du Havre, pp.111-126, 2024, 979-10-240-1805-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des inducteurs aux aides à la problématisation : continuité et/ou rupture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Musquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bruno Lebouvier et Agnès Musquer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aides à la problématisation et apprentissages scolaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.29-50, 2024, 978-2-336-46816-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'Ecole Normale à l'IUFM et du Code Soleil à la nuit pédagogique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">André Pachod. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cent ans du Code Soleil. Le livre des instituteurs en questions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.31-46, 2024, 978-2-336-50499-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neutralité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In A. Barthes, J-M. Lange &amp; C. Chauvigné, Dictionnaire critique. Des enjeux et concepts des "éducations à"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp. 568- 575, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04620841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Edgar Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edgar Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Roelens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">C. Chauvigné et M. Fabre (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation et Anthropocène : Repères pour un monde incertain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rouen et du Havre, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03915383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esprit es-tu là ? Légitimité et pertinence d'un vocabulaire non fonctionnel en éducation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">André Pachod. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Y croire, toujours et encore. Les spiritualités de l'enseignement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.127-148, 2023, 978-2-14-031773-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseaux sociaux et post-vérité : éduquer à la responsabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses des Mines. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In C. Roelens et C. Pélissie, Éthique, numériques et idéologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser l'école avec Durkheim : l'idée éducative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Louise Martinez, Isabelle Harlé et Laurent Trémel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'héritage de Durkheim pour l'éducation. Cent ans après</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rouen et du Havre, pp.59-74, 2022, 979-10-240-1623-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'inconvénient d'avoir deux maîtres : entre l'esprit rationaliste (Bachelard) et le souffle pragmatiste (Dewey)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rémi Casanova et Camille Roelens. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Figures inspirantes pour l'éducation. Contours épistémologiques, approches existentielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.75-80, 2022, 978-2-14-031530-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Lumières sont-elles vraiment modernes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">MICHEL FABRE et Céline Chauvigné. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'éducation et les Lumières, enjeux philosophiques et didactiques contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions raison et passions, pp.56-82, 2020, 978-2-917645-75-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trois schèmes pour une Bildung cosmopolite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">MICHEL FABRE et Anne-Claire Husser. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et frontières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rouen et du Havre, pp.47-58, 2020, 979-10-240-1438-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Dewey un Feuerbach américain ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">MICHEL FABRE et Loïc Clavier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le religieux sans la religion. Vivre et éduquer sans absolu ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rouen et du Havre, pp.159-172, 2019, 979-10-240-1146-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marie Guyau ou l'anomie religieuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Fabre et Loïc Clavier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le religieux sans la religion. Vivre et éduquer sans absolu ? (1850-1950)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rouen et du Havre, pp.159-172, 2019, 979-10-240-1146-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La forme et le sens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Yves Seguy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Variations autour de la "forme scolaire" : Mélanges offerts à André D. Robert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Lorraine, pp.143-156, 2018, 978-2-8143-0517-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déontologisme tempéré et paternalisme faible. Une lecture pragmatique de la Morale du professeur.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Henri-Louis Go. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethique et éducation. Questions à Eirick Prairat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PURH, 2018, 979-10-240-O957-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Figures contemporaines de l’État éducateur : Le cas de l’éducation à la citoyenneté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Nancy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In Michel Fabre, Henri-Louis Go, Eirick Prairat, Ethiques et politiques éducatives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-2-8143-0314-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01665605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Figures contemporaines de l'Etat éducateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Fabre, Henri-Louis Go, Eirick Prairat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethique et politiques éducatives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUN, pp.89-103, 2017, 978-2-8143-0314-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A la recherche d'un nouvel humanisme : lecture de John Dewey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Denis Simard, Jean-François Cardin, Louis LeVasseur. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et humanisme. Variations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l'université Laval, pp.49-68, 2016, 978 2 7637 3276 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05188470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduquer et former dans un monde problématique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christophe Pichon, Gwennola Rimbaut, Nathanaël Wallenhorst. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adultes et chrétiens en itinérance. Quels défis pour la formation ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.51-62, 2016, 978-2-343-08321-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05145328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une éthique problématologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Fabre, Brigitte Frelat-Kahn, André Pachod. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'idée de valeur en éducation. Sens, usages, pertinence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann, pp.17-30, 2016, 978 2 7056 93015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05188480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Généalogie de l'éthos néo-libéral. Perspectives foucaldiennes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Fabre et Christiane Gohier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les valeurs éducatives au risque du néolibéralisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PURH, pp.91-106, 2015, 979-10-240-0420-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir entrepreneur de soi-même</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Billouet et Michel Fabre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'éducation de la liberté : aliénation et émancipation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.91-106, 2015, 978-2-343-05887-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le flou des questions socialement vives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Fabre, Annick Weil-Barais, Constantin Xypas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les problèmes complexes flous en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, pp.22-36, 2014, 978-2-80418835-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arendt et Dewey. Une controverse fictive aux enjeux bien réels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alain Vergnioux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grandes controverses en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.75-96, 2013, 978-3-0343-1259</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dispositif de l'Emile comme analyseur pédagogique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anne-Marie Drouin-Hans, Michel Fabre,, Denis Kambouchner, Alain Vergnioux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Emile de Rousseau : regard d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann, pp.169-183, 2013, 978 2 7056 8442 6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05188474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liberté et méthode chez John Dewey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Soetard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méthode et philosophie. La descendance éducative de l'Emile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.153-171, 2012, 978-2-296-99332-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle éducation pour un monde problématique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alin Kerlan et Denis Simard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paul Ricoeur et la question éducative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l'Université Laval, pp.59-77, 2011, 978-2-84788-318-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le maître intérieur selon le rationalisme bachelardien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Fabre, Renaud Hétier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le tiers éducatif. Une nouvelle relation pédagogique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Deboeck, pp.21-30, 2011, 978-2-8041-6346-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05139527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce que conseiller veut dire ? L'entretien conseil comme problématisation &amp;quot;après coup&amp;quot; de la pratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Musquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Yves Robin et Isabelle Vinatier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conseiller et accompagner. Un défi pour la formation des enseignants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.105-138, 2011, 978-2-296-55147-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05145342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'esprit est une école. Le maître intérieur chez Bachelard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Billouet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Figures de la magistralité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.101-112, 2009, 978-2-296-10643-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05139541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Portait de Jean-Jacques en renard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Billouet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Figures de la magistralité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.37-50, 2009, 978-2-296-10643-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05139560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre intégrisme et relativisme : la problématisation comme émancipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anne-Marie Drouin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Relativisme en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.191-206, 2008, 978 2 296 06498 0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05188488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pirogue de Robinson. Essai sur l'irrationalité de l'action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marc Durand et Michel FABRE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les situations de formation entre savoirs, problèmes et activité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.59-80, 2007, 978-2-296-03642-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05143394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sommes-nous encore chrétiens, nous autres éducateurs ? (Durkheim et la généalogie de nos valeurs éducatives)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Henri Peyronie et Alain Vergnioux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et longue durée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUC, pp.53-68, 2007, 978-2-84133-258-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le savoir scolaire peut-il encore être formateur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pascal Guibert. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Initiation aux sciences de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert, pp.99-106, 2006, 2-7117-6163-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05143413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce que problématiser ? L'apport de John Dewey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Fabre, Etienne Vellas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Situations de formation et problématisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, pp.17-29, 2006, 2-8041-5245-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05143404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la pédagogie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pascal Guibert. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Initiation aux sciences de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert, pp.83-88, 2006, 2-71117-6163-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05143416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constitution et identité des sciences de l'éducation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pascal Guibert. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Initiation aux sciences de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert, pp.11-32, 2006, 2-7117-6163-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05143424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la barbarie ou les deux sources de l'éthique éducative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christiane Gohier et Denis Jeffrey. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseigner et former à l'éthique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les presses universitaires de Laval, pp.23-39, 2005, 2 7637 8179 9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05188468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les controverses françaises sur l'école : la schizophrénie républicaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christiane Gohier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseigner et libérer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les presses de l'université de Laval, pp.39-60, 2002, 2 7637 7936 0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05188465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Existe-t-il des savoirs pédagogiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Houssaye, Michel Soëtard, Daniel Hameline, Michel Fabre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Manifeste pour les pédagogues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESF, pp.99-125, 2002, 2 7101 1559 X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05188459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux démocratiques du travail sur les représentations : le cas des didactiques des sciences économiques et sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alain Vergnioux et Henri Peyronie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sens de l'école et la démocratie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.187-202, 2001, 3 906767 38 8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05188472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La question du sens en formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Marie Barbier, Olga Galatanu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Signification, sens, formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUF, pp.127-138, 2000, 2-13-050647-X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05143364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce que la philosophie de l'éducation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Houssaye. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et philosophie. Approches contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESF, pp.269-298, 1999, 2 7101 1319 8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05188455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se former en enseignant : devenir pédagogue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Lesterlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, 132 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00820372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId263"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Michel FABRE </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Domaine de recherche :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Philosophie de l’éducation, Pédagogie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adresse :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Université de Nantes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Courriel : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fabremichelhenri@aol.com</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">agrégation de philosophie (1973)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">doctorat en science de l’éducation (1986)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">habilitation à diriger des recherches (1995)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statut :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Professeur émérite depuis octobre 2013.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laboratoire :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> CREN EA, 2661 (personnalité scientifique). Axe 5 (Savoir et Valeur)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Responsabilités :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Directeur du Centre de Recherche en Education de Nantes (2002-2010)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Créateur de la revue </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (REE), en 2006. Rédacteur en chef (2006-2015), Rédacteur en chef adjoint (2015…)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-fondateur de la Sofphied (Société Francophone de Philosophie de l’Education), 2006: Vice Président de la Sofphied (2006-2012), Président (2012…2018), membre du conseil scientifique (2018…)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-fondateur du réseau Problema et membre du conseil scientifique (2004…).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-animateur avec Céline Chauvigné du séminaire « Questions socialement vives et transmission des valeurs&amp;quot; (Axe 5 du CREN)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Philosophie de la formation : Rousseau, Dewey, Bachelard.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Philosophie de la problématisation : histoire, épistémologie, éthiquue</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Formation des enseignants</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (96)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation et démocratie : approches philosophiques. Introduction générale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Foray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfred Romuald Gambou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Hawken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Claire Husser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annuel de la Recherche en Philosophie de l’Éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 6, https://www.sofphied.org/annuel-de-la-recherche-en-philosophie-de-l-education/arphe-2025/introduction-du-dossier/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05546803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retrouver la foi démocratique par-delà le discrédit. Enjeux éducatifs du pouvoir instituant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annuel de la Recherche en Philosophie de l’Éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05547637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas et les problèmes de l’anthropocène : de l’utopie des solutions à la sagesse des seuils.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La pensée écologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1 (11), pp.39-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05214915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les questions socialement vives, quel dispositif dans la formation des enseignants et conseillers d'éducation au temps de l'Anthropocène ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05142781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présence et Médiation. Variations sur le tiers éducatif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d’Éthique Professionnelle en Philosophie et en Éducation. Études et Pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, n°6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser l'exil et le retour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La pensée d'ailleurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05326067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation et problématisation. Un itinéraire de recherche en philosophie de l'éducation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annuel de la Recherche en Philosophie de l’Éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, N°4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vous avez-dit éducation au politique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n°4, pp.33-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contextualisation et problématisation : du langage à l'histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 223</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vous avez-dit Wickled Philosophy ? Intérêts et limites d'un courant de recherche pour une éducation au politique dans un monde problématique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Phronesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 13, pp.128-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser la responsabilité éducative en anthropocène : le questionnement de Jonas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Télémaque. Philosophie, Education, Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n°66, pp.113-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser l’éducation à un monde incertain : perspectives pour l’École. Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Schmehl-Postaï</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Phronesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Penser l’éducation à un monde incertain : perspectives pour l’École, 13 (3), pp.11-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05568790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La théorie de l'enquête de John Dewey : fondements, réception et usage dans la recherche francophone en éducation et en formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joris Thievenaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 219</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Dewey : La démocratie comme forme de vie et ses implications éducatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n°74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humanisme et humanités : en prolongeant Dewey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annuel de la Recherche en Philosophie de l’Éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04488499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hommage : Pierre Pastré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Mayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Olry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joris Thievenaz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 237, pp.181-186. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/edpe.237.0181⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04453375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'idée d'expérience chez Dewey : entre la voie de Locke et la voie de Hegel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches &amp; éducations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le complexe de Münchausen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d’Éthique Professionnelle en Philosophie et en Éducation. Études et Pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2021-2022, pp.23-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditorial. &amp;quot;L'éducation citoyenne : idéaux, modèles sous-jacents et réalités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches &amp; éducations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 25, pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des &amp;quot;éducations à&amp;quot; aux problèmes pernicieux : repères pour une éducation au politique à l'école.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail et apprentissages : revue de didactique professionnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 26 (2), pp. 140-159. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ta.026.0140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04620836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Édito : John Dewey, notre contemporain. Une figure inspirante pour l'éducation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Roelens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches &amp; éducations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Hors-Série n° 2, https://journals.openedition.org/rechercheseducations/14979</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04118031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Verne unléconteporain ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Télémaque. Philosophie, Education, Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, n°62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Est-ce vraiment formateur ? Vers une topique de la formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Phronesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11, pp.12-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. &amp;quot; Les fondements philosophiques de l'éducation des adultes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Kerlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Phronesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11, pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditorial. &amp;quot;Neutralité à l'école : entre repères, apprentissages et postures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Monjo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 64, pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pédagogie saisie par la neuro-éducation : espoir ou imposture ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annuel de la Recherche en Philosophie de l’Éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduquer dans l'horizon de la catastrophe. Hans Jonas et la problématicité radicale du monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annuel de la Recherche en Philosophie de l’Éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, N°2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Problématologie des questions socialement vives. Repères épistémologiques pour l'école.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 210, pp.89-99</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans Jonas. responsabilité et paternalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/pensereduc.420⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03566384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce qui s'écrit dans la marge. Ecriture, formation intellectuelle et pouvoir.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modernos &amp; Contemporâneos : international Journal of Philosophy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 4 (9)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La philosophie et les questions vives de l'éducation. les cas de la Société francophone de philosophie l'éducation (Sofphied).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Les sciences de l'éducation en France : positionnement, tensions, avancées., 52 (1), pp.45-57. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lsdle.521.0045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02180583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditorial. &amp;quot;L’École entre valeurs et savoirs : des repères à construire pour une pédagogie du discernement&amp;quot;.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Monjo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecole et &amp;quot;post-vérité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 204, pp.47-56. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rfp.8424⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02426408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savoir et valeur. Pour une conception émancipatrice des &amp;quot;Éducations à</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une philosophie du discernement.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions Vives, recherches en éducation </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La faute à Dewey. À propos de quelques contresens sur sa philosophie de l'éducation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabre, M. (2017). Sens et usages contemporains de la laïcité.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01665612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dewey et le triangle de la formation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions Vives, recherches en éducation </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of neoadjuvant treatment in clinical T2N0M0 oesophageal cancer: results from a retrospective multi-center European study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sheraz Markar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Gronnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Pasquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Beal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Cancer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 56, pp.59-68. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejca.2015.11.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01666517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incidence and Risk Factors Related to Symptomatic Venous Thromboembolic Events After Esophagectomy for Cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Styliani Mantziari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Gronnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Pasquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Gagnière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Théreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Thoracic Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.athoracsur.2016.03.093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre et éduquer sans absolu.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Télémaque. Philosophie, Education, Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 50, pp.41-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'enquête et l'expression. Rhétorique et Poétique de la problématisation chez John Dewey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tréma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 45, pp.97-106</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perfectionnement ou conversion ? Quelles conceptions pédagogiques dans la formation des enseignants ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 203, pp.119-129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La liberté de questionner. Emancipation et problématisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 36, pp.9-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’étonnement au problème</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 200, pp.97-105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La question de la forme en éducation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 199, pp.9-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01278664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimalisme moral et maximalisme éthique chez John Dewey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, HS n°6, pp.71-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les trois sources de la vie philosophique chez John Dewey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Télémaque. Philosophie, Education, Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 45 (1), </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/tele.045.0057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les « Éducations à » : problématisation et prudence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 36, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/edso.875⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Être pragmatique ou être pragmatiste ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rassegna di pedagogia : Pädagogische Umschau : trimestrale di cultura pedagogica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 71 (1-2), pp.129-148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques implications éducatives de la problématologie : l'idée de réification chez Michel Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 32, pp.30-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’éducation du peuple et la démocratie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 29, pp.59-82</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment se repérer dans un monde problématique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 25, pp.29-43. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/edso.16318⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Est-il possible d’éduquer dans un monde problématique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue internationale de philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, n° 257 (3), pp.97-118. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rip.257.0097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du bon usage des controverses.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1, pp.153-170</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du bon usage des controverses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1, pp.153-170</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre recherche et formation des enseignants : travailler dans la zone de développement professionnel.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Musquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2HS, pp.47-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un répertoire d'inducteurs de problématisation. Analyse d'une banque de situations-problèmes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Musquer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spiral-E (Supplément)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.45-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment sortir de l'applicationnisme sans démagogie ? L'accompagnement des pratiques professionnelles des experts de l'agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et Formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 62, pp.51-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05125014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment aider l'élève à problématiser ? Les inducteurs de problématisation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Musquer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 42 (2), pp.111-129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce que problématiser ? Genèse d'un paradigme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 6, pp.22-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la culture du résultat à l'expérience formatrice : la pratique et le pragmatisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Portrait du précepteur en Renard. Émile ou la métis pédagogique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation &amp; Didactique = Éducation et Didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 2 (1), pp.89-103</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'éducation chez Dewey : conversion ou adaptation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 5, pp.33-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des savoirs scolaires sans problème et sans enjeux. La faute à qui ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 161, pp.69-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pédagogie sociale : inculcation ou problématisation ? L'exemple du développement durable dans l'enseignement agricole français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 1, pp.67-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La controverse de Valladolid ou la problématique de l'altérité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Télémaque. Philosophie, Education, Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 29, pp.7-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des pratiques et problématisation : quelques remarques épistémologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 51, pp.133-145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychanalyse de la connaissance et problématisation des pratiques pédagogiques : la longue marche vers le processus apprendre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 48, pp.75-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05127000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux sources de l'épistémologie des problèmes : Dewey et Bachelard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 38 (3), pp.53-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05127008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les jeux mimétiques de la forme et du sens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raisons éducatives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.207-222</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05127010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire de sa vie une oeuvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Orientation scolaire et professionnelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 33 (4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05127016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Ecole peut-elle encore former l'esprit ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 143, pp.7-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05127021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouvard et Pécuchet ou l'impuissance à problématiser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Télémaque. Philosophie, Education, Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 24, pp.137-154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05127026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aristote chez les sociologues du curriculum.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 8, pp.49-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05127060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une fac à construire : sur quelques aspects paradoxaux de l'expérience universitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marguerite Altet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Rayou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 136, pp.107-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05127041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mémoire professionnel est-il professionnalisant ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 35, pp.43-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La triangulation du sens. Le cas de la formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 7, pp.23-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation et modernité chez Bachelard : entre la joie d'apprendre et le bonheur d'habiter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Télémaque. Philosophie, Education, Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 15, pp.85-98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mémoire de recherche IUFM : vers une méthodologie d'analyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Benoît</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 32 (4-5), pp.91-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction des problèmes et franchissement d'obstacles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Orange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aster</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 24, pp.37-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pensée pédagogique et modèles philosophiques : le cas de la situation problème</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La formation, inconcevable et pourtant pensable : de quelques dualismes en formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 4, pp.53-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le docteur Itard, héros controversé de l'éducabilité.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 30 (1), pp.35-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'utopie bachelardienne de la formation à l'épreuve de la postmodernité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 1, pp.59-74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La formation comme régime nocturne : raison narrative et formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation permanente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 122 (1), pp.179-190</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logiques et problématiques d'articulation formation / recherche dans les dispositifs de professionnalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marguerite Altet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 17, pp.77-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la résolution de problème à la problématisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 4-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arpentages : stratégies d'appropriation de l'espace d'après Kafka</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux (CIEREC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, XXXII, pp.67-100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce que la formation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychanalyse de la raison didactique et professionnalisation des enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 1-2, pp.119-134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les représentations des personnages d'un récit chez les élèves de l'école maternelle : une approche méthodologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 4, pp.47-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une expérience de formation des maîtres : le cas des modules biologie à l'Ecole Normale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ridao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, 7 (103-114)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre la fable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1987, 3, pp.35-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlation Between the Morphology and the Lipid and Protein Compositions in the Peripheral Nervous System of Individual 8-Day-Old Normal and Trembler Mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Heape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Juguelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Boiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Garbay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Developmental Brain Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1986, 25 (2), pp.173-180. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0165-3806(86)90206-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05307634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elements pour une pédagogie du récit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1985, 1-2, pp.103-150</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'écocitoyenneté dans tous ses états....</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, HEP Vaud, Dec 2025, Lausanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05390196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une démarche d’éducation au politique : Le cas des Questions socialement vives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Compétences critiques et enseignement de l'histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Inspé de Nantes- recherche ANR, May 2025, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05135033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retrouver la foi démocratique par-delà le discrédit : Enjeux éducatifs du pouvoir instituant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de la Sofphied " éducation et démocratie"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Jean Monnet-Inspé, Jun 2025, Saint Etienne (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05135019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les QSV : quel genre de problèmes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Place et fonction des solutions dans les processus de problématisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Colloque Problema, 2023, Bruxelles (UBL), Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autour du projet démocratique...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Frega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Roelens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication en table ronde à la journée d’étude « Vous avez dit démocratie ? », INSPE de Nantes, laboratoire CREN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04329988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour un nouvel humanisme en prolongement de Dewey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quelles humanités pour éduquer et former au XXI e siècle ? Questions et perspectives philosophiques contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sofphied, 2023, Pessac, Université de Bordeaux IV, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lectures critiques croisées des Principia Politica de Michel Meyer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Roelens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Questions Socialement Vives et transmission des valeurs, laboratoire CREN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03915277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des &amp;quot;éducations à&amp;quot; aux problèmes pernicieux : repères pour une éducation au politique à l'école.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">l’évaluation dans la formation et dans les éducations à : de la mesure à la problématisation du sens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université d'Aix-Marseille, 2021, Marseille (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04294007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les éducations à et les cpe novices : quelles prises en charge pour quels enjeux ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Célébrer la pensée libre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Acfas, 2018, Chicoutimi, Québec université, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Figures contemporaines de l'état éducateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethique et politiques éducatives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sofphied, 2016, Nancy Université, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vous avez dit écocitoyenneté ? Repères pour une éducation au politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le bord de l'eau. 2025, 9782385191238</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05051985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropocène et éducation. Repères pour un monde incertain.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PURH. 2024, Penser les valeurs en éducation et en formation, 979-10-240-1805-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04620834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Problématisation et savoir scolaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2024, 9782336472614</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04797359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'enquête et le sens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2023, Critiques littéraires, 978-2 14-033018-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'éducation au politique. Les problèmes pernicieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, 9781784058890</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03843230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un avenir problématique. Éducation et responsabilité d'après Hans Jonas. Éditions Raison et Passions. 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation et frontières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Claire Husser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Rouen, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02061607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'éducation et les Lumières: Enjeux philosophiques et didactiques contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Raison et passions, 2020, 978 2 917645 75 8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02996106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Education et (post) vérité. L'épreuve des faits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 979-10-370-0258-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02345478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le religieux sans religion. Vivre et éduquer sans absolu ? (1850-1950)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Clavier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Rouen et du Havre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9791024011462</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02050497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethique & politiques éducatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Louis Go</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eirick Prairat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Fabre; Henri Louis Go; Eirick Prairat. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Nancy; Éditions universitaires de Lorraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.244, 2017, 978-2-8143-0314-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on enseigner autrement?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Fleury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'HARMATTAN, 2017, Jean Houssaye, Michel Soëtard, Loïc Chalmel, Michel Fabre, 978-2-343-12568-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01555572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce que problèmatiser?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">VRIN, 2017, 978-2-7116-2700-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sens du problème</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Boeck, 2016, 978-2-8041-9525-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'éducation de la liberté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Billouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2015, 978-2-343-05887-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01191870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les valeurs éducatives au risque du néo-libéralisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Gohier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PURH, 2015, 979-10-240-0420-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01130186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser la formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 978-2-84922-321-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01203502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'érotisme des problèmes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Charbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENS Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 978-2-84788-636-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01128882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation et humanisme.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 978-2-7116-2622-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01215209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Education et Minimalisme moral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, HS N°6, 2014, Recherche en éducation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les problèmes complexes flous en éducation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Weil Barais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constantin Xypas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Boeck. , 2014, 9782804188351</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01130241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Émile de Rousseau : regards d’aujourd’hui vu d’aujourd’hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Drouin-Hans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Kambouchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Vergnioux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hermann, 2013, 978-2-7056-8442-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Verne, Science, crises et Utopies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mustière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on encore éduquer à l'école ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Clavier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2013, 978-2-343-00495-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Verne, Science, technique et société : de quoi sommes-nous responsables ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mustière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coiffard, 2011, 978-2-919339-08-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éduquer pour un monde problématique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">P.U.F, 2011, 978-2-13-058979-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01132869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tiers éducatif : une nouvelle relation pédagogique : Figures et fonctions du tiers en éducation et formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Hétier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constantin Xypas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03795161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expérience et problématisation en éducation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adalberto Dias de Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Lhoste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Afrontamento. 2010, 978-972-36-1137-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01192774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philosophie et pédagogie du problème</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">VRIN, 2009, 978--7116-2164-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le problème et l'épreuve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'HARMATTAN, 2003, 2-7475-5449-X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01527118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaston Bachelard. La formation de l'homme moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hachette, 2001, Portraits d'éducateurs, 2.01.170673-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Situations-problèmes et savoir scolaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUF, 1999, Education et formation, 2 13 049619 9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Rousseau. Une fiction théorique éducative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hachette, 1999, 2.01.170593-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projets Narratifs III Approches didactiques de la compréhension du récit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CRDP, 1996, 2-86618-401-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachelard éducateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUF, 1995, 2 13 047207 9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'enfant et les fables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUF, 1989, Pédagogie d'aujourd'hui, 2130422519</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05113132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les lumières de la pandémie. L'esprit critique est-il soluble dans l'hydroxychloroquine?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire, Philosophie et sens de l'école/ Mélanges offerts à Eirick Prairat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Université de Lorraine, pp.129-144, 2025, 978-2-38451-159-'</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Edgar Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edgar Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Roelens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">C. Chauvigné et M. Fabre (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation et Anthropocène : Repères pour un monde incertain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rouen et du Havre, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03915383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'éducation à la responsabilité : Hans Jonas et Jean-Pierre Dupuy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Céline Chauvigné et MICHEL FABRE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthopocène et éducation. Repères pour un monde incertain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rouen et du Havre, pp.111-126, 2024, 979-10-240-1805-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des inducteurs aux aides à la problématisation : continuité et/ou rupture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Musquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bruno Lebouvier et Agnès Musquer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aides à la problématisation et apprentissages scolaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.29-50, 2024, 978-2-336-46816-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'Ecole Normale à l'IUFM et du Code Soleil à la nuit pédagogique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">André Pachod. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cent ans du Code Soleil. Le livre des instituteurs en questions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.31-46, 2024, 978-2-336-50499-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05128856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neutralité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In A. Barthes, J-M. Lange &amp; C. Chauvigné, Dictionnaire critique. Des enjeux et concepts des "éducations à"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp. 568- 575, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04620841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esprit es-tu là ? Légitimité et pertinence d'un vocabulaire non fonctionnel en éducation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">André Pachod. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Y croire, toujours et encore. Les spiritualités de l'enseignement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.127-148, 2023, 978-2-14-031773-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseaux sociaux et post-vérité : éduquer à la responsabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses des Mines. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In C. Roelens et C. Pélissie, Éthique, numériques et idéologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'inconvénient d'avoir deux maîtres : entre l'esprit rationaliste (Bachelard) et le souffle pragmatiste (Dewey)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rémi Casanova et Camille Roelens. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Figures inspirantes pour l'éducation. Contours épistémologiques, approches existentielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.75-80, 2022, 978-2-14-031530-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser l'école avec Durkheim : l'idée éducative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Louise Martinez, Isabelle Harlé et Laurent Trémel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'héritage de Durkheim pour l'éducation. Cent ans après</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rouen et du Havre, pp.59-74, 2022, 979-10-240-1623-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Postface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Orange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylvain Doussot, Magali Hersant, Yann Lhoste, Denise Orange Ravachol. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le cadre de l'apprentissage par problématisation. Apports aux recherches en didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUR, pp.201-216, 2022, Paideia, 978-2-7535-8607-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05542688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trois schèmes pour une Bildung cosmopolite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">MICHEL FABRE et Anne-Claire Husser. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et frontières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rouen et du Havre, pp.47-58, 2020, 979-10-240-1438-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Lumières sont-elles vraiment modernes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">MICHEL FABRE et Céline Chauvigné. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'éducation et les Lumières, enjeux philosophiques et didactiques contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions raison et passions, pp.56-82, 2020, 978-2-917645-75-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Dewey un Feuerbach américain ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">MICHEL FABRE et Loïc Clavier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le religieux sans la religion. Vivre et éduquer sans absolu ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rouen et du Havre, pp.159-172, 2019, 979-10-240-1146-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Marie Guyau ou l'anomie religieuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Fabre et Loïc Clavier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le religieux sans la religion. Vivre et éduquer sans absolu ? (1850-1950)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rouen et du Havre, pp.159-172, 2019, 979-10-240-1146-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La forme et le sens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Yves Seguy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Variations autour de la "forme scolaire" : Mélanges offerts à André D. Robert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Lorraine, pp.143-156, 2018, 978-2-8143-0517-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déontologisme tempéré et paternalisme faible. Une lecture pragmatique de la Morale du professeur.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Henri-Louis Go. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethique et éducation. Questions à Eirick Prairat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PURH, 2018, 979-10-240-O957-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Figures contemporaines de l’État éducateur : Le cas de l’éducation à la citoyenneté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Nancy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In Michel Fabre, Henri-Louis Go, Eirick Prairat, Ethiques et politiques éducatives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-2-8143-0314-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01665605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Figures contemporaines de l'Etat éducateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Fabre, Henri-Louis Go, Eirick Prairat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethique et politiques éducatives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUN, pp.89-103, 2017, 978-2-8143-0314-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A la recherche d'un nouvel humanisme : lecture de John Dewey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Denis Simard, Jean-François Cardin, Louis LeVasseur. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et humanisme. Variations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l'université Laval, pp.49-68, 2016, 978 2 7637 3276 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05188470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduquer et former dans un monde problématique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christophe Pichon, Gwennola Rimbaut, Nathanaël Wallenhorst. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Adultes et chrétiens en itinérance. Quels défis pour la formation ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.51-62, 2016, 978-2-343-08321-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05145328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une éthique problématologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Fabre, Brigitte Frelat-Kahn, André Pachod. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'idée de valeur en éducation. Sens, usages, pertinence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann, pp.17-30, 2016, 978 2 7056 93015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05188480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Généalogie de l'éthos néo-libéral. Perspectives foucaldiennes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Fabre et Christiane Gohier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les valeurs éducatives au risque du néolibéralisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PURH, pp.91-106, 2015, 979-10-240-0420-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir entrepreneur de soi-même</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Billouet et Michel Fabre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'éducation de la liberté : aliénation et émancipation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.91-106, 2015, 978-2-343-05887-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le flou des questions socialement vives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Fabre, Annick Weil-Barais, Constantin Xypas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les problèmes complexes flous en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, pp.22-36, 2014, 978-2-80418835-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arendt et Dewey. Une controverse fictive aux enjeux bien réels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alain Vergnioux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grandes controverses en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.75-96, 2013, 978-3-0343-1259</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dispositif de l'Emile comme analyseur pédagogique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anne-Marie Drouin-Hans, Michel Fabre,, Denis Kambouchner, Alain Vergnioux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Emile de Rousseau : regard d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hermann, pp.169-183, 2013, 978 2 7056 8442 6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05188474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liberté et méthode chez John Dewey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Soetard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méthode et philosophie. La descendance éducative de l'Emile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.153-171, 2012, 978-2-296-99332-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle éducation pour un monde problématique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alin Kerlan et Denis Simard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paul Ricoeur et la question éducative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l'Université Laval, pp.59-77, 2011, 978-2-84788-318-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le maître intérieur selon le rationalisme bachelardien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Fabre, Renaud Hétier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le tiers éducatif. Une nouvelle relation pédagogique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Deboeck, pp.21-30, 2011, 978-2-8041-6346-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05139527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce que conseiller veut dire ? L'entretien conseil comme problématisation &amp;quot;après coup&amp;quot; de la pratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Musquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Yves Robin et Isabelle Vinatier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conseiller et accompagner. Un défi pour la formation des enseignants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.105-138, 2011, 978-2-296-55147-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05145342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Portait de Jean-Jacques en renard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Billouet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Figures de la magistralité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.37-50, 2009, 978-2-296-10643-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05139560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'esprit est une école. Le maître intérieur chez Bachelard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Billouet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Figures de la magistralité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.101-112, 2009, 978-2-296-10643-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05139541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre intégrisme et relativisme : la problématisation comme émancipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anne-Marie Drouin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Relativisme en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.191-206, 2008, 978 2 296 06498 0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05188488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pirogue de Robinson. Essai sur l'irrationalité de l'action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marc Durand et Michel FABRE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les situations de formation entre savoirs, problèmes et activité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.59-80, 2007, 978-2-296-03642-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05143394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sommes-nous encore chrétiens, nous autres éducateurs ? (Durkheim et la généalogie de nos valeurs éducatives)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Henri Peyronie et Alain Vergnioux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et longue durée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUC, pp.53-68, 2007, 978-2-84133-258-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05137773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le savoir scolaire peut-il encore être formateur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pascal Guibert. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Initiation aux sciences de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert, pp.99-106, 2006, 2-7117-6163-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05143413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce que problématiser ? L'apport de John Dewey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Michel Fabre, Etienne Vellas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Situations de formation et problématisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, pp.17-29, 2006, 2-8041-5245-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05143404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la pédagogie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pascal Guibert. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Initiation aux sciences de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert, pp.83-88, 2006, 2-71117-6163-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05143416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constitution et identité des sciences de l'éducation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pascal Guibert. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Initiation aux sciences de l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert, pp.11-32, 2006, 2-7117-6163-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05143424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la barbarie ou les deux sources de l'éthique éducative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christiane Gohier et Denis Jeffrey. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseigner et former à l'éthique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les presses universitaires de Laval, pp.23-39, 2005, 2 7637 8179 9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05188468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les controverses françaises sur l'école : la schizophrénie républicaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christiane Gohier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseigner et libérer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les presses de l'université de Laval, pp.39-60, 2002, 2 7637 7936 0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05188465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Existe-t-il des savoirs pédagogiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Houssaye, Michel Soëtard, Daniel Hameline, Michel Fabre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Manifeste pour les pédagogues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESF, pp.99-125, 2002, 2 7101 1559 X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05188459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux démocratiques du travail sur les représentations : le cas des didactiques des sciences économiques et sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alain Vergnioux et Henri Peyronie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sens de l'école et la démocratie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.187-202, 2001, 3 906767 38 8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05188472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La question du sens en formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Marie Barbier, Olga Galatanu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Signification, sens, formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUF, pp.127-138, 2000, 2-13-050647-X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05143364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce que la philosophie de l'éducation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Houssaye. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education et philosophie. Approches contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESF, pp.269-298, 1999, 2 7101 1319 8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05188455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Se former en enseignant : devenir pédagogue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Lesterlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, 132 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00820372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId271"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E440D61A"/>
+    <w:nsid w:val="54A64570"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -254,51 +254,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="733D8397"/>
+    <w:nsid w:val="9302D51A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -488,51 +488,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fabremichelhenri@aol.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142781v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chauvign&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fabre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113201v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326067v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214915v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113211v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113208v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113210v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113203v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113200v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113213v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Thievenaz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113202v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04453375v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mayen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Olry" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.237.0181" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113215v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113214v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352481v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620836v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ta.026.0140" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04118031v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roelens" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488499v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113216v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113218v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352462v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kerlan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352454v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Monjo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124869v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124876v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566384v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pensereduc.420" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124880v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124898v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180583v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdle.521.0045" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/B18-C2H1HZV8-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124917v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124904v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02426408v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.8424" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352429v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124926v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665612v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124920v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01563338v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Styliani Mantziari" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gronnier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Pasquer" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Gagni&#232;re" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Th&#233;reaux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.athoracsur.2016.03.093" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124937v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124932v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01666517v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheraz Markar" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Duhamel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Beal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2015.11.024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MF9HCKCL-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124953v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124947v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217243v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278664v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124960v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217284v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tele.045.0057" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217274v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.875" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124966v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217232v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217201v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217193v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rip.257.0097" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217177v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.16318" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124974v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217158v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124990v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Musquer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126573v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126578v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125014v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Fleury" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124999v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126587v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126585v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126581v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126591v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126593v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126993v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126590v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127000v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127008v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127010v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127016v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127026v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127021v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127060v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127041v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Altet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rayou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128465v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lang" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128474v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128485v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128481v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Beno&#238;t" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128501v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Orange" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128507v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128490v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128495v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128512v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128519v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128532v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128528v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128543v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128539v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128546v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128555v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128561v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ridao" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128610v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307634v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Heape" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Juguelin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Boiron" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Garbay" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0165-3806(86)90206-3" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8DH2Z57L-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128616v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390196v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135033v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135019v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293992v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04329988v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Frega" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293940v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03915277v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294007v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293953v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293961v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051985v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620834v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797359v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113143v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843230v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217226v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061607v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Husser" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996106v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345478v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.decitre.fr/livres/education-et-post-verite-9791037002587.html" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02050497v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Clavier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100854460" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689934v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Louis Go" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eirick Prairat" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100901820" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555572v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527115v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527114v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130186v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Gohier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01128882v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Charbonnier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://catalogue-editions.ens-lyon.fr/fr/livre/?GCOI=29021100692840" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203502v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215209v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191870v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Billouet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200481v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Durand" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130241v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Weil Barais" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantin Xypas" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192655v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Drouin-Hans" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Kambouchner" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vergnioux" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192763v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Musti&#232;re" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192626v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Clavier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Etienne" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132869v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03795161v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud H&#233;tier" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192682v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192774v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adalberto Dias de Carvalho" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Lhoste" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527113v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527118v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113147v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113137v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113146v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113149v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113141v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113132v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128838v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132185v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132180v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128856v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620841v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03915383v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Morin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132192v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293761v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132231v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132213v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132260v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132244v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132292v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132276v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132299v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137624v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665605v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137651v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188470v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145328v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188480v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137659v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137665v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137696v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137710v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188474v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137735v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137726v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139527v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145342v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139541v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139560v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188488v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143394v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137773v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143413v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143404v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143416v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143424v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188468v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188465v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188459v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188472v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143364v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188455v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00820372v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Moreau" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Lesterlin" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fabremichelhenri@aol.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05546803v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fabre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Foray" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Romuald Gambou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Hawken" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Husser" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547637v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chauvign&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214915v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142781v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113201v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326067v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113211v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113208v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113203v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113210v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113200v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05568790v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Schmehl-Posta&#239;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113213v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Thievenaz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113202v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488499v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04453375v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mayen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Olry" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.237.0181" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113215v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113214v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352481v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620836v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ta.026.0140" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04118031v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roelens" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113216v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113218v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352462v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kerlan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352454v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Monjo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124880v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124869v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124876v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566384v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pensereduc.420" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124898v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180583v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdle.521.0045" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/B18-C2H1HZV8-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352429v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02426408v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.8424" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124917v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124904v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124926v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665612v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124920v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01666517v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheraz Markar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gronnier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Pasquer" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Duhamel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Beal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2015.11.024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MF9HCKCL-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01563338v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Styliani Mantziari" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Gagni&#232;re" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Th&#233;reaux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.athoracsur.2016.03.093" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124937v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124932v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124947v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124953v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217243v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278664v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124960v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217284v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tele.045.0057" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217274v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.875" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124966v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217232v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217201v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217177v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.16318" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217193v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rip.257.0097" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124974v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217158v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124990v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Musquer" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126573v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125014v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Fleury" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126578v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124999v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126581v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126587v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126585v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126591v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126590v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126593v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126993v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127000v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127008v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127010v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127016v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127021v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127026v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127060v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127041v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Altet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rayou" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128465v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lang" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128474v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128485v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128481v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Beno&#238;t" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128501v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Orange" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128490v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128507v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128495v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128512v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128519v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128528v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128532v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128546v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128543v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128539v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128555v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128561v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ridao" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128610v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307634v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Heape" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Juguelin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Boiron" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Garbay" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0165-3806(86)90206-3" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8DH2Z57L-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128616v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390196v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135033v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135019v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293992v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04329988v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Frega" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293940v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03915277v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294007v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293953v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293961v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051985v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620834v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797359v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113143v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843230v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217226v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02061607v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996106v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345478v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.decitre.fr/livres/education-et-post-verite-9791037002587.html" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02050497v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Clavier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100854460" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689934v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Louis Go" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eirick Prairat" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100901820" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555572v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527115v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527114v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191870v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Billouet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130186v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Gohier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203502v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01128882v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Charbonnier" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://catalogue-editions.ens-lyon.fr/fr/livre/?GCOI=29021100692840" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215209v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200481v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Durand" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130241v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Weil Barais" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantin Xypas" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192655v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Drouin-Hans" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Kambouchner" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vergnioux" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192763v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Musti&#232;re" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192626v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Clavier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Etienne" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192682v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01132869v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03795161v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud H&#233;tier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192774v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adalberto Dias de Carvalho" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Lhoste" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527113v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01527118v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113147v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113137v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113146v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113149v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113141v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05113132v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128838v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03915383v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Morin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132185v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132180v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128856v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620841v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132192v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293761v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132213v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132231v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05542688v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132244v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132260v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132292v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132276v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132299v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137624v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665605v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137651v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188470v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145328v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188480v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137659v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137665v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137696v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137710v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188474v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137735v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137726v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139527v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145342v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139560v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139541v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188488v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143394v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137773v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143413v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143404v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143416v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143424v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188468v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188465v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188459v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188472v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143364v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188455v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00820372v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Moreau" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Lesterlin" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>