--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:108.78186968839px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Michel Gradeck </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">fulle professor at University of Lorraine (France)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">michel-gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">135645255</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Full professor at Université de Lorraine since 2013, I carry out my research in LEMTA laboratory, a unit affiliated to CNRS. For one year in 2011, I was a fellow at the Center of Smart Interface in Darmstadt in the team of Pr Tropea. Before that, in 2000, I was a full-time researcher at the CNRS for 6 months, in order to initiate and develop research in the field of boiling applied to cooling systems, a new research field in LEMTA laboratory.Indeed, my main research area deals with two-phase flows with phase change and applies to many industrial issues (steel industry, nuclear safety, etc.) for which I have established long-term partnerships with major industrial groups or institutes such as CEA, IRSN and IRTM2P through national research programs (ANR) or European research ones (EURATOM)Before becoming deputy director of LEMTA in 2023, I have been leading for 3 years the research group, &amp;quot;Fluid media, rheophysics&amp;quot; within LEMTA which includes 4 research teams, 28 researchers, 18 PhD students and 2 post-docs with a budget of around 900k€/year.During 5 years (1/2019 to 12/2023), at the national level, I led GDR CNRS TRANSINTER (</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://gdr2042-transinter.univ-lorraine.fr/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">), a research network of 23 laboratories, 6 industrial companies (ArcelorMittal, Vallourec, Constellium, Ariane Group, Renault Nissan Mitsubishi, Air Liquide) and 4 institutes (INRA, IRSN, CEA, ONERA). More than 200 researchers or industrials are members. This network provides researches on heat and mass transfers. I am now involved in as its deputy director.At international level, I signed a “co-tutelle agreement” with University of Campinas (UNICAMP, Brazil) for the supervision of Arlindo Theodoro de Souza Netto for the study of a transient boiling systems dedicated to the reduction of fuel consumption in the starting phase of cold engine (defended on 21th march 2025). I am also engaged in a project with University of Sao Paulo – San Carlos School Engineering. This project is led by Prof. Dr. Arthur Oliveira, a former postdoc in my research group and is dedicated to the study of heat and mass transfer within multiple droplet impingements on high temperature surface</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (57)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of the heating process of a small volume of ethanol under subcritical, critical and supercritical pressures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlindo Souza Netto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V.S. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rogério Gonçalves dos Santos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Thermal Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 219, pp.110163. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2025.110163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05267383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inverse ARX (IARX) method with delay parameter for function estimation in slow-response systems: application to an inverse heat conduction problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Dias Do Nascimento</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Oliveira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Thermal Sciences: An International Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1615/ComputThermalScien.2025057223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05030014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scale and model effects analysis on the radial jet thermal–hydraulic behavior in sodium fast reactor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Jourdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guenadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 443, pp.114352. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2025.114352⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05267375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of heat dissipation phenomena in dispersed flow film boiling using a mechanistic model and different correlations for droplet impact heat transfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.E. Luna Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V.S. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 245, pp.126955. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2025.126955⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05016402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SFR core-catcher safety issue: experimentation and simulation of its ablation by an impinging jet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Avrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Djermoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 217, pp.111329. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anucene.2025.111329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04990500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of steam deviation, droplets mass flow rate and residual power on dispersed flow film boiling at sub-channel scale in LOCA conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.E. Luna Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V.S. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 428, pp.113450. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2024.113450⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Similarity studies of buoyancy effects in impinging jets – Application to SFR core</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Jourdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guenadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 413, pp.112563. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2023.112563⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mass log-stable distribution of fragments in liquid–liquid jet fragmentation based on a two-step cascade between viscous Kelvin-Helmholtz instability and Rayleigh-Taylor instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miloud Hadj-Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bowen Ji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gagan Kewalramani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Multiphase Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 167, pp.104518. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2023.104518⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04151013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of the expansion phase of Sodium fast reactor severe accident</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Mouly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 186, pp.109717. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anucene.2023.109717⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model for core catcher ablation and cavity shape in the film regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Payot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Journeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 414, pp.112591. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2023.112591⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04233198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ablation of a solid by an immersed jet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Avrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 414, pp.112590. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2023.112590⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ablation of a Solid Material by High Temperature Liquid Jet Impingement: An Application to Corium Jet Impingement on a Sfr Core-Catcher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaoyang Gaus-Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Cron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrix Fluhrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Engineering and Radiation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 8 (1), pp.11308. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4051448⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental analysis of Lagrangian paths of drops generated by liquid/liquid sprays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gagan Kewalramani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bowen Ji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Dossmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 63 (9), pp.147. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-022-03496-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using a linear inverse heat conduction model to estimate the boundary heat flux with a material undergoing phase transformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teixeira Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Schick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Thermal Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 219, pp.119406. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2022.119406⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03808763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermocouple response time estimation and temperature signal correction for an accurate heat flux calculation in inverse heat conduction problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V.S. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Avrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 185, pp.122398. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2021.122398⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of flow redistribution in 7 × 7 ballooned fuel bundle experiments using DRACCAR code</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.E. Luna Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V.S. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 396, pp.111888. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2022.111888⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03921718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of the heat transfer of single-jet impingement cooling onto a large heated plate near industrial conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. v. s. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-L. Borean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Schick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Teixeira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 184, pp.121998. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2021.121998⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03469112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the ablation consecutive to jet impingement on a meltable solid – Application to SFR core-catcher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Payot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Journeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 377, pp.111147. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2021.111147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03190574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Water-Ingression during top-flooding of corium melts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Villarreal Larrauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Meignen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 381, pp.111353. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2021.111353⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03287953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric effects on the flow redistribution in ballooned bundles evaluated by magnetic resonance velocimetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V.S. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Stemmelen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Thermal and Fluid Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 125, pp.110383. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.expthermflusci.2021.110383⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03162585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fragmentation of a liquid metal droplet falling in a water pool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hadj-Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Meignen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 33 (10), pp.103315. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0062430⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03474967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inverse ARX (IARX) method for boundary specification in heat conduction problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. v. s. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Zacharie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Remy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Schick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 180, pp.121783. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2021.121783⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03444243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classification of ablation mode during impact of hot liquid jet on a solid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Payot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Journeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 181, pp.121883. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2021.121883⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03341319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spheroidal droplet deformation, oscillation and breakup in uniform outer flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Castrillon Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Meignen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miloud Hadj Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2020.675⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02940087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ablation d'un bloc de glace transparente par un jet d'eau chaude –Application à la sûreté des RNR-Na</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Payot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entropie : thermodynamique – énergie – environnement – économie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2020.0519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02861514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of dispersed flow film boiling at sub-channel scale in LOCA conditions: Influence of the steam flow rate and residual power</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V.S. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.D. Peña Carrillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Thermal Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 172, pp.115143. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2020.115143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02866663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Velocity field and flow redistribution in a ballooned 7x7 fuel bundle measured by magnetic resonance velocimetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Stemmelen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 369, pp.110828. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2020.110828⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02940079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanistic modeling of the thermal-hydraulics in polydispersed flow film boiling in LOCA conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V.S. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.D. Peña Carrillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 357, pp.110388. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2019.110388⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02433846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental thermal hydraulics study of the blockage ratio effect during the cooling of a vertical tube with an internal steam-droplets flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan-David Peña-Carrillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 140, pp.648-659. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2019.06.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gibbs Adsorption Impact on a Nanodroplet Shape: Modification of Young–Laplace Equation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mykola Isaiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergii Burian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonid Bulavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Chaze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 122 (12), pp.3176 - 3183. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpcb.7b12358⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01832695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined three-color LIF-PDA measurements and infrared thermography applied to the study of the spray impingement on a heated surface above the Leidenfrost regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-D Pena-Carillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 104, pp.1008-1021. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2016.07.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal management of metallic surfaces: evaporation of sessile water droplets on polished and patterned stainless steel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Czerwiec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Tsareva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Andrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Bortolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Bolzan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 258, </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899X/258/1/012003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01723339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient tuning of potential parameters for liquid–solid interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mykola Isaiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergii Burian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonid Bulavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 42 (11), pp.910 - 915. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/08927022.2015.1105372⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01410119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of spray impingement hydrodynamic on a hot surface at high flow rates using phase Doppler analysis and infrared thermography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 100, pp.65 - 78. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2016.01.041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of boiling heat transfer and phase transformations on the deformation of a steel tube during quenching by impinging water jets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Devynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Benard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Engineering Technology / Materialwissenschaft und Werkstofftechnik</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 47 (8), pp.755-761. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mawe.201600609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02934438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude thermique expérimentale des suspensions non newtoniennes en écoulement dans une conduite horizontale à géométrie variable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Fanou Zinsou Fagla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Degan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Vianou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Afrique Science : revue internationale des sciences et technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 10 (4), 22p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01425272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative study of the cooling of a hot temperature surface using sprays and liquid jets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2014.11.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01578971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heat transfer for Leidenfrost drops bouncing onto a hot surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Ruyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Thermal and Fluid Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 47, pp.14 - 25. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.expthermflusci.2012.10.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01430703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy balance of droplets impinging onto a wall heated above the Leidenfrost temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Dunand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Castanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Fluid Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 44, pp.170 - 180. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatfluidflow.2013.05.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01427475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling rheology of isothermal flow of carboxymethyl-cellulose-alginate suspension in a horizontal conduit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Fanou Zinsou Fagla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Baravian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Science and Technology (JAST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 18, pp.8-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01431370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-phase flow across a partially damaged core during the reflood phase of a loca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ruyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Biton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lelong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Secondi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 264, pp.187 - 194. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2013.02.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01431053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heat transfer of droplets impinging onto a wall above the Leidenfrost temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Dunand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Castanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 341 (12), pp.75 - 87. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crme.2012.11.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01430702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Study of Heating of the Newtonian Suspensions made of Large Hard Spheres Based on the Glucose & Water Solutions Flowing in a Horizontal Duct</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Fanou Zinsou Fagla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Baravian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Scientific Research &amp; Engineering Technology (IJSET)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4 (4), pp.790-802</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01431230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solution of an inverse problem in the Hankel space - Infrared thermography applied to estimation of a transient cooling flux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules A Ouattara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Rémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Thermal and Fluid Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 36, pp.56 - 64. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.expthermflusci.2011.08.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooling of a Rotating Cylinder by a Subcooled Planar Jet - Influence of the Surface Velocity on Boiling Regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Devynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Varlez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Key Engineering Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Key Engineering Materials, 504, pp.1049--1054. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/KEM.504-506.1049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01427476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heat transfer from a hot moving cylinder impinged by a planar subcooled water jet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arsene Kouachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Borean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 54 (25-26), pp.5527-5539. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2011.07.038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heat transfer associated to a hot surface quenched by a jet of oil-in-water emulsion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aboubacar Ouattara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Thermal and Fluid Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 35 (5), pp.841-847. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.expthermflusci.2010.07.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boiling curves in relation to quenching of a high temperature moving surface with liquid jet impingement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arsène Kouachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Volle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 52 (5-6), pp.1094-1104. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2008.09.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Practical application of inverse heat conduction for wall condition estimation on a rotating cylinder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Volle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arsene Kouachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 52 (1-2), pp.210-221. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2008.05.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of droplet wall heat transfer under LOCA conditions in a PWR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maillet Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lelong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Repetto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, La Houille Blanche 4, pp.52 - 57. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/2009044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inverse heat conduction applied to the measurement of heat fluxes on a rotating cylinder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Volle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maillet Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arsène Kouachi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Heat Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 130 (8), pp.081302. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.2928013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-analytical inverse heat conduction on a rotating cylinder with laplace and fourier transforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Volle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inverse Problems in Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 16 (5), pp.655-674. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17415970701198373⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and numerical study of the hydraulic jump of an impinging jet on a moving surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arsène Kouachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adil Dani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David L Arnoult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Borean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Thermal and Fluid Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 30 (3), pp.193-201. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.expthermflusci.2005.05.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">local analysis of heat transfer inside corrugated channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Hoareau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 48 (10), pp.1909-1915. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2004.12.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental thermomechanic study of Newtonian and non-Newtonian suspension flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Fanou Zinsou Fagla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Baravian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 48 (16), pp.3469-3477. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2004.12.052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">two-phase gas-liquid flow in horizontal corrugated channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Multiphase Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 26 (3), pp.435-443. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0301-9322(99)00018-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wall shear measurements inside corrugated channels using the electrochemical technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 24 (1), pp.17-26. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s003480050146⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (65)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-temporal Dynamics of the Surface Waves in a Liquid-Liquid Jet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gagan Kewalramani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Dossmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Multiphase flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de Mécanique des Fluides de Toulouse, May 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05461387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of geometric effects on the ablation of solid surfaces by an impinging jet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Djermoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Multiphase flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de Mécanique des Fluides de Toulouse, May 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05461371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Various Correlations for Direct-Contact Heat Transfer in Dispersed Flow Film Boiling Using the DRACCAR Code</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Esteban Luna Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V S Oliveira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NUTHOS14 - The 14th International Topical Meeting on Nuclear Reactor Thermal Hydraulics, Operation and Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Vancouver (Canada), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence d'une source interne sur la température de Leidenfrost – application à un écoulement de type DFFB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Esteban Luna Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V.S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32ème Congrès Français de Thermique : Thermique et Architecture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICUBE, Jun 2024, Strasboug, France. pp.421 - 428, </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25855/SFT2024-029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FIRST VALIDATIONS OF A THREE-DIMENSIONAL INVERSE HEAT CONDUCTION MODEL TO ESTIMATE THE BOUNDARY HEAT FLUX FOR FUTURE SPRAY COOLING EXPERIMENTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Vieira da Silva Vieira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on Inverse Problems in Engineering June 23-28, 2024, Búzios, Rio de Janeiro, Brazil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Federal University of Rio de Janeiro, Jun 2024, Buzios (Brazil), Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation numérique des transferts thermiques lors de la trempe d'un alliage métallique oxydé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Varé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Teixeira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Schick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32ème congrès françois de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Strasbourg, France. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25855/SFT2024-078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04807928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SURFACE TEMPERATURE RECONSTRUCTION OF A FUEL HEATER</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlindo T Souza Netto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rogério Gonçalves dos Santos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on Inverse Problems in Engineering June 23-28, 2024, Búzios, Rio de Janeiro, Brazil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Buzios (Brazil), Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude expérimentale de l'effet de la rugosité sur l'ablation d'une paroi solide par un jet liquide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Avrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Djermoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès français de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICUBE, Jun 2024, Strasbourg, France. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25855/SFT2024-030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimentation and simulation of ablated surface by jet impingement for core-catcher safety issue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Avrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Djermoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 11th European Review Meeting on Severe Accident Research (ERMSAR2024) KTH, Stockholm, Sweden, May 13-16, 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, KTH Sweden, May 2024, Stockholm (Suède), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical and experimental study of parallelized two-phase heat exchangers for high performance computing processors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Amate--Vignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Raeth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th World Conference on Experimental Heat Transfer, Fluid Mechanics and Thermodynamics, 22-26 August 2024, Rhodes Island, Greece</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Rhodes (Grèce), Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INCLUDING THE DELAY PARAMETER IN THE INVERSE ARX (IARX) METHOD FOR FUNCTION ESTIMATION IN SLOW-RESPONSE SYSTEMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on Inverse Problems in Engineering June 23-28, 2024, Búzios, Rio de Janeiro, Brazil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Buzios (Brazil), Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation d'un écoulement dispersé vapeur/gouttes dans un tube vertical, comparaison de différents modèles de transfert goutte/paroi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Esteban Luna Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V.S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31e Congrès de la société française de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, iTheMM - Institut de Thermique, Mécanique et Matériaux, May 2023, Reims, France. pp.337-344</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04415459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ablation of a solid by a circular immersed or free-surface jet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Avrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Seiler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on Multiphase Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kobe University, Apr 2023, Kobe, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04415716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transient conduction heat transfer simulation of a fuel heater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlindo T Souza Netto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V.S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rogério Gonçalves dos Santos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès français de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Reims Champagne Ardenne, May 2023, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04415482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mass log-stable distribution of fragments in liquid-liquid fragmentation with solidification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gagan Kewalramani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji Bowen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 11th International Conference on Multiphase Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kobe University, Apr 2023, Kobe, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04415541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and numerical thermal-hydraulics study of a steam-droplets flow in a venturi-type vertical tube with flow deviation -application to LOCA in PWR reactor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Esteban Luna Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on Multiphase Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kobe University, Apr 2023, Kobe, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04415711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of dispersed flow film boiling in LOCA conditions considering different fuel rod blockage ratios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Esteban Luna Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Topical Meeting on Nuclear Reactor Thermal Hydraulics (NURETH-19)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ANS, Mar 2022, Virtual Meeting, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03727179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of core molten material fast vaporisation and expansion for the evaluation of sfr severe accident consequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Mouly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Topical Meeting on Nuclear Reactor Thermal Hydraulics (NURETH-19)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03727171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation du refroidissement d'un sous-canal combustible de REP lors d'un APRP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Esteban Luna Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès français de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03728116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SCALE EFFECTS METHODOLOGY APPLIED TO UPRISING JETS IN ASTRID</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Jourdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Guenadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Topical Meeting on Nuclear Reactor Thermal Hydraulics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Virtual conference, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05448681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Project of a pressure stabilizing closed system for fast boiling experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlindo T Souza Netto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rogério Gonçalves Dos Santos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès français de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03728118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scale effects methodology applied to uprising jets in astrid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Jourdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Guenadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Topical Meeting on Nuclear Reactor Thermal Hydraulics (NURETH-19)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03727184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scale effects methodology for buoyant impinging jets in sodium fast reactors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Jourdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guenadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NENE2021 - International Conference "Nuclear Energy for New Europe 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Bled, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05448628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation de l'écoulement dispersé vapeur/gouttes dans des conditions d'APRP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Esteban Luna Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Repetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29e Congrès français de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française de Thermique, Jun 2021, Belfort, France. </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25855/SFT2021-037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03529904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instrumentation study for aspersion cooling experiments aiming optimal estimation of the heat flux dissipation by 2D inverse heat conduction problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soumaya Sokakini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teixeira Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Schick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECHT 2021 and QDE – 2nd International Conference on Quenching and Distortion Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AWT - Arbeitsgemeinschaft Wärmebehandlung und Werkstofftechnik, Apr 2021, Online, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droplets interaction effects on the heat removed by droplets impact onto heated wall in a polydispersed flow film boiling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Luna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICLASS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Edinburg, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2218/iclass.2021.5934⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ablation d'un bloc de glace transparente impacté par un jet d'eau chaude - Application à la sûreté des RNR-Na</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Payot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28e Congrès français de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Belfort, France. pp.325-332</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03529876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of an automotive injector for doplets generation in the study of dispersed flow film boiling in loca conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Dambros Telli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Roberto Altafini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovani Dambros Telli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th Brazilian Congress of Thermal Sciences and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Online, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de l'ablation d'une paroi solide par un jet liquide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Payot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24e Congrès français de mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03529861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenomenological study of the ablation by melting of a solid impinged on by a liquid jet applications to ASTRID's core-catcher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Payot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Multiphase Flow ICMF 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02433934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Thermal-Hydraulic Study Of A Steam-Droplets Flow Inside A Vertical Pipe -Application To Loca In PWR Reactor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan David Pena Carrillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. V. S. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NURETH 18</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Portland (Oregon), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02433923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fragmentation of a liquid metal jet into water</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miloud Hadj-Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Meignen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th European Conference on Liquid Atomization and Spray Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02444727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical Transient Two-Phase Model For Dry-Superheated Debris Bed Under Top Flooding Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Villarreal Larrauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Meignen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NURETH 18</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Portland (Oregon), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02433911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des transferts thermiques d'un écoulement vertical vapeur/gouttes dans une géométrie tubulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan David Peña Carrillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Repetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e Congrès français de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03529839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental thermal-hydraulic study of a steam-droplets flow inside a vertical pipe during the cooling phase in LOCA conditions -effect of the steam flow rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J David Peña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Multiphase Flow, ICMF 2019,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02433931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de l'ablation d'une surface solide par un jet chaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célien Zacharie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miloud Hadj-Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Payot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thermique et Sciences de l’Information - 26e Congrès français de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française de Thermique, May 2018, Pau, France. pp.696-703</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03529815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new experimental R&D program associated with the corium jet impingement on the ASTRID core catcher sacrificial material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Payot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Journeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Suteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Serre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress on Advances in Nuclear Power Plants (ICAPP 18)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Charlotte, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification des transferts thermiques d'un écoulement vertical vapeur/gouttes dans une géométrie tubulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan David Peña Carrillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Repetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès français de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03529820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interplay between liquid-liquid secondary fragmentation and solidification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miloud Hadj-Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Meignen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Topical Meeting on Nuclear Reactor Thermal Hydraulics (NURETH-17)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Xian, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined three-color LIF-PDA measurements and infrared thermography applied to the study of the spray impingement on a heated surface above the Leidenfrost regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan-David Pena-Carillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Symposium on the Application of Laser and Imaging Techniques to Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Lisbonne, Portugal. pp.1008 - 1021, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2016.07.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01445616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures instantanées par fluorescence induite par plan laser et thermographie infra-rouge des transferts de chaleur pour une goutte impactant une paroi en régime d’ébullition en film</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Chaze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophelie Caballina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Castanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25ème Congrès Français de Thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heat transfer inside a blocked region of a rod bundle during a LOCA-simulations and experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan David Peña Carrillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Repetto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th World Conference on Experimental Heat Transfer, Fluid Mechanics and Thermodynamics (EXHFT-9)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Iguazu, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study on Heat Transfer Inside a Blocked Region of a Rod Bundle During a LOCA - Model and Experimental Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan-David Peña-Carrillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Repetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Topical Meeting on Nuclear Reactor Thermal Hydraulics NURETH-17</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Xian, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'influence de la solidification sur le processus de fragmentation d'une goutte de métal liquide dans l'eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miloud Hadj Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25ème Congrès Français de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures couplées PDA-LIF3c et thermographie infrarouge appliquées à l'étude de l'impact de sprays sur une paroi chaude en régime de Leidenfrost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan-David Peña-Carrillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Français de Thermique SFT 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française Thermique, May 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01449540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study on fragmentation of a molten jet into water</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miloud Hadj-Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Castrillon Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Multiphase Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Firenze, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01445591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A study off liquid-liquid secondary fragmentation with solidification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miloud Hadj-Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Castrillon Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Multiphase Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Firenze, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01445585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of boiling heat transfer and phase transformations on the deformation of a steel tube during quenching by impinging water jets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Devynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> IDE 2015 International Conference on Distortion Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Brême, Germany. pp.755 - 761, </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mawe.201600609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01445321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures couplées de LIF3c, d'analyse Phase Doppler et de thermographie infra-rouge pour l'étude du refroidissement de surfaces chaudes par sprays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J D Pena-Carillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème Congrés Francophone sur les Techniques Laser</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01578987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study on heat transfer inside a blocked region of a rod bundle during a LOCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan David Peña Carrillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Repetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Topical Meeting on Nuclear Reactor Thermal-Hydraulics, Operations and Safety - NUTHOS 11</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Gyeongju, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the Vapor Flow on the Drop Spreading in the Leidenfrost Regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Castanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Caballina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IHTC-15 : 15th International Heat Transfer Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Tokyo, Japan. </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1615/IHTC15.min.009574⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01444401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Two-Scale Approach for Modeling the Corium Melt Fragmentation during Fuel-Coolant Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Castrillon Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle R. Meignen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Picchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NURETH-16 : International Topical Meeting on Nucelar Reactor Thermal Hydraulics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Chicago, IL, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01445539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative study of the cooling of a hot temperature surface using sprays and liquid jets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IHTC-15 : 15th International Heat Transfer Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Tokyo, Japan. pp.889 - 900, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2014.11.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The R&D PERFROI project on Thermal mechanical and thermal hydraulics behaviors of a fuel rod assembly during a Loss Of Coolant Accident</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Repetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Dominguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Durville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Carnemolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio C. Campello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Topical Meeting on Nucelar Reactor Thermal 16th Hydraulics (NURETH-16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Nuclear Society, Aug 2015, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01445542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures couplées d’analyse phase Doppler et de thermographies infra-rouge pour l’étude du refroidissement de surfaces chaudes par sprays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème Congrès Francophone sur les Techniques Laser pour la Mécanique des Fluides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut universitaire des systèmes thermiques industriels; Institut de Recherche sur les Phénomènes Hors Equilibre; Laboratoire de Génie Chimique et Instrumentation Sep 2014, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01447127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison du refroidissement de surfaces à hautes températures en utilisant des sprays polydisperses ou jet liquide dans des conditions semi-industrielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Français de Thermique SFT 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française Thermique, Jun 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01447030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Core coolability in loss of coolant accident: the PERFROI project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Repetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Marquié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Waekel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Baietto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Top Fuel 14</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Nuclear Society, Sep 2014, Sendai (Japan), Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04474876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COMPARATIVE STUDY OF THE COOLING OF A HOT TEMPERATURE SURFACE USING SPRAYS AND LIQUID JET</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Aiguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Heat Transfer Conference (IHTC-15)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Kyoto, Japan. pp.2415-2429, </w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1615/IHTC15.evp.009287⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refroidissement par spray-expériences et modèles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de Mécanique et d'Ingénierie de Bordeaux; Association française de mécanique, Aug 2013, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01446538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi l’utilisation des sprays en sidérurgie est-elle encore limitée?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Baillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Maigrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Français de Thermique SFT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française Thermique, May 2013, Gérardmer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01446913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact d'une goutte en situation de Leidenfrost - Modélisation des échanges et expériences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03439879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de l'estimation du flux de chaleur à l'impact d'une goutte en régime de Leidenfrost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Français de Thermique SFT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française Thermique, May 2013, Gérardmer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01446621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refroidissement par spray - expériences et modèles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03439940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the impact angle and the gravity direction on heat transfer during the cooling of a cylinder by a free planar subcooled impinging jet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Devynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Maigrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Varlez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current State-of-the-Art on Material Forming: Numerical and Eexperimental Approaches at Different Length-Scales, PTS 1-3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Aveiro, Portugal. pp.1530-1538, </w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/KEM.554-557.1530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01291588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du refroidissement par Sprays d'un cylindre mobile à haute température</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Volle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arsène Kouachi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2007 - 18ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03361735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MRI as a tool for nuclear safety</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A V S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Stemmelen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Italian-French International Conference on Magnetic Resonance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03798574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct and Inverse &amp;quot;Cascade&amp;quot; during Fragmentation of a Liquid Metal Jet into Water</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miloud Hadj-Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gagan Kewalramani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bowen Ji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03467196v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic Study of Solid/Fluid Interface with Molecular Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mykola Isaiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Castanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Termentzidis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Leonid A. Bulavin; Limei Xu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLMMP 2018: Modern Problems of the Physics of Liquid Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 223, Springer, pp.73-89, 2019, Springer Proceedings in Physics book series, 978-3-030-21754-9. </w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-21755-6_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02324632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure de l'écoulement diphasique gaz-liquide dans les échangeurs à plaques corruguées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre. Université Henri Poincaré - Nancy 1, 1996. Français. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 1996NAN10302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01747240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId372"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:108.78186968839px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Michel Gradeck </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">fulle professor at University of Lorraine (France)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">michel-gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">135645255</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Full professor at Université de Lorraine since 2013, I carry out my research in LEMTA laboratory, a unit affiliated to CNRS. For one year in 2011, I was a fellow at the Center of Smart Interface in Darmstadt in the team of Pr Tropea. Before that, in 2000, I was a full-time researcher at the CNRS for 6 months, in order to initiate and develop research in the field of boiling applied to cooling systems, a new research field in LEMTA laboratory.Indeed, my main research area deals with two-phase flows with phase change and applies to many industrial issues (steel industry, nuclear safety, etc.) for which I have established long-term partnerships with major industrial groups or institutes such as CEA, IRSN and IRTM2P through national research programs (ANR) or European research ones (EURATOM)Before becoming deputy director of LEMTA in 2023, I have been leading for 3 years the research group, &amp;quot;Fluid media, rheophysics&amp;quot; within LEMTA which includes 4 research teams, 28 researchers, 18 PhD students and 2 post-docs with a budget of around 900k€/year.During 5 years (1/2019 to 12/2023), at the national level, I led GDR CNRS TRANSINTER (</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://gdr2042-transinter.univ-lorraine.fr/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">), a research network of 23 laboratories, 6 industrial companies (ArcelorMittal, Vallourec, Constellium, Ariane Group, Renault Nissan Mitsubishi, Air Liquide) and 4 institutes (INRA, IRSN, CEA, ONERA). More than 200 researchers or industrials are members. This network provides researches on heat and mass transfers. I am now involved in as its deputy director.At international level, I signed a “co-tutelle agreement” with University of Campinas (UNICAMP, Brazil) for the supervision of Arlindo Theodoro de Souza Netto for the study of a transient boiling systems dedicated to the reduction of fuel consumption in the starting phase of cold engine (defended on 21th march 2025). I am also engaged in a project with University of Sao Paulo – San Carlos School Engineering. This project is led by Prof. Dr. Arthur Oliveira, a former postdoc in my research group and is dedicated to the study of heat and mass transfer within multiple droplet impingements on high temperature surface</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (57)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of the heating process of a small volume of ethanol under subcritical, critical and supercritical pressures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlindo Souza Netto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V.S. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rogério Gonçalves dos Santos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Thermal Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 219, pp.110163. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2025.110163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05267383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scale and model effects analysis on the radial jet thermal–hydraulic behavior in sodium fast reactor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Jourdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guenadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 443, pp.114352. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2025.114352⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05267375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inverse ARX (IARX) method with delay parameter for function estimation in slow-response systems: application to an inverse heat conduction problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Dias Do Nascimento</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Oliveira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Thermal Sciences: An International Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1615/ComputThermalScien.2025057223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05030014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of heat dissipation phenomena in dispersed flow film boiling using a mechanistic model and different correlations for droplet impact heat transfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.E. Luna Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V.S. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 245, pp.126955. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2025.126955⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05016402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SFR core-catcher safety issue: experimentation and simulation of its ablation by an impinging jet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Avrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Djermoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 217, pp.111329. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anucene.2025.111329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04990500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of steam deviation, droplets mass flow rate and residual power on dispersed flow film boiling at sub-channel scale in LOCA conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.E. Luna Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V.S. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 428, pp.113450. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2024.113450⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of the expansion phase of Sodium fast reactor severe accident</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Mouly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Nuclear Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 186, pp.109717. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anucene.2023.109717⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mass log-stable distribution of fragments in liquid–liquid jet fragmentation based on a two-step cascade between viscous Kelvin-Helmholtz instability and Rayleigh-Taylor instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miloud Hadj-Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bowen Ji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gagan Kewalramani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Multiphase Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 167, pp.104518. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2023.104518⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04151013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Similarity studies of buoyancy effects in impinging jets – Application to SFR core</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Jourdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guenadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 413, pp.112563. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2023.112563⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model for core catcher ablation and cavity shape in the film regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Payot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Journeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 414, pp.112591. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2023.112591⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04233198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ablation of a solid by an immersed jet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Avrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 414, pp.112590. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2023.112590⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04410623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using a linear inverse heat conduction model to estimate the boundary heat flux with a material undergoing phase transformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teixeira Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Schick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Thermal Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 219, pp.119406. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2022.119406⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03808763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental analysis of Lagrangian paths of drops generated by liquid/liquid sprays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gagan Kewalramani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bowen Ji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Dossmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 63 (9), pp.147. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00348-022-03496-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03765626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ablation of a Solid Material by High Temperature Liquid Jet Impingement: An Application to Corium Jet Impingement on a Sfr Core-Catcher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaoyang Gaus-Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Cron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrix Fluhrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nuclear Engineering and Radiation Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 8 (1), pp.11308. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.4051448⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03312388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermocouple response time estimation and temperature signal correction for an accurate heat flux calculation in inverse heat conduction problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V.S. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Avrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 185, pp.122398. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2021.122398⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03506639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of flow redistribution in 7 × 7 ballooned fuel bundle experiments using DRACCAR code</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.E. Luna Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V.S. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 396, pp.111888. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2022.111888⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03921718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of the heat transfer of single-jet impingement cooling onto a large heated plate near industrial conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. v. s. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-L. Borean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Schick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Teixeira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 184, pp.121998. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2021.121998⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03469112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the ablation consecutive to jet impingement on a meltable solid – Application to SFR core-catcher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Payot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Journeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 377, pp.111147. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2021.111147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03190574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Water-Ingression during top-flooding of corium melts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Villarreal Larrauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Meignen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 381, pp.111353. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2021.111353⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03287953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric effects on the flow redistribution in ballooned bundles evaluated by magnetic resonance velocimetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V.S. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Stemmelen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Thermal and Fluid Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 125, pp.110383. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.expthermflusci.2021.110383⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03162585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fragmentation of a liquid metal droplet falling in a water pool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Hadj-Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Meignen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 33 (10), pp.103315. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0062430⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03474967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inverse ARX (IARX) method for boundary specification in heat conduction problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. v. s. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Zacharie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Remy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Schick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 180, pp.121783. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2021.121783⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03444243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classification of ablation mode during impact of hot liquid jet on a solid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Payot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Journeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 181, pp.121883. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2021.121883⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03341319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spheroidal droplet deformation, oscillation and breakup in uniform outer flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Castrillon Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Meignen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miloud Hadj Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/jfm.2020.675⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02940087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Velocity field and flow redistribution in a ballooned 7x7 fuel bundle measured by magnetic resonance velocimetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Stemmelen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 369, pp.110828. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2020.110828⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02940079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of dispersed flow film boiling at sub-channel scale in LOCA conditions: Influence of the steam flow rate and residual power</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V.S. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.D. Peña Carrillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Thermal Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 172, pp.115143. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.applthermaleng.2020.115143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02866663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ablation d'un bloc de glace transparente par un jet d'eau chaude –Application à la sûreté des RNR-Na</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Payot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entropie : thermodynamique – énergie – environnement – économie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21494/ISTE.OP.2020.0519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02861514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanistic modeling of the thermal-hydraulics in polydispersed flow film boiling in LOCA conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.V.S. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.D. Peña Carrillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 357, pp.110388. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2019.110388⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02433846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental thermal hydraulics study of the blockage ratio effect during the cooling of a vertical tube with an internal steam-droplets flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan-David Peña-Carrillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 140, pp.648-659. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2019.06.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gibbs Adsorption Impact on a Nanodroplet Shape: Modification of Young–Laplace Equation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mykola Isaiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergii Burian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonid Bulavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Chaze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 122 (12), pp.3176 - 3183. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpcb.7b12358⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01832695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined three-color LIF-PDA measurements and infrared thermography applied to the study of the spray impingement on a heated surface above the Leidenfrost regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-D Pena-Carillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 104, pp.1008-1021. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2016.07.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal management of metallic surfaces: evaporation of sessile water droplets on polished and patterned stainless steel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Czerwiec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Tsareva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Andrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Bortolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Bolzan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 258, </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899X/258/1/012003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01723339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient tuning of potential parameters for liquid–solid interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mykola Isaiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergii Burian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonid Bulavin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 42 (11), pp.910 - 915. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/08927022.2015.1105372⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01410119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of spray impingement hydrodynamic on a hot surface at high flow rates using phase Doppler analysis and infrared thermography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 100, pp.65 - 78. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2016.01.041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of boiling heat transfer and phase transformations on the deformation of a steel tube during quenching by impinging water jets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Devynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Benard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Engineering Technology / Materialwissenschaft und Werkstofftechnik</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 47 (8), pp.755-761. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mawe.201600609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02934438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude thermique expérimentale des suspensions non newtoniennes en écoulement dans une conduite horizontale à géométrie variable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Fanou Zinsou Fagla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Degan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Vianou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Afrique Science : revue internationale des sciences et technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 10 (4), 22p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01425272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative study of the cooling of a hot temperature surface using sprays and liquid jets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2014.11.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01578971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy balance of droplets impinging onto a wall heated above the Leidenfrost temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Dunand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Castanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Fluid Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 44, pp.170 - 180. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatfluidflow.2013.05.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01427475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heat transfer for Leidenfrost drops bouncing onto a hot surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Ruyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Thermal and Fluid Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 47, pp.14 - 25. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.expthermflusci.2012.10.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01430703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling rheology of isothermal flow of carboxymethyl-cellulose-alginate suspension in a horizontal conduit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Fanou Zinsou Fagla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Baravian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Science and Technology (JAST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 18, pp.8-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01431370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-phase flow across a partially damaged core during the reflood phase of a loca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Ruyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Biton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lelong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Secondi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Engineering and Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 264, pp.187 - 194. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nucengdes.2013.02.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01431053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heat transfer of droplets impinging onto a wall above the Leidenfrost temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Dunand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Castanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 341 (12), pp.75 - 87. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crme.2012.11.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01430702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Study of Heating of the Newtonian Suspensions made of Large Hard Spheres Based on the Glucose & Water Solutions Flowing in a Horizontal Duct</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Fanou Zinsou Fagla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Baravian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Scientific Research &amp; Engineering Technology (IJSET)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4 (4), pp.790-802</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01431230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solution of an inverse problem in the Hankel space - Infrared thermography applied to estimation of a transient cooling flux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules A Ouattara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Rémy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Thermal and Fluid Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 36, pp.56 - 64. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.expthermflusci.2011.08.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooling of a Rotating Cylinder by a Subcooled Planar Jet - Influence of the Surface Velocity on Boiling Regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Devynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Varlez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Key Engineering Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Key Engineering Materials, 504, pp.1049--1054. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/KEM.504-506.1049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01427476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heat transfer from a hot moving cylinder impinged by a planar subcooled water jet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arsene Kouachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Borean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 54 (25-26), pp.5527-5539. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2011.07.038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heat transfer associated to a hot surface quenched by a jet of oil-in-water emulsion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aboubacar Ouattara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Thermal and Fluid Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 35 (5), pp.841-847. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.expthermflusci.2010.07.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boiling curves in relation to quenching of a high temperature moving surface with liquid jet impingement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arsène Kouachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Volle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 52 (5-6), pp.1094-1104. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2008.09.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Practical application of inverse heat conduction for wall condition estimation on a rotating cylinder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Volle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arsene Kouachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 52 (1-2), pp.210-221. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2008.05.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of droplet wall heat transfer under LOCA conditions in a PWR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maillet Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lelong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Repetto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, La Houille Blanche 4, pp.52 - 57. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/lhb/2009044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inverse heat conduction applied to the measurement of heat fluxes on a rotating cylinder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Volle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maillet Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arsène Kouachi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Heat Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 130 (8), pp.081302. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1115/1.2928013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-analytical inverse heat conduction on a rotating cylinder with laplace and fourier transforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Volle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inverse Problems in Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 16 (5), pp.655-674. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17415970701198373⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and numerical study of the hydraulic jump of an impinging jet on a moving surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arsène Kouachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adil Dani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David L Arnoult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Borean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Thermal and Fluid Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 30 (3), pp.193-201. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.expthermflusci.2005.05.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">local analysis of heat transfer inside corrugated channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Hoareau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 48 (10), pp.1909-1915. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2004.12.026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental thermomechanic study of Newtonian and non-Newtonian suspension flows</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Fanou Zinsou Fagla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Baravian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 48 (16), pp.3469-3477. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2004.12.052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">two-phase gas-liquid flow in horizontal corrugated channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Multiphase Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 26 (3), pp.435-443. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0301-9322(99)00018-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wall shear measurements inside corrugated channels using the electrochemical technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 24 (1), pp.17-26. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s003480050146⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (65)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of geometric effects on the ablation of solid surfaces by an impinging jet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Djermoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Multiphase flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de Mécanique des Fluides de Toulouse, May 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05461371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-temporal Dynamics of the Surface Waves in a Liquid-Liquid Jet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gagan Kewalramani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Dossmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Multiphase flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de Mécanique des Fluides de Toulouse, May 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05461387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence d'une source interne sur la température de Leidenfrost – application à un écoulement de type DFFB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Esteban Luna Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V.S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32ème Congrès Français de Thermique : Thermique et Architecture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICUBE, Jun 2024, Strasboug, France. pp.421 - 428, </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25855/SFT2024-029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Various Correlations for Direct-Contact Heat Transfer in Dispersed Flow Film Boiling Using the DRACCAR Code</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Esteban Luna Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V S Oliveira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NUTHOS14 - The 14th International Topical Meeting on Nuclear Reactor Thermal Hydraulics, Operation and Safety</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Vancouver (Canada), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation numérique des transferts thermiques lors de la trempe d'un alliage métallique oxydé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Varé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Teixeira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Schick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32ème congrès françois de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Strasbourg, France. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25855/SFT2024-078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04807928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FIRST VALIDATIONS OF A THREE-DIMENSIONAL INVERSE HEAT CONDUCTION MODEL TO ESTIMATE THE BOUNDARY HEAT FLUX FOR FUTURE SPRAY COOLING EXPERIMENTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Vieira da Silva Vieira</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on Inverse Problems in Engineering June 23-28, 2024, Búzios, Rio de Janeiro, Brazil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Federal University of Rio de Janeiro, Jun 2024, Buzios (Brazil), Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SURFACE TEMPERATURE RECONSTRUCTION OF A FUEL HEATER</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlindo T Souza Netto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rogério Gonçalves dos Santos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on Inverse Problems in Engineering June 23-28, 2024, Búzios, Rio de Janeiro, Brazil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Buzios (Brazil), Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimentation and simulation of ablated surface by jet impingement for core-catcher safety issue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Avrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Djermoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 11th European Review Meeting on Severe Accident Research (ERMSAR2024) KTH, Stockholm, Sweden, May 13-16, 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, KTH Sweden, May 2024, Stockholm (Suède), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude expérimentale de l'effet de la rugosité sur l'ablation d'une paroi solide par un jet liquide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Avrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Djermoune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès français de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICUBE, Jun 2024, Strasbourg, France. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25855/SFT2024-030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INCLUDING THE DELAY PARAMETER IN THE INVERSE ARX (IARX) METHOD FOR FUNCTION ESTIMATION IN SLOW-RESPONSE SYSTEMS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on Inverse Problems in Engineering June 23-28, 2024, Búzios, Rio de Janeiro, Brazil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Buzios (Brazil), Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical and experimental study of parallelized two-phase heat exchangers for high performance computing processors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Amate--Vignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Raeth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th World Conference on Experimental Heat Transfer, Fluid Mechanics and Thermodynamics, 22-26 August 2024, Rhodes Island, Greece</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Rhodes (Grèce), Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation d'un écoulement dispersé vapeur/gouttes dans un tube vertical, comparaison de différents modèles de transfert goutte/paroi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Esteban Luna Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V.S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31e Congrès de la société française de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, iTheMM - Institut de Thermique, Mécanique et Matériaux, May 2023, Reims, France. pp.337-344</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04415459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ablation of a solid by a circular immersed or free-surface jet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Avrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Seiler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on Multiphase Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kobe University, Apr 2023, Kobe, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04415716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mass log-stable distribution of fragments in liquid-liquid fragmentation with solidification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gagan Kewalramani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji Bowen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 11th International Conference on Multiphase Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kobe University, Apr 2023, Kobe, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04415541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transient conduction heat transfer simulation of a fuel heater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlindo T Souza Netto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V.S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rogério Gonçalves dos Santos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès français de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Reims Champagne Ardenne, May 2023, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04415482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and numerical thermal-hydraulics study of a steam-droplets flow in a venturi-type vertical tube with flow deviation -application to LOCA in PWR reactor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Esteban Luna Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conference on Multiphase Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kobe University, Apr 2023, Kobe, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04415711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation du refroidissement d'un sous-canal combustible de REP lors d'un APRP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Esteban Luna Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès français de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03728116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of core molten material fast vaporisation and expansion for the evaluation of sfr severe accident consequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Mouly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Topical Meeting on Nuclear Reactor Thermal Hydraulics (NURETH-19)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03727171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of dispersed flow film boiling in LOCA conditions considering different fuel rod blockage ratios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Esteban Luna Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Topical Meeting on Nuclear Reactor Thermal Hydraulics (NURETH-19)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ANS, Mar 2022, Virtual Meeting, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03727179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Project of a pressure stabilizing closed system for fast boiling experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlindo T Souza Netto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rogério Gonçalves Dos Santos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès français de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Valenciennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03728118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SCALE EFFECTS METHODOLOGY APPLIED TO UPRISING JETS IN ASTRID</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Jourdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Guenadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Topical Meeting on Nuclear Reactor Thermal Hydraulics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Virtual conference, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05448681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scale effects methodology applied to uprising jets in astrid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Jourdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Guenadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Topical Meeting on Nuclear Reactor Thermal Hydraulics (NURETH-19)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03727184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation de l'écoulement dispersé vapeur/gouttes dans des conditions d'APRP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Esteban Luna Valencia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Repetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29e Congrès français de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française de Thermique, Jun 2021, Belfort, France. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25855/SFT2021-037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03529904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scale effects methodology for buoyant impinging jets in sodium fast reactors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Jourdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Guenadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Seiler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NENE2021 - International Conference "Nuclear Energy for New Europe 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Bled, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05448628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instrumentation study for aspersion cooling experiments aiming optimal estimation of the heat flux dissipation by 2D inverse heat conduction problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soumaya Sokakini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Maréchal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teixeira Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Schick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECHT 2021 and QDE – 2nd International Conference on Quenching and Distortion Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AWT - Arbeitsgemeinschaft Wärmebehandlung und Werkstofftechnik, Apr 2021, Online, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Droplets interaction effects on the heat removed by droplets impact onto heated wall in a polydispersed flow film boiling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Luna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICLASS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Edinburg, United Kingdom. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2218/iclass.2021.5934⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ablation d'un bloc de glace transparente impacté par un jet d'eau chaude - Application à la sûreté des RNR-Na</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Payot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28e Congrès français de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Belfort, France. pp.325-332</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03529876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of an automotive injector for doplets generation in the study of dispersed flow film boiling in loca conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo Dambros Telli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Roberto Altafini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovani Dambros Telli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th Brazilian Congress of Thermal Sciences and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Online, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Thermal-Hydraulic Study Of A Steam-Droplets Flow Inside A Vertical Pipe -Application To Loca In PWR Reactor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan David Pena Carrillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. V. S. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NURETH 18</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Portland (Oregon), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02433923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenomenological study of the ablation by melting of a solid impinged on by a liquid jet applications to ASTRID's core-catcher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Payot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Multiphase Flow ICMF 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02433934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de l'ablation d'une paroi solide par un jet liquide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Payot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24e Congrès français de mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03529861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fragmentation of a liquid metal jet into water</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miloud Hadj-Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Meignen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th European Conference on Liquid Atomization and Spray Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02444727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical Transient Two-Phase Model For Dry-Superheated Debris Bed Under Top Flooding Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro Villarreal Larrauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Meignen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NURETH 18</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Portland (Oregon), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02433911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental thermal-hydraulic study of a steam-droplets flow inside a vertical pipe during the cooling phase in LOCA conditions -effect of the steam flow rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J David Peña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Multiphase Flow, ICMF 2019,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02433931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des transferts thermiques d'un écoulement vertical vapeur/gouttes dans une géométrie tubulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan David Peña Carrillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur V S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Repetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e Congrès français de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03529839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de l'ablation d'une surface solide par un jet chaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célien Zacharie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miloud Hadj-Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Payot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lecoanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thermique et Sciences de l’Information - 26e Congrès français de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française de Thermique, May 2018, Pau, France. pp.696-703</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03529815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new experimental R&D program associated with the corium jet impingement on the ASTRID core catcher sacrificial material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Payot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Journeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Suteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Serre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Congress on Advances in Nuclear Power Plants (ICAPP 18)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Charlotte, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification des transferts thermiques d'un écoulement vertical vapeur/gouttes dans une géométrie tubulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan David Peña Carrillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Repetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès français de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03529820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures instantanées par fluorescence induite par plan laser et thermographie infra-rouge des transferts de chaleur pour une goutte impactant une paroi en régime d’ébullition en film</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Chaze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophelie Caballina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Castanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25ème Congrès Français de Thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined three-color LIF-PDA measurements and infrared thermography applied to the study of the spray impingement on a heated surface above the Leidenfrost regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan-David Pena-Carillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Symposium on the Application of Laser and Imaging Techniques to Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Lisbonne, Portugal. pp.1008 - 1021, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2016.07.029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01445616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interplay between liquid-liquid secondary fragmentation and solidification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miloud Hadj-Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Meignen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Topical Meeting on Nuclear Reactor Thermal Hydraulics (NURETH-17)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Xian, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heat transfer inside a blocked region of a rod bundle during a LOCA-simulations and experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan David Peña Carrillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Repetto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th World Conference on Experimental Heat Transfer, Fluid Mechanics and Thermodynamics (EXHFT-9)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Iguazu, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study on Heat Transfer Inside a Blocked Region of a Rod Bundle During a LOCA - Model and Experimental Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan-David Peña-Carrillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Repetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th International Topical Meeting on Nuclear Reactor Thermal Hydraulics NURETH-17</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Xian, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'influence de la solidification sur le processus de fragmentation d'une goutte de métal liquide dans l'eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miloud Hadj Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25ème Congrès Français de thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of boiling heat transfer and phase transformations on the deformation of a steel tube during quenching by impinging water jets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Devynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> IDE 2015 International Conference on Distortion Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Brême, Germany. pp.755 - 761, </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mawe.201600609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01445321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A study off liquid-liquid secondary fragmentation with solidification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miloud Hadj-Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Castrillon Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Multiphase Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Firenze, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01445585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study on fragmentation of a molten jet into water</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miloud Hadj-Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Castrillon Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Multiphase Flow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Firenze, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01445591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures couplées PDA-LIF3c et thermographie infrarouge appliquées à l'étude de l'impact de sprays sur une paroi chaude en régime de Leidenfrost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan-David Peña-Carrillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Français de Thermique SFT 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française Thermique, May 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01449540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures couplées de LIF3c, d'analyse Phase Doppler et de thermographie infra-rouge pour l'étude du refroidissement de surfaces chaudes par sprays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J D Pena-Carillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème Congrés Francophone sur les Techniques Laser</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01578987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study on heat transfer inside a blocked region of a rod bundle during a LOCA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan David Peña Carrillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Repetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Topical Meeting on Nuclear Reactor Thermal-Hydraulics, Operations and Safety - NUTHOS 11</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Gyeongju, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03530213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the Vapor Flow on the Drop Spreading in the Leidenfrost Regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Castanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Caballina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IHTC-15 : 15th International Heat Transfer Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Tokyo, Japan. </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1615/IHTC15.min.009574⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01444401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative study of the cooling of a hot temperature surface using sprays and liquid jets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IHTC-15 : 15th International Heat Transfer Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Tokyo, Japan. pp.889 - 900, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2014.11.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01417339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Two-Scale Approach for Modeling the Corium Melt Fragmentation during Fuel-Coolant Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Castrillon Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle R. Meignen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Picchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NURETH-16 : International Topical Meeting on Nucelar Reactor Thermal Hydraulics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Chicago, IL, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01445539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The R&D PERFROI project on Thermal mechanical and thermal hydraulics behaviors of a fuel rod assembly during a Loss Of Coolant Accident</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Repetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Dominguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Durville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Carnemolla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio C. Campello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Topical Meeting on Nucelar Reactor Thermal 16th Hydraulics (NURETH-16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Nuclear Society, Aug 2015, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01445542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures couplées d’analyse phase Doppler et de thermographies infra-rouge pour l’étude du refroidissement de surfaces chaudes par sprays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème Congrès Francophone sur les Techniques Laser pour la Mécanique des Fluides</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut universitaire des systèmes thermiques industriels; Institut de Recherche sur les Phénomènes Hors Equilibre; Laboratoire de Génie Chimique et Instrumentation Sep 2014, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01447127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Core coolability in loss of coolant accident: the PERFROI project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Repetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Marquié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Waekel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Baietto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Top Fuel 14</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Nuclear Society, Sep 2014, Sendai (Japan), Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">irsn-04474876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison du refroidissement de surfaces à hautes températures en utilisant des sprays polydisperses ou jet liquide dans des conditions semi-industrielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Français de Thermique SFT 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française Thermique, Jun 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01447030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COMPARATIVE STUDY OF THE COOLING OF A HOT TEMPERATURE SURFACE USING SPRAYS AND LIQUID JET</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Aiguier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Heat Transfer Conference (IHTC-15)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Kyoto, Japan. pp.2415-2429, </w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1615/IHTC15.evp.009287⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi l’utilisation des sprays en sidérurgie est-elle encore limitée?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Baillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Maigrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Français de Thermique SFT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française Thermique, May 2013, Gérardmer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01446913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refroidissement par spray-expériences et modèles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de Mécanique et d'Ingénierie de Bordeaux; Association française de mécanique, Aug 2013, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01446538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact d'une goutte en situation de Leidenfrost - Modélisation des échanges et expériences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03439879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the impact angle and the gravity direction on heat transfer during the cooling of a cylinder by a free planar subcooled impinging jet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Devynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Maigrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Varlez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current State-of-the-Art on Material Forming: Numerical and Eexperimental Approaches at Different Length-Scales, PTS 1-3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Aveiro, Portugal. pp.1530-1538, </w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/KEM.554-557.1530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01291588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refroidissement par spray - expériences et modèles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03439940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de l'estimation du flux de chaleur à l'impact d'une goutte en régime de Leidenfrost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Français de Thermique SFT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française Thermique, May 2013, Gérardmer, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01446621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du refroidissement par Sprays d'un cylindre mobile à haute température</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Volle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Maillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lebouché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arsène Kouachi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2007 - 18ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03361735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MRI as a tool for nuclear safety</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A V S Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Stemmelen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Glantz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Italian-French International Conference on Magnetic Resonance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03798574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct and Inverse &amp;quot;Cascade&amp;quot; during Fragmentation of a Liquid Metal Jet into Water</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miloud Hadj-Achour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gagan Kewalramani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bowen Ji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Labergue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03467196v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic Study of Solid/Fluid Interface with Molecular Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mykola Isaiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Castanet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Konstantinos Termentzidis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Leonid A. Bulavin; Limei Xu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLMMP 2018: Modern Problems of the Physics of Liquid Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 223, Springer, pp.73-89, 2019, Springer Proceedings in Physics book series, 978-3-030-21754-9. </w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-21755-6_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02324632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure de l'écoulement diphasique gaz-liquide dans les échangeurs à plaques corruguées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Gradeck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre. Université Henri Poincaré - Nancy 1, 1996. Français. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 1996NAN10302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01747240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId372"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="426D3A99"/>
+    <w:nsid w:val="24F9FA61"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/michel-gradeck" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/135645255" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gdr2042-transinter.univ-lorraine.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267383v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlindo Souza Netto" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur V.S. Oliveira" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gradeck" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rog&#233;rio Gon&#231;alves dos Santos" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2025.110163" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030014v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Dias Do Nascimento" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Oliveira" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/ComputThermalScien.2025057223" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267375v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Jourdy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Guenadou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Seiler" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Labergue" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2025.114352" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05016402v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Luna Valencia" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V.S. Oliveira" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Glantz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Labergue" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2025.126955" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990500v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Avrit" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Seiler" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lecoanet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Djermoune" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rimbert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2025.111329" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04820382v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2024.113450" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04410599v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chateau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2023.112563" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04151013v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rimbert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miloud Hadj-Achour" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bowen Ji" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gagan Kewalramani" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2023.104518" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04008171v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Mouly" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bertrand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2023.109717" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04233198v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lecoanet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Payot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Journeau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2023.112591" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04410623v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Avrit" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2023.112590" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03312388v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyang Gaus-Liu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cron" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrix Fluhrer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4051448" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03765626v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Dossmann" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-022-03496-5" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03808763v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Oliveira" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teixeira Julien" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Schick" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mar&#233;chal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2022.119406" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506639v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2021.122398" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03921718v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Leclerc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2022.111888" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03469112v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.&#8201;v.&#8201;s. Oliveira" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mar&#233;chal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Borean" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Teixeira" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2021.121998" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190574v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Payot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Journeau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2021.111147" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03287953v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Villarreal Larrauri" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Meignen" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2021.111353" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162585v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Stemmelen" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Glantz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2021.110383" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474967v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hadj-Achour" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0062430" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03444243v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.&#8239;v.&#8239;s. Oliveira" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zacharie" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Remy" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2021.121783" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03341319v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2021.121883" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02940087v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Castrillon Escobar" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miloud Hadj Achour" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2020.675" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861514v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Payot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2020.0519" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866663v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Pe&#241;a Carrillo" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2020.115143" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02940079v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Leclerc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2020.110828" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433846v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2019.110388" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02152231v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-David Pe&#241;a-Carrillo" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oliveira" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Glantz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2019.06.012" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832695v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykola Isaiev" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergii Burian" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonid Bulavin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Chaze" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.7b12358" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579535v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D Pena-Carillo" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lemoine" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2016.07.029" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01723339v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Czerwiec" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Tsareva" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Andrieux" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Bortolini" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Bolzan" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/258/1/012003" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01410119v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927022.2015.1105372" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580485v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2016.01.041" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02934438v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Devynck" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Denis" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Bellot" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Benard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gradeck" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mawe.201600609" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4W8GN193-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01425272v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Fanou Zinsou Fagla" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Degan" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vianou" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lebouch&#233;" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578971v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2014.11.018" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01430703v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ruyer" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Maillet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2012.10.023" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7QNCJTCM-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01427475v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dunand" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Castanet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatfluidflow.2013.05.021" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01431370v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Baravian" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01431053v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ruyer" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Biton" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lelong" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Secondi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2013.02.026" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GJ73KSCP-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01430702v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2012.11.006" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01431230v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579233v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules A Ouattara" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin R&#233;my" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2011.08.003" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GVPWCNWM-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01427476v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Devynck" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Bellot" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Denis" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Varlez" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.504-506.1049" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579238v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arsene Kouachi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Borean" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gardin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2011.07.038" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579229v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboubacar Ouattara" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2010.07.002" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VJK084G0-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01580004v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ars&#232;ne Kouachi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Volle" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2008.09.015" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579217v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2008.05.025" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HGMCPZBW-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579224v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maillet Denis" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lelong" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Repetto" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2009044" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A099D1549A3C33478E11CB274A94088F4B52D8F6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579194v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2928013" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579190v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17415970701198373" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579183v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil Dani" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David L Arnoult" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2005.05.006" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579174v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Hoareau" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2004.12.026" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579179v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fanou Zinsou Fagla" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2004.12.052" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579168v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0301-9322(99)00018-X" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5RQNFCDM-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579164v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s003480050146" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1NLK2D7D-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461387v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Becker" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461371v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Djermoune" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04820316v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Esteban Luna Valencia" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur V S Oliveira" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04820055v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur V.S Oliveira" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2024-029" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04820070v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Vieira da Silva Vieira" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807928v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Var&#233;" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mathieu" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2024-078" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04820080v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlindo T Souza Netto" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04820047v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2024-030" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04820302v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04820195v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Amate--Vignon" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Raeth" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04820085v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04415459v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04415716v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04415482v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04415541v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji Bowen" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04415711v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03727179v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03727171v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mouly" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Seiler" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bertrand" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03728116v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448681v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jourdy" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guenadou" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03728118v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rog&#233;rio Gon&#231;alves Dos Santos" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03727184v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Jourdy" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Guenadou" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448628v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03529904v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2021-037" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530296v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Sokakini" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530289v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Luna" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2218/iclass.2021.5934" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03529876v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530273v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Dambros Telli" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Roberto Altafini" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovani Dambros Telli" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03529861v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433934v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433923v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan David Pena Carrillo" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V. S. Oliveira" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02444727v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433911v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03529839v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan David Pe&#241;a Carrillo" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433931v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J David Pe&#241;a" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03529815v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lien Zacharie" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530255v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Suteau" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Serre" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03529820v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530183v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01445616v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-David Pena-Carillo" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01740935v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ophelie Caballina" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530191v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530147v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579128v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01449540v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01445591v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01445585v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01445321v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bellot" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry B&#233;nard" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578987v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J D Pena-Carillo" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530213v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01444401v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Caballina" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IHTC15.min.009574" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01445539v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle R. Meignen" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Picchi" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01417339v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01445542v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Dominguez" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Durville" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Carnemolla" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio C. Campello" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01447127v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01447030v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04474876v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe March" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marqui&#233;" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Waekel" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Baietto" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579529v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Aiguier" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IHTC15.evp.009287" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01446538v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01446913v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Baillard" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Maigrat" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439879v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01446621v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439940v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291588v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.554-557.1530" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361735v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03798574v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A V S Oliveira" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467196v2" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324632v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Termentzidis" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-21755-6_3" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01747240v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1996NAN10302" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/michel-gradeck" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/135645255" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gdr2042-transinter.univ-lorraine.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267383v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlindo Souza Netto" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur V.S. Oliveira" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gradeck" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rog&#233;rio Gon&#231;alves dos Santos" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2025.110163" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267375v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Jourdy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Guenadou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Seiler" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Labergue" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2025.114352" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030014v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Dias Do Nascimento" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Oliveira" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/ComputThermalScien.2025057223" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05016402v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Luna Valencia" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V.S. Oliveira" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Glantz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Labergue" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2025.126955" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990500v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Avrit" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Seiler" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lecoanet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Djermoune" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rimbert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2025.111329" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04820382v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2024.113450" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04008171v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Mouly" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bertrand" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anucene.2023.109717" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04151013v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rimbert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miloud Hadj-Achour" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bowen Ji" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gagan Kewalramani" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2023.104518" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04410599v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chateau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2023.112563" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04233198v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lecoanet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Payot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Journeau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2023.112591" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04410623v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Avrit" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2023.112590" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03808763v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Oliveira" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teixeira Julien" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Schick" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mar&#233;chal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2022.119406" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03765626v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Dossmann" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-022-03496-5" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03312388v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyang Gaus-Liu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cron" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrix Fluhrer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4051448" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506639v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2021.122398" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03921718v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Leclerc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2022.111888" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03469112v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.&#8201;v.&#8201;s. Oliveira" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mar&#233;chal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Borean" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Teixeira" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2021.121998" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190574v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Payot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Journeau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2021.111147" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03287953v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Villarreal Larrauri" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Meignen" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2021.111353" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162585v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Stemmelen" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Glantz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2021.110383" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474967v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hadj-Achour" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0062430" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03444243v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.&#8239;v.&#8239;s. Oliveira" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zacharie" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Remy" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2021.121783" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03341319v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2021.121883" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02940087v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Castrillon Escobar" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miloud Hadj Achour" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2020.675" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02940079v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Leclerc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2020.110828" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866663v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Pe&#241;a Carrillo" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2020.115143" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861514v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Payot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2020.0519" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433846v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2019.110388" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02152231v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-David Pe&#241;a-Carrillo" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Oliveira" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Glantz" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2019.06.012" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832695v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykola Isaiev" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergii Burian" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonid Bulavin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Chaze" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.7b12358" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579535v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D Pena-Carillo" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lemoine" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2016.07.029" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01723339v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Czerwiec" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Tsareva" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Andrieux" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Bortolini" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Bolzan" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/258/1/012003" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01410119v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927022.2015.1105372" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580485v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2016.01.041" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02934438v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Devynck" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Denis" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Bellot" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Benard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gradeck" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mawe.201600609" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4W8GN193-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01425272v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Fanou Zinsou Fagla" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Degan" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vianou" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lebouch&#233;" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578971v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2014.11.018" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01427475v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dunand" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Castanet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Maillet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatfluidflow.2013.05.021" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01430703v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ruyer" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2012.10.023" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7QNCJTCM-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01431370v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Baravian" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01431053v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ruyer" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Biton" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lelong" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Secondi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2013.02.026" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GJ73KSCP-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01430702v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2012.11.006" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01431230v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579233v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules A Ouattara" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin R&#233;my" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2011.08.003" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GVPWCNWM-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01427476v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Devynck" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Bellot" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Denis" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Varlez" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.504-506.1049" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579238v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arsene Kouachi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Borean" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gardin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2011.07.038" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579229v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboubacar Ouattara" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2010.07.002" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VJK084G0-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01580004v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ars&#232;ne Kouachi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Volle" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2008.09.015" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579217v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2008.05.025" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HGMCPZBW-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579224v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maillet Denis" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lelong" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Repetto" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2009044" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A099D1549A3C33478E11CB274A94088F4B52D8F6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579194v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2928013" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579190v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17415970701198373" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579183v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil Dani" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David L Arnoult" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2005.05.006" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579174v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Hoareau" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2004.12.026" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579179v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fanou Zinsou Fagla" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2004.12.052" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579168v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0301-9322(99)00018-X" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5RQNFCDM-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579164v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s003480050146" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1NLK2D7D-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461371v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Djermoune" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461387v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Becker" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04820055v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Esteban Luna Valencia" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur V.S Oliveira" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2024-029" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04820316v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur V S Oliveira" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807928v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Var&#233;" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mathieu" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2024-078" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04820070v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Vieira da Silva Vieira" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04820080v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlindo T Souza Netto" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04820302v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04820047v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2024-030" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04820085v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04820195v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Amate--Vignon" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Raeth" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04415459v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04415716v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04415541v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji Bowen" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04415482v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04415711v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03728116v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03727171v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mouly" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Seiler" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bertrand" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03727179v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03728118v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rog&#233;rio Gon&#231;alves Dos Santos" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448681v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jourdy" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Guenadou" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03727184v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Jourdy" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Guenadou" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03529904v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2021-037" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448628v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530296v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Sokakini" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530289v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Luna" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2218/iclass.2021.5934" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03529876v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530273v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Dambros Telli" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Roberto Altafini" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovani Dambros Telli" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433923v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan David Pena Carrillo" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V. S. Oliveira" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433934v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03529861v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02444727v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433911v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433931v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J David Pe&#241;a" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03529839v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan David Pe&#241;a Carrillo" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03529815v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lien Zacharie" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530255v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Suteau" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Serre" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03529820v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01740935v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ophelie Caballina" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01445616v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-David Pena-Carillo" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530183v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530191v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530147v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01579128v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01445321v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bellot" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry B&#233;nard" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01445585v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01445591v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01449540v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578987v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J D Pena-Carillo" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03530213v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01444401v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Caballina" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IHTC15.min.009574" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01417339v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01445539v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle R. Meignen" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Picchi" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01445542v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Dominguez" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Durville" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Carnemolla" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio C. Campello" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01447127v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04474876v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe March" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marqui&#233;" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Waekel" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Baietto" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01447030v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579529v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Aiguier" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IHTC15.evp.009287" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01446913v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Baillard" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Maigrat" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01446538v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439879v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291588v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.554-557.1530" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439940v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01446621v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361735v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03798574v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A V S Oliveira" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467196v2" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324632v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Termentzidis" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-21755-6_3" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01747240v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1996NAN10302" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>