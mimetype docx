--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -4303,248 +4303,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03588664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical and experimental optical studies of cholesteric liquid crystal films with thermally induced pitch gradients</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanouil Kriezis</w:t>
+                <w:t xml:space="preserve">Bragg Reflections In Cholesteric Liquid Crystals: From Selectivity To Broadening And Reciprocally</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Mitov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Corinne Binet</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.73.061701⟩</w:t>
+              <w:t xml:space="preserve">Molecular Crystals and Liquid Crystals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 339 (1), pp.111-123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10587250008031036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02887349v1</w:t>
+                <w:t xml:space="preserve">hal-03588746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bragg Reflections In Cholesteric Liquid Crystals: From Selectivity To Broadening And Reciprocally</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Theoretical and experimental optical studies of cholesteric liquid crystal films with thermally induced pitch gradients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitrios C Zografopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanouil Kriezis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Mitov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Binet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alain Boudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Crystals and Liquid Crystals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 339 (1), pp.111-123. </w:t>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 73 (6), </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/10587250008031036⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.73.061701⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03588746v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02887349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of Surface Segregation in the Organization of Metallic Nanoparticles Dispersed in a Cholesteric Liquid Crystal</w:t>
               </w:r>
@@ -6723,276 +6723,276 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03588835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spirals in cholesteric liquid crystals: A possible nucleation initiator</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Three-Dimensional Microstructure of a Polymer-Dispersed Liquid Crystal Observed by Transmission Electron Microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P Sixou</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Tournier-Lasserve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sopena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Boudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sixou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica B: Condensed Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/0921-4526(95)00441-6⟩</w:t>
+              <w:t xml:space="preserve">Journal de Physique II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 5 (11), pp.1635-1647. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/jp2:1995204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03642536v1</w:t>
+                <w:t xml:space="preserve">jpa-00248260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-Dimensional Microstructure of a Polymer-Dispersed Liquid Crystal Observed by Transmission Electron Microscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Pierron</w:t>
+                <w:t xml:space="preserve">Spirals in cholesteric liquid crystals: A possible nucleation initiator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Mitov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Tournier-Lasserve</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">P Sixou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de Physique II</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1995, 5 (11), pp.1635-1647. </w:t>
+              <w:t xml:space="preserve">Physica B: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 216 (1-2), pp.132-140. </w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/jp2:1995204⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/0921-4526(95)00441-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">jpa-00248260v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03642536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cholesteric textures observed by transmission electron microscopy in diffraction contrast</w:t>
               </w:r>
@@ -8826,51 +8826,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866169v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mitov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490564v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202412439" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04219373v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ferrand" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.498655" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202351v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafaela da Rosa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susete Fernandes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Helena Godinho" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202304286" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03746576v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Boyon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Soldan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.2c01901" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281412v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.1c08218" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215341v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877909v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jullien" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Neradovskiy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Scarangella" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2020.0239" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02932025v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0019039" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915914v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17884-0" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189269v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.27.021794" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086490v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umberto Bortolozzo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Residori" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8sm02506a" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994861v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Balor" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307083v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304282v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994869v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7SM00384F" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730490v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzague Agez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bayon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2016.11.033" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305120v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305925v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305917v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730530v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.40.004763" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764619v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingo Dierking" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail A. Osipov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4sm02505a" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730532v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Relaix" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.89.022513" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730531v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4LC00152D" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764620v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201301064" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7GRSNLD5-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368941v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201202913" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/20C7BC3DFFC6C8C4D9BD1FD760CC8C8C4AA1F0CE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305932v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730537v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp2014622" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730536v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajaa Bitar" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C0SM00950D" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730535v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C1SM05628J" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588759v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nourry" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sixou" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Glogarova" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bubnov" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/026782900203182" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588348v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Tasolamprou" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.C. Zografopoulos" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.E. Kriezis" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2008.11.049" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887327v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2968245" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588888v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dessaud" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2007.03.020" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BQ8N64M8-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588353v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02678290802364020" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588657v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bourgerette" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02678290701602876" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588361v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02678290601116175" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622515v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588685v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nmat1619" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588924v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Binet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Boudet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10587250108028282" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887360v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belalia" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bourgerette" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Krallafa" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belhakem" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.74.051704" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609669v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Chen" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heino Finkelmann" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Schmidtke" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma061065a" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588664v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2416251" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887349v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios C Zografopoulos" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanouil Kriezis" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.73.061701" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588746v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10587250008031036" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588898v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois De Guerville" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15421400590955596" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588911v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/16/19/010" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588920v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Nouvet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15421400490439220" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588694v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Nouvet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dessaud" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2004-10058-4" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-LWTPG841-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631631v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588701v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristelle Portet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Snoeck" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Verelst" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nmat772" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708975v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588707v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Meziane" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuin Li" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Carette" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Warenghem" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.10.000965" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588737v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Mauzac" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1388172" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588714v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Lavernhe" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02678290010024559" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588725v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boudet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ondar&#231;uhu" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Coratger" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0304-3991(01)00087-0" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-STF4XLQJ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588754v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Binet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Boucher" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/PL00013671" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F3999A4A1869F01417D81AAF1C7A37213EFC8DAC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588799v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mauzac" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sopena" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/026782999203355" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588768v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sop&#233;na" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100510050696" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-63Q4C76S-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588935v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vigouroux" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Magnaldo" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150199808217367" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588803v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sopena" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sixou" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/026782997207849" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640052v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631215v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alistair Magnaldo" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Nourry" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588870v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0217984995000887" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588835v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00633148" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-WSLN9MW8-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642536v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Sixou" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0921-4526(95)00441-6" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QLC9TGHM-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00248260v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierron" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Tournier-Lasserve" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp2:1995204" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/28967D69656C78C4D41F69959345A259D7CA110C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588853v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pierron" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02678299508031977" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588880v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10587259308032489" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00247757v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mitov" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp2:1992220" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/07DD48D259802E0FCED1CE8F0C2DBA37578F6F27/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370463v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC52157.2021.9541709" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426515v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2019.8873018" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426518v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2019.8871509" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526916v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390626v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2019.09.005" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390664v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994876v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2320633" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730529v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2260752" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764618v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4949578" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730534v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.928359" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588952v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.449950" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03638607v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/books/pdfview/book/2007" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/books978-3-03928-229-6" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293234v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1358314X.2025.2558370" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866169v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mitov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490564v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202412439" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04219373v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ferrand" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.498655" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202351v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafaela da Rosa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susete Fernandes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Helena Godinho" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202304286" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03746576v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Boyon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Soldan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.2c01901" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281412v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.1c08218" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215341v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877909v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jullien" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Neradovskiy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Scarangella" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2020.0239" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02932025v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0019039" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02915914v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17884-0" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189269v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.27.021794" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086490v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umberto Bortolozzo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Residori" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8sm02506a" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994861v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Balor" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307083v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304282v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994869v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7SM00384F" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730490v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzague Agez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bayon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2016.11.033" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305120v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305925v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305917v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730530v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.40.004763" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764619v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingo Dierking" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail A. Osipov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4sm02505a" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730532v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Relaix" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.89.022513" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730531v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4LC00152D" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764620v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201301064" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7GRSNLD5-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368941v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201202913" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/20C7BC3DFFC6C8C4D9BD1FD760CC8C8C4AA1F0CE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305932v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730537v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp2014622" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730536v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajaa Bitar" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C0SM00950D" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730535v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C1SM05628J" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588759v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nourry" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sixou" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Glogarova" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bubnov" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/026782900203182" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588348v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Tasolamprou" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.C. Zografopoulos" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.E. Kriezis" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2008.11.049" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887327v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2968245" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588888v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dessaud" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2007.03.020" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BQ8N64M8-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588353v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02678290802364020" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588657v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bourgerette" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02678290701602876" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588361v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02678290601116175" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622515v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588685v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nmat1619" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588924v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Binet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Boudet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10587250108028282" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887360v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belalia" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bourgerette" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Krallafa" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belhakem" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.74.051704" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609669v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Chen" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heino Finkelmann" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Schmidtke" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma061065a" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588664v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2416251" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588746v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10587250008031036" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887349v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios C Zografopoulos" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanouil Kriezis" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.73.061701" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588898v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois De Guerville" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15421400590955596" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588911v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/16/19/010" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588920v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Nouvet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15421400490439220" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588694v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Nouvet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dessaud" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2004-10058-4" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-LWTPG841-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631631v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588701v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristelle Portet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Snoeck" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Verelst" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nmat772" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708975v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588707v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Meziane" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuin Li" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Carette" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Warenghem" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.10.000965" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588737v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Mauzac" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1388172" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588714v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Lavernhe" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02678290010024559" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588725v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boudet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ondar&#231;uhu" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Coratger" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0304-3991(01)00087-0" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-STF4XLQJ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588754v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Binet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Boucher" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/PL00013671" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F3999A4A1869F01417D81AAF1C7A37213EFC8DAC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588799v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mauzac" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sopena" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/026782999203355" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588768v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sop&#233;na" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100510050696" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-63Q4C76S-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588935v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vigouroux" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Magnaldo" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150199808217367" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588803v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sopena" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sixou" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/026782997207849" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640052v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631215v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alistair Magnaldo" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Nourry" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588870v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0217984995000887" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588835v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00633148" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-WSLN9MW8-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00248260v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierron" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Tournier-Lasserve" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp2:1995204" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/28967D69656C78C4D41F69959345A259D7CA110C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642536v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Sixou" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0921-4526(95)00441-6" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QLC9TGHM-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588853v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pierron" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02678299508031977" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588880v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10587259308032489" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00247757v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mitov" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp2:1992220" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/07DD48D259802E0FCED1CE8F0C2DBA37578F6F27/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370463v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC52157.2021.9541709" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426515v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2019.8873018" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426518v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2019.8871509" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526916v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390626v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2019.09.005" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390664v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994876v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2320633" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730529v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2260752" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764618v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4949578" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730534v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.928359" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588952v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.449950" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03638607v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/books/pdfview/book/2007" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/books978-3-03928-229-6" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293234v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1358314X.2025.2558370" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>