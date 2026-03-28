--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Michel Simioni </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Directeur de recherche à INRAE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">michel-simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0005-6902-8647</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mon domaine est l'écométrie appliquée avec application en économie de la production, économie de l'alimentation, économie de l'environnement avec un intérêt plus particulier pour l'économétrie non semiparamétrique</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (62)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical progress, technical efficiency, and environmental change: New insights into Vietnam’s productivity growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Viet Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economic Analysis and Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 88, pp.1266-1283. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eap.2025.10.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05338206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is infrastructure capital really productive? Nonparametric modeling and data-driven model selection in a cross-sectionally dependent panel framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giada Andrea Prete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Productivity Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11123-025-00779-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of endogeneity in the relationship between board gender diversity and corporate social performance: evidence from a control function method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rey Đặng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Hocine Houanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Sahut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 347 (1), pp.333-365. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10479-023-05682-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04295800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comparative study of residents and tourists' valuation for a heterogeneous environmental good: the case of coastal erosion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lan Anh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manh-Hung Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Reynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 161, pp.106038. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpol.2024.106038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactive R&D spillovers: an estimation strategy based on forecasting-driven model selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgios Gioldasis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Forecasting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 39 (1), pp.144-169. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijforecast.2021.09.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03476599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do women on corporate boards shape corporate social performance? Evidence drawn from semiparametric regression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rey Đặng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lubica Hikkerova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Sahut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 330, pp.361-388. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10479-022-04550-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03582287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tourists’ preferences and willingness to pay for protecting a World Heritage site from coastal erosion in Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lan Anh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manh-Hung Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viet-Ngu Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Reynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environment, Development and Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, online first, 22 p. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10668-023-03773-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04186816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Board gender diversity and environmental performance: a semi-parametric panel data analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rey Đặng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Majdi Karmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Hocine Houanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilyes Abid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 58 (Part A), pp.104032. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.frl.2023.104032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04106411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">By what way women on corporate boards influence corporate social performance? Evidence from a semiparametric panel model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Giuseppina Bruna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rey Dang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Hocine Houanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Sahut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 49, 7 p. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.frl.2022.103048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03693781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivity, technical efficiency, and technological change in Vietnamese oceanic tuna fisheries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Viet Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cao Le Quyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hreiðar Pór Valtýsson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fisheries Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 248, 8 p. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fishres.2021.106202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03507512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valuing mangrove conservation attributes in Red River Delta, Vietnam: a choice experiment approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Viet Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hung Trung Vo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Resource Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 37 (3), pp.1-30. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1086/720468⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03708264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel est l’impact de la présence des femmes au conseil d’administration sur la performance environnementale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rey Dang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lubica Hikkerova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Hocine Houanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 39 (6), pp.117-138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04186871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demographic and socio-economic shifts partly explain the Martinican nutrition transition: an analysis of 10-year health and dietary changes (2003–2013) using decomposition models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Colombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Drogue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viola Lamani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Perignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Public Health Nutrition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 24 (18), pp.6323-6334. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S136898002100327X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03356397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do women on corporate boards influence corporate social performance? A control function approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rey Dang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hocine Houanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Sahut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 39, 101645 [8 p.]. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.frl.2020.101645⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02891765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economic analysis of choices among differing measures to manage coastal erosion in Hoi An (a UNESCO World Heritage Site)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manh-Hung Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Lan Anh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuan Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Reynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economic Analysis and Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 70, pp.529-543. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eap.2021.04.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03197067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal capital adequacy ratio: an investigation of Vietnamese commercial banks using two-stage DEA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phuong Anh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bich Le Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cogent Business &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 8 (1), pp.1-20. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23311975.2020.1870796⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03125428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical efficiency of Vietnamese manufacturing firms: do FDI spillovers matter?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Canh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minh Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khoa Cai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Business Economics and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 22 (2), pp.518-536. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3846/jbem.2021.14253⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03145499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The influence of household refrigerator ownership on diets in Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brent Heard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huong Trinh Thi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dharani Dhar Burra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin C. Heller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shelie A. Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economics and Human Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 39, </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ehb.2020.100930⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02985449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willingness to pay for mangrove preservation in Xuan Thuy National Park, Vietnam: do household knowledge and interest play a role?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hung Trung Vo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Viet Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Economics and Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 9 (4), pp.402-420. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/21606544.2020.1716854⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02624828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supermarkets and household food acquisition patterns in Vietnam in relation to population demographics and socioeconomic strata: insights from public data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huong Thi Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Burra D. Dhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stef de Haan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuyen Thi Thanh Huynh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Sustainable Food Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 4 (article 15), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fsufs.2020.00015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02624928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does board gender diversity influence firm profitability? A control function approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rey Đặng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’hocine Houanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krishna Reddy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economic Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 90, pp.168-181. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.econmod.2020.05.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the long-term impact of agricultural research on productivity: Evidence from France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Lemarié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Orozco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Butault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Agricultural Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 47 (4), pp.1559-1586. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/eurrag/jbz051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of TFP change at provincial level in Vietnam: new evidence using Färe–Primont productivity index</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Viet Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dao Le Van</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The B.E. Journal of Economic Analysis and Policy Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 64, pp.329-345. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eap.2019.09.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02622869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relations between socio-economic factors and nutritional diet in Vietnam from 2004 to 2014: new insights using compositional data analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huong Thi Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistical Methods in Medical Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 28 (8), pp.2305-2325. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0962280218770223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02625984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using compositional and Dirichlet models for market share regression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 45 (9), pp.1670-1689. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02664763.2017.1389864⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpretation of explanatory variables impacts in compositional regression models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Austrian Journal of Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 47 (5), pp.1-25. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17713/ajs.v47i5.718⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02617783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth strategy with social capital, human capital and physical capital - theory and evidence: the case of Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cuong Le Van</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anh Ngoc Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc-Minh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Public Economic Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 20 (5), pp.768-787. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jpet.12305⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02623135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the nonlinearity of the calorie-income relationship: an estimation strategy – with new insights on nutritional transition in Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huong Thi Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 110, pp.192-204. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.worlddev.2018.05.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decomposition of changes in the consumption of macronutrients in Vietnam between 2004 and 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huong Thi Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economics and Human Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 31, pp.259-275. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ehb.2018.09.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02621238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconciling the Porter hypothesis with the traditional paradigm about environmental regulation: a nonparametric approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Huiban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilla Mastromarco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Productivity Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 50 (3), pp.85-100. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11123-018-0536-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02623725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial to the special issue in memory of Jean-Pierre Huiban</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carl Gaigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Sevestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Agricultural, Food and Environmental Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 97 (2), pp.85-87. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s41130-016-0025-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01594858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calorie intake and income in China: new evidence using semiparametric modelling with generalized additive models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Huong Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematical Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 14 (1), pp.11-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01515007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivity and efficiency of Vietnamese banking system: new evidence using Färe-Primont index analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phuong An Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 47 (41), pp.4395-4407. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00036846.2015.1030565⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02636290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territorial analysis of the diffusion of organic farming in France : Between heterogeneity and spatial dependence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Allaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Poméon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élise Maigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric E. Cahuzac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 59 (Decembre 2015), pp.70-81. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolind.2015.03.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02637012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impact de la recherche agronomique sur la productivité agricole française : une approche par le taux de rentabilité interne (TRI) des dépenses publiques affectées à la recherche agronomique en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Butault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Lemarié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Huard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01213731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonparametric Models with Applications in Economics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phuong Anh Nguyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vietnam Journal of Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 12 (2), pp.1-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02634662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche spatiale de la conversion à l'agriculture biologique : les dynamiques régionales en France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Allaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric E. Cahuzac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Poméon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 339-340, pp.9-31. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/economierurale.4200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02629767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting asymmetric price transmission with consistent threshold along the fish supply chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Gonzales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guillotreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Le Grel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Agricultural Economics / Revue canadienne d'agroeconomie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 61 (1), pp.37-60. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1744-7976.2012.01257.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02643737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexion à partir d'une analyse spatiale sur les politiques de soutien et la diffusion de l'agriculture biologique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Allaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric E. Cahuzac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élise Maigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Poméon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 32, pp.227-241. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/cmsd-b811⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02646184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality labels and firm survival: some first empirical evidence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zohra Bouamra-Mechemache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Agricultural Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 40 (3), pp.413- 439. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/erae/jbs034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contractualisation et diffusion spatiale des mesures agro-environnementales herbagères</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Allaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric E. Cahuzac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Etudes en Agriculture et Environnement - Review of agricultural and environmental studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 90, pp.5-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02661463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic food consumption patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvette Monier Dilhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Nichèle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Industrial Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 7 (2), pp.Article 12. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2202/1542-0485.1269⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02655395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semiparametric hedonic price models: assessing the effects of agricultural nonpoint source pollution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Surry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Econometrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 23 (6), pp.825-842. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jae.1022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02661292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entreprises et filières agroalimentaires face à de nouveaux enjeux : présentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis-Georges Soler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 5-6, pp.1-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Price-cost margins and structural change : sub-contracting within the salmon marketing chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guillotreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Le Grel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Development Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 9 (4), pp.581-597. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1467-9361.2005.00295.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02675610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement du consommateur et caractéristiques des biens : recherches actuelles et enjeux futurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Lecocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 3/04, pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02670024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'agriculteur au consommateur : la transmission des prix le long des filières de l'agroalimentaire. Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 283-284, pp.6-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02670922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmission des prix dans la filière des fruits et légumes : une application des tests de cointégration avec seuils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 283-284, pp.27-46. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/ecoru.2004.5504⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02672701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing consumer response to protected designation of origin labelling : a mixed multinomial logit approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Agricultural Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 28 (4), pp.433-449</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02670053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Welfare losses due to market power : hicksian versus marshallian measurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent V. Requillart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Agricultural Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 83 (1), pp.157-165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02670766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filière fruits et légumes : comment la grande distribution transmet-elle aux consommateurs les variations de prix à la production ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 4-00, pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02673887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of two-stage models of multicrop production : with an application to irrigated water allocation in Tunisian agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bel Haj Hassine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Région et Développement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 12, pp.121-141</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02689231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réalisation d'une enquête à l'Ecole Nationale de la Statistique et de l'Analyse de l'Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Tillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INSEE Méthodes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 84-85-86, pp.315-322</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02689634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pertes de bien-être et pouvoir de marché dans l'agroalimentaire français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent V. Requillart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie et Prévision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 135, pp.77-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02697762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional estimation under shape constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delecroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nonparametric Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 6, pp.69-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02691995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing Fourier and Translog specifications of multiproduct technology : evidence from an incomplete panel of French farmers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Ivaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norbert Ladoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Ossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Econometrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 11 (6), pp.649-667</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02698495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A shape constrained smoother : simulation study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delecroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 10, pp.155-175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02714263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic production frontiers and panel data : a latent variable framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Ivaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvette Monier Dilhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 80 (3), pp.534-547</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02706772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productive efficiency of French grain producers : a latent variable model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Ivaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Perrigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Productivity Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 5 (3), pp.287-299. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/BF01073912⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02715220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacité dans la production céréalière : une approche non paramétrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Perrigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'économie et sociologie rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 31, pp.106-124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02713036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système de régressions empilées et panel incomplet : un tour d'horizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Ivaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie et Prévision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 105, pp.97-107</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02711288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les choix en matiere de brevets : une analyse economique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Economie Et Sociologie Rurales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Pirttem. Programme Interdisciplinaire de Recherche Sur La Technologie Le Travail L'Emploi Et Les Modes de Vie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Technologie Emploi Travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes et communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 4, pp.79-95</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02723346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (35)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discrete and smooth scalar-on-density compositional regression for assessing the impact of climate change on rice yield in Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huong Trinh Thi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 Asia Meeting of the Econometry Society, East &amp; Southeast Asia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Econometric Society, Aug 2024, Ho Chi Minh, Vietnam. 29 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04682314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate adaptive response of rice yield in Vietnam: new insight through panel data modeling with heterogeneous slopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CELG Seminar (College of Economics, Law and Government Seminar)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Economics Ho Chi Minh City, Jul 2023, Ho Chi Minh, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04165412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate adaptive response of rice yield in Vietnam: new insight through panel data modeling with heterogeneous slopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Viet Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simioni Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hung Trung Vo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vietnam Economist Annual Meeting (VEAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Hanoi, Vietnam. 38 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate change and rice yield: compositional scalar-on-density regression approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Huong Trinh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Econometric models of climate change conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Toulouse School of Economics, Aug 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03760224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate adaptive response of rice yields in Vietnam: new insight through panel data modeling with heterogeneous slopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Econometric models of climate change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Università degli Studi di Ferrara; Dipartimento di Economia e Management, May 2022, Online, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03658206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation of rice yields to heat stress in Vietnam: new insight from heterogeneous slopes panel data modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38. Journées de Microéconomie Appliquée (JMA 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche et Economie et Management (CREM); Laboratoire Structures et Marchés Agricoles, Ressources et Territoires (SMART); Fédération de recherche Théorie et Evaluation des Politiques Publiques (TEPP), Jun 2022, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03715498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demographic and socioeconomic shifts partly explain the Martinican nutrition transition: an analysis of 10-year health and dietary changes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Colombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Drogue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viola Lamani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Perignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Journées de Recherches en Sciences Sociales (JRSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE; SFER; CIRAD, Dec 2021, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03477759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comparison of random forest and logistic regression model in credit scoring of rural households</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hong Nhung Do</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd Malaysian Finance Association International Conference 2021 (MFAIC 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Malaysian Finance Association, Aug 2021, Gelugor, Universiti Sains Malaysia, Malaysia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La transition démographique explique-t-elle la transition nutritionnelle en Martinique ? [eposter]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Colombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Drogue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viola Lamani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Perignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones de Nutrition (JFN 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, JFN, Nov 2021, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03463141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do women on corporate boards shape corporate social performance? Evidence drawn from semiparametric regression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rey Dang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lubica Hikkerova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. International Conference: Financing Engineering and Banking Society. Financial Stability and Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IAE Lille; University School of Management, Sep 2021, Lille, France. 23 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03356821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyser la transition nutritionnelle au travers de l'offre et de la demande : approches croisées en économie, gestion et nutrition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Drogue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Josephe Amiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Méjean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de clôture du métaprogramme GloFoods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Online, France. 5 p. [powerpoint]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03095706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supermarkets and their impacts on the relationship between food acquisition patterns and socio-economic and demographic characteristics of households: empirical evidence from Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Huong Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dharani Dhar Burra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stef de Haan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuyen Thi Thanh Huynh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">170. EAAE Seminar: Governance of food chains and consumption dynamics: what are the impacts on food security and sustainability?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Marchés, Organisations, Institutions et Stratégies d'Acteurs (1110)., May 2019, Montpellier, France. 32 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonparametric estimation of R&D international spillovers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgios Gioldasis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Vietnam Economist Annual Meeting (VEAM 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Dalat, Vietnam. 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02789474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The nutrition transition in Vietnam: some recent empirical insights</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Vietnam Economist Annual Meeting (VEAM 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Hanoi, Vietnam. 65 p. [Powerpoint]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new perspective on the relationship between calorie intake and income in China and Vietnam using semiparametric modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Huong Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. EAAE Congress 'Towards Sustainable Agri-food Systems: Balancing Between Markets and Society'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association of Agricultural Economists (EAAE). The Hague, INT., Aug 2017, Parma, Italy. 11 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01612487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpreting the impact of explanatory variables in compositional models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. International Workshop on Compositional Data Analysis (CoDaWork 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CoDa Association., Jun 2017, Siena, Italy. 310 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decomposition of changes in the consumption of macronutrients in Vietnam between 2004 and 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Huong Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Vietnam Economist Annual Meeting (VEAM 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Development and Policies Research Center (DEPOCEN). Hanoi, VNM., Aug 2017, Hô-Chi-Minh-Ville, Vietnam. 23 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of pollution abatement investments on production technology: new insights from frontier analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Huiban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Mastromarco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. EAAE Congress 'Towards Sustainable Agri-food Systems: Balancing Between Markets and Society'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association of Agricultural Economists (EAAE). The Hague, INT., Aug 2017, Parma, Italy. 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01612488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of pollution abatement investments on production technology: new insights from frontier analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Huiban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Mastromarco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Journées de recherches en sciences sociales (JRSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Economie Rurale (SFER). FRA.; Centre de Coopération Internationale en Recherche Agronomique pour le Développement (CIRAD). FRA.; Institut National de la Recherche Agronomique (INRA). FRA., Dec 2016, Paris, France. 29 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01419768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact d’un écart des prix de détail du porc frais sur les achats des ménages : approche économétrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zohra Bouamra-Mechemache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tifenn Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Legendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">47. Journées de la Recherche Porcine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Physiologie, Environnement et Génétique pour l'Animal et les Systèmes d'Elevage (1348).; Institut National de Recherche Agronomique (INRA). UMR Toxicologie Alimentaire (1331).; Institut du Porc (IFIP). FRA., Feb 2015, Paris, France. 7 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of pollution abatement investments on production technology: new insights from frontier analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Huiban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Mastromarco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Vietnam Economists Annual Meeting (VEAM 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Thai Nguyen University. VNM., Jun 2015, Thai Nguyen, Vietnam. 26 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonparametric vs parametric binary choice models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffrey Racine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19. Annual conference of the EAERE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association of Environmental and Resource Economists (EAERE). Venise, INT., Jun 2012, Prague, Czech Republic. 20 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical change versus efficiency change: how do food industries evolve over time?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent V. Requillart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Nauges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. European Workshop on Efficiency and Productivity Analysis (EWEPA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Workshop on Efficiency and Productivity Analysis (EWEPA)., Jun 2011, Vérone, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02745017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical & efficiency change in the french food industries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Nauges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent V. Requillart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Efficiency Measurement: New Methods and Application to the Food Sector</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Toulouse School of Economics (TSE). Toulouse, FRA., Jun 2012, Toulouse, France. 114 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Firm survival and quality labels in the food industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zohra Bouamra-Mechemache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAEA, CAES &amp; WAEA joint annual meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Denver, United States. 24 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02812089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contractualisation et diffusion spatiale des mesures agro-environnementales herbagères</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Allaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric E. Cahuzac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Journées de recherches en sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2008, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imperfect competition in the fresh fruit and vegetable industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent V. Requillart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Luis Varela Irimia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">113. EAAE Seminar "A resilient European Food Industry and Food Chain in a Challenge World"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association of Agricultural Economists (EAAE). INT., Sep 2009, Chania, Greece. 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02822492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic food consumption patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvette Monier-Dilhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Nichèle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journées de recherche en sciences sociales INRA-SFER-CIRAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02815106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imperfect competition in the fresh tomato industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent V. Requillart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Luis Varela Irimia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38. EARIE Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association for Research in Industrial Economics (EARIE). BEL.; European Association of Agricultural Economists (EAAE). INT., Sep 2008, Toulouse, France. 26 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement du consommateur et caractéristiques des biens : recherches actuelles et enjeux futurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Lecocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du département SAE2 : La consommation alimentaire : de l'emprise des goûts à l'appréhension des risques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02825481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedonic housing prices and agricultural pollution : an empirical investigation on semiparametric models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Surry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. International congress of the EAAE : The future of rural Europe in the global agri-food system</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, Copenhague, Denmark. 16 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02828166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réalisation d'une enquête à l'Ecole Nationale de la Statistique et de l'Analyse de l'Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Tillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Journée de méthodologie statistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1998, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02837309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Welfare losses due to market power in the French food manufacturing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent V. Requillart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Congress : redefining the roles for European agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1996, Edimbourg, United Kingdom. 17 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02838808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Econometrics of optimal procurement auctions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.J. Laffont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Oustry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q.H. Vuong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1994, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02774568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les choix en matiere de brevets : une analyse economique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Economie Et Sociologie Rurales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Pirttem. Programme Interdisciplinaire de Recherche Sur La Technologie Le Travail L'Emploi Et Les Modes de Vie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Technologie Emploi Travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation dans les semences. Recherche et industrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1987, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02856160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction au modele log-lineaire a partir d'un exemple dans le cas le plus simple : deux variables dichotomiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Ossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">37 p., 1989</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02854117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonction de cout Translog sur donnees individuelles : introduction au modele theorique et a la demarche econometrique a partir d'un exemple simple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvette Monier Dilhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Ossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">27 p., 1989</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02855007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction et recherche-developpement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Crampes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Esr. Station d'Economie Et Sociologie Rurales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Gremaq. Groupe de Recherche En Economie Mathematique Et Quantitative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">55 p., 1989</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02858122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Econometrie des donnees de panel: une introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">22 p., 1988</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02858265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'analyse economique des brevets: une introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">28 p., 1987</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02854784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modele d'arbitrage: un test empirique: l'effet de la taille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Groupe de Recherche En Economie Mathematique Et Quantitative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">31 p., 1987</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02854948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyser la transition nutritionnelle à travers l’offre et la demande alimentaires : approches croisées en économie, gestion et nutrition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Drogué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viola Lamani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Josephe Amiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alban Thomas; Arlène Alpha; Aleksandra Barczak; Nadine Zakhia-Rozis. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Durabilité des systèmes pour la sécurité alimentaire. Combiner les approches locales et globales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ed. Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.53-63, 2024, Synthèses, 978-2-7592-3852-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04509450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysing the nutrition transition through food supply and demand : cross-perspective approaches in economics, management and nutrition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie S. Drogue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Costa-Migeon Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viola Lamani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Josephe Amiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alban Thomas; Arlène Alpha; Aleksandra Barczak; Nadine Zakhia-Rozis. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable food systems for food security. Need for combination of local and global approaches</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ed. Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 220 p., 2022, 9782759235759</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diet quality and food sources in Vietnam: first evidence using compositional data analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huong Thi Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuyen Thi Thanh Huynh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thao-Vy Vuong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Abdelaati Daouia; Anne Ruiz-Gazen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in contemporary statistics and econometrics. Festschrift in honor of Christine Thomas-Agnan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 978-3-030-73251-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03265561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Econometrics of scoring auctions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Laffont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Perrigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quang Vuong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Li, T.; Pesaran, M.; Terrel, D. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Essays in honor of Cheng Hsiao</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 41, </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emerald Publishing Limited</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Advances in Econometrics, 978-1-78973-958-9. </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/S0731-905320200000041010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivity convergence in Vietnamese manufacturing industry: evidence using a spatial Durbin model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phuong Anh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tat Hien Phan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Causal inference in econometrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 622, </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 638 p., 2016, Studies in Computational Intelligence, </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-27284-9_39⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèles à direction révélatrice unique : application en économie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gilbert Saporta; Jean-Jacques Droesbeke. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approches non paramétriques en régression : théorie et pratique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Technip</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.448, 2011, 9782710809586</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penetration of the French fish market by imports of farmed salmon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ferreira-Dias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Gonzales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guillotreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Le Grel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prices and margins along the european seafood value chain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4, Université de Nantes, pp.99-107, 2003, 2-86939-192-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02828954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enquête sur la sécurité alimentaire réalisée dans le cadre des enseignements de l'ENSAI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Deletombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.H. de Penanster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Tillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enquêtes et sondages : méthodes, modèles, applications, nouvelles approches. 2ème et 3ème cycles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dunod, 1999, 2-10-004023-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02837514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fresh look at the nutrition transition in Vietnam using semiparametric modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Huong Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[University works] auto-saisine. 2017, 26 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01607578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of pollution abatement investments on production technology: new insights from frontier analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Huiban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Mastromarco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[University works] auto-saisine. 2016, 26 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01512154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre de rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viet Nam’s green industrial path between carbon and climate exposures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilherme Magacho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Espagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irene de Eccher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Sempé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, pp.63-96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre de rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03900309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The macroeconomics of climate change and adaptation in Viet Nam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Espagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Thu Ha Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Anh-Dao Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arsène Rieber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dang Thi Thu Hoai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre de rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03456751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agriculture in Viet Nam under the impact of climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thuy Le Toan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nguyen Huu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hoa Phan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hironori Arai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre de rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03456472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discrete and smooth scalar-on-density compositional regression for assessing the impact of climate change on rice yield in Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huong Trinh Thi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03989846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is infrastructure capital really productive? Non-parametric modeling and data-driven model selection in a crosssectionally dependent panel framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giada Andrea Prete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactive R&D Spillovers: an estimation strategy based on forecasting-driven model selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgios Gioldasis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03224910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model uncertainty, nonlinearities and out-of-sample comparison: evidence from international technology diffusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgios Gioldasis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does board gender diversity influence firm profitability? A control function approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rey Dang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Hocine Houanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krishna Reddy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the long-term impact of agricultural research on productivity: evidence from France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lemarié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Orozco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Butault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of advertising on brand’s market-shares in the automobile market: a multi-channel attraction model with competition and carry-over effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using compositional and Dirichlet models for market-share regression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01558527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpretation of explanatory variables impacts in compositional regression models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of advertising on brand's market-shares in the automobile market: a multi-channel attraction model with competition and carryover effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01666853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèles de prix hédoniques semiparametrique : évaluation des effets des pollutions diffuses d'origine agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Surry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrats à tarifs binomes versus double marginalisation entre distributeurs et producteurs: tests empiriques sur le marché ou les produits sont différenciés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02818581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-part tariffs versus linear pricing between manufacturers and retailers : empirical tests on differentiated products markets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02832550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asymmetry of price transmission within the French value chain of seafood products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Gonzales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guillotreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Le Grel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02833661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural change and asymmetric transmission of prices. What do we learn about the nature of fishery products ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guillotreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Le Grel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02828274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude sur le lien entre prix agricoles à la production et prix alimentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bontemps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02829241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Price linkage and transmission between shippers and retailers in the French vegetable channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02827459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Econometrics of optimal procurement auctions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.J. Laffont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Oustry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q.H. Vuong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02839170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Econométrie de la production sur données individuelles : un tour d'horizon des travaux de l'équipe toulousaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1992</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02846960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation de la forme de Fourier flexible sur donnees individuelles. Cas d'une technologie multi-produits en agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Ivaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norbert Ladoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Ossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Ecole Nationale de La Statistique Et de L'Administration Economique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journees sur l'Utilisation des Donnees de Panel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1990, Paris, France. 33 p., 1990</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02851466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de l'efficacite productive par analyse structurelle des covariances : le cas de la production fruitiere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Ivaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvette Monier Dilhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Association of Southern Economic Theorists And Econometricians</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Congres de l'ASSET</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1990, Bilbao, Espagne. 33 p., 1990</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02846371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId340"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Michel Simioni </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Directeur de recherche à INRAE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">michel-simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0005-6902-8647</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mon domaine est l'écométrie appliquée avec application en économie de la production, économie de l'alimentation, économie de l'environnement avec un intérêt plus particulier pour l'économétrie non semiparamétrique</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (63)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scalar-on-Distribution Regression for Assessing the Impact of Climate Change on Rice Yield in Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huong Thi Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural, Biological, and Environmental Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13253-026-00727-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05536758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of endogeneity in the relationship between board gender diversity and corporate social performance: evidence from a control function method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rey Đặng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Hocine Houanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Sahut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 347 (1), pp.333-365. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10479-023-05682-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04295800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical progress, technical efficiency, and environmental change: New insights into Vietnam’s productivity growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Viet Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economic Analysis and Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 88, pp.1266-1283. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eap.2025.10.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05338206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is infrastructure capital really productive? Nonparametric modeling and data-driven model selection in a cross-sectionally dependent panel framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giada Andrea Prete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Productivity Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11123-025-00779-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05281582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comparative study of residents and tourists' valuation for a heterogeneous environmental good: the case of coastal erosion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lan Anh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manh-Hung Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Reynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 161, pp.106038. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpol.2024.106038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactive R&D spillovers: an estimation strategy based on forecasting-driven model selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgios Gioldasis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Forecasting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 39 (1), pp.144-169. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijforecast.2021.09.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03476599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do women on corporate boards shape corporate social performance? Evidence drawn from semiparametric regression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rey Đặng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lubica Hikkerova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Sahut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Operations Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 330, pp.361-388. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10479-022-04550-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03582287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tourists’ preferences and willingness to pay for protecting a World Heritage site from coastal erosion in Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lan Anh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manh-Hung Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viet-Ngu Hoang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Reynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environment, Development and Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, online first, 22 p. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10668-023-03773-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04186816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Board gender diversity and environmental performance: a semi-parametric panel data analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rey Đặng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Majdi Karmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Hocine Houanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilyes Abid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 58 (Part A), pp.104032. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.frl.2023.104032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04106411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">By what way women on corporate boards influence corporate social performance? Evidence from a semiparametric panel model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Giuseppina Bruna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rey Dang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Hocine Houanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Sahut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 49, 7 p. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.frl.2022.103048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03693781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivity, technical efficiency, and technological change in Vietnamese oceanic tuna fisheries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Viet Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cao Le Quyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hreiðar Pór Valtýsson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fisheries Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 248, 8 p. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fishres.2021.106202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03507512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valuing mangrove conservation attributes in Red River Delta, Vietnam: a choice experiment approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Viet Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hung Trung Vo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Resource Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 37 (3), pp.1-30. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1086/720468⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03708264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quel est l’impact de la présence des femmes au conseil d’administration sur la performance environnementale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rey Dang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lubica Hikkerova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Hocine Houanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 39 (6), pp.117-138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04186871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical efficiency of Vietnamese manufacturing firms: do FDI spillovers matter?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Canh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minh Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khoa Cai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Business Economics and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 22 (2), pp.518-536. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3846/jbem.2021.14253⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03145499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do women on corporate boards influence corporate social performance? A control function approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rey Dang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hocine Houanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Sahut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 39, 101645 [8 p.]. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.frl.2020.101645⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02891765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economic analysis of choices among differing measures to manage coastal erosion in Hoi An (a UNESCO World Heritage Site)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manh-Hung Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Lan Anh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuan Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Reynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economic Analysis and Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 70, pp.529-543. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eap.2021.04.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03197067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demographic and socio-economic shifts partly explain the Martinican nutrition transition: an analysis of 10-year health and dietary changes (2003–2013) using decomposition models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Colombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Drogue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viola Lamani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Perignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Public Health Nutrition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 24 (18), pp.6323-6334. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S136898002100327X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03356397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal capital adequacy ratio: an investigation of Vietnamese commercial banks using two-stage DEA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phuong Anh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bich Le Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cogent Business &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 8 (1), pp.1-20. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23311975.2020.1870796⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03125428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the long-term impact of agricultural research on productivity: Evidence from France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Lemarié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Orozco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Butault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Agricultural Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 47 (4), pp.1559-1586. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/eurrag/jbz051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The influence of household refrigerator ownership on diets in Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brent Heard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huong Trinh Thi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dharani Dhar Burra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin C. Heller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shelie A. Miller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economics and Human Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 39, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ehb.2020.100930⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02985449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willingness to pay for mangrove preservation in Xuan Thuy National Park, Vietnam: do household knowledge and interest play a role?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hung Trung Vo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Viet Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Economics and Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 9 (4), pp.402-420. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/21606544.2020.1716854⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02624828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supermarkets and household food acquisition patterns in Vietnam in relation to population demographics and socioeconomic strata: insights from public data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huong Thi Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Burra D. Dhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stef de Haan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuyen Thi Thanh Huynh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Sustainable Food Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 4 (article 15), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fsufs.2020.00015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02624928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does board gender diversity influence firm profitability? A control function approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rey Đặng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’hocine Houanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krishna Reddy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economic Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 90, pp.168-181. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.econmod.2020.05.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relations between socio-economic factors and nutritional diet in Vietnam from 2004 to 2014: new insights using compositional data analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huong Thi Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistical Methods in Medical Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 28 (8), pp.2305-2325. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0962280218770223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02625984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of TFP change at provincial level in Vietnam: new evidence using Färe–Primont productivity index</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Viet Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dao Le Van</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The B.E. Journal of Economic Analysis and Policy Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 64, pp.329-345. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eap.2019.09.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02622869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using compositional and Dirichlet models for market share regression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 45 (9), pp.1670-1689. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02664763.2017.1389864⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpretation of explanatory variables impacts in compositional regression models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Austrian Journal of Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 47 (5), pp.1-25. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17713/ajs.v47i5.718⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02617783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth strategy with social capital, human capital and physical capital - theory and evidence: the case of Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cuong Le Van</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anh Ngoc Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc-Minh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Public Economic Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 20 (5), pp.768-787. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jpet.12305⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02623135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the nonlinearity of the calorie-income relationship: an estimation strategy – with new insights on nutritional transition in Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huong Thi Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 110, pp.192-204. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.worlddev.2018.05.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decomposition of changes in the consumption of macronutrients in Vietnam between 2004 and 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huong Thi Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economics and Human Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 31, pp.259-275. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ehb.2018.09.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02621238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconciling the Porter hypothesis with the traditional paradigm about environmental regulation: a nonparametric approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Huiban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilla Mastromarco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Productivity Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 50 (3), pp.85-100. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11123-018-0536-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02623725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calorie intake and income in China: new evidence using semiparametric modelling with generalized additive models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Huong Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematical Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 14 (1), pp.11-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01515007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial to the special issue in memory of Jean-Pierre Huiban</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carl Gaigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Sevestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Agricultural, Food and Environmental Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 97 (2), pp.85-87. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s41130-016-0025-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01594858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivity and efficiency of Vietnamese banking system: new evidence using Färe-Primont index analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phuong An Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 47 (41), pp.4395-4407. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00036846.2015.1030565⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02636290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territorial analysis of the diffusion of organic farming in France : Between heterogeneity and spatial dependence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Allaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Poméon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élise Maigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric E. Cahuzac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 59 (Decembre 2015), pp.70-81. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolind.2015.03.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02637012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impact de la recherche agronomique sur la productivité agricole française : une approche par le taux de rentabilité interne (TRI) des dépenses publiques affectées à la recherche agronomique en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Butault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Lemarié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Huard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01213731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonparametric Models with Applications in Economics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phuong Anh Nguyen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vietnam Journal of Mathematics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 12 (2), pp.1-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02634662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche spatiale de la conversion à l'agriculture biologique : les dynamiques régionales en France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Allaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric E. Cahuzac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Poméon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 339-340, pp.9-31. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/economierurale.4200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02629767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality labels and firm survival: some first empirical evidence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zohra Bouamra-Mechemache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Agricultural Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 40 (3), pp.413- 439. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/erae/jbs034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting asymmetric price transmission with consistent threshold along the fish supply chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Gonzales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guillotreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Le Grel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Agricultural Economics / Revue canadienne d'agroeconomie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 61 (1), pp.37-60. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1744-7976.2012.01257.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02643737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexion à partir d'une analyse spatiale sur les politiques de soutien et la diffusion de l'agriculture biologique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Allaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric E. Cahuzac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élise Maigné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Poméon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 32, pp.227-241. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/cmsd-b811⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02646184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contractualisation et diffusion spatiale des mesures agro-environnementales herbagères</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Allaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric E. Cahuzac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Etudes en Agriculture et Environnement - Review of agricultural and environmental studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 90, pp.5-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02661463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic food consumption patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvette Monier Dilhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Nichèle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Industrial Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 7 (2), pp.Article 12. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2202/1542-0485.1269⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02655395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semiparametric hedonic price models: assessing the effects of agricultural nonpoint source pollution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Surry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Econometrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 23 (6), pp.825-842. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jae.1022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02661292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entreprises et filières agroalimentaires face à de nouveaux enjeux : présentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis-Georges Soler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 5-6, pp.1-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Price-cost margins and structural change : sub-contracting within the salmon marketing chain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guillotreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Le Grel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Review of Development Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 9 (4), pp.581-597. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1467-9361.2005.00295.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02675610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement du consommateur et caractéristiques des biens : recherches actuelles et enjeux futurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Lecocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 3/04, pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02670024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'agriculteur au consommateur : la transmission des prix le long des filières de l'agroalimentaire. Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 283-284, pp.6-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02670922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmission des prix dans la filière des fruits et légumes : une application des tests de cointégration avec seuils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 283-284, pp.27-46. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/ecoru.2004.5504⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02672701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filière fruits et légumes : comment la grande distribution transmet-elle aux consommateurs les variations de prix à la production ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 4-00, pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02673887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing consumer response to protected designation of origin labelling : a mixed multinomial logit approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Agricultural Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 28 (4), pp.433-449</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02670053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Welfare losses due to market power : hicksian versus marshallian measurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent V. Requillart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Agricultural Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 83 (1), pp.157-165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02670766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of two-stage models of multicrop production : with an application to irrigated water allocation in Tunisian agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Bel Haj Hassine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Région et Développement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 12, pp.121-141</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02689231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réalisation d'une enquête à l'Ecole Nationale de la Statistique et de l'Analyse de l'Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Tillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INSEE Méthodes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 84-85-86, pp.315-322</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02689634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pertes de bien-être et pouvoir de marché dans l'agroalimentaire français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent V. Requillart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie et Prévision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 135, pp.77-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02697762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional estimation under shape constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delecroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Nonparametric Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 6, pp.69-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02691995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing Fourier and Translog specifications of multiproduct technology : evidence from an incomplete panel of French farmers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Ivaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norbert Ladoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Ossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Econometrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 11 (6), pp.649-667</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02698495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic production frontiers and panel data : a latent variable framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Ivaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvette Monier Dilhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Operational Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 80 (3), pp.534-547</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02706772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A shape constrained smoother : simulation study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Delecroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Statistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 10, pp.155-175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02714263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productive efficiency of French grain producers : a latent variable model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Ivaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Perrigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Productivity Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 5 (3), pp.287-299. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/BF01073912⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02715220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacité dans la production céréalière : une approche non paramétrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Perrigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'économie et sociologie rurales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 31, pp.106-124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02713036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système de régressions empilées et panel incomplet : un tour d'horizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Ivaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie et Prévision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 105, pp.97-107</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02711288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les choix en matiere de brevets : une analyse economique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Economie Et Sociologie Rurales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Pirttem. Programme Interdisciplinaire de Recherche Sur La Technologie Le Travail L'Emploi Et Les Modes de Vie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Technologie Emploi Travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes et communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 4, pp.79-95</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02723346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (35)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discrete and smooth scalar-on-density compositional regression for assessing the impact of climate change on rice yield in Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huong Trinh Thi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 Asia Meeting of the Econometry Society, East &amp; Southeast Asia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Econometric Society, Aug 2024, Ho Chi Minh, Vietnam. 29 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04682314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate adaptive response of rice yield in Vietnam: new insight through panel data modeling with heterogeneous slopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CELG Seminar (College of Economics, Law and Government Seminar)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Economics Ho Chi Minh City, Jul 2023, Ho Chi Minh, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04165412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation of rice yields to heat stress in Vietnam: new insight from heterogeneous slopes panel data modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38. Journées de Microéconomie Appliquée (JMA 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de recherche et Economie et Management (CREM); Laboratoire Structures et Marchés Agricoles, Ressources et Territoires (SMART); Fédération de recherche Théorie et Evaluation des Politiques Publiques (TEPP), Jun 2022, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03715498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate adaptive response of rice yield in Vietnam: new insight through panel data modeling with heterogeneous slopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Viet Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simioni Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hung Trung Vo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vietnam Economist Annual Meeting (VEAM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Hanoi, Vietnam. 38 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate change and rice yield: compositional scalar-on-density regression approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Huong Trinh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Econometric models of climate change conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Toulouse School of Economics, Aug 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03760224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate adaptive response of rice yields in Vietnam: new insight through panel data modeling with heterogeneous slopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Econometric models of climate change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Università degli Studi di Ferrara; Dipartimento di Economia e Management, May 2022, Online, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03658206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do women on corporate boards shape corporate social performance? Evidence drawn from semiparametric regression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rey Dang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lubica Hikkerova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. International Conference: Financing Engineering and Banking Society. Financial Stability and Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IAE Lille; University School of Management, Sep 2021, Lille, France. 23 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03356821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demographic and socioeconomic shifts partly explain the Martinican nutrition transition: an analysis of 10-year health and dietary changes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Colombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Drogue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viola Lamani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Perignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Journées de Recherches en Sciences Sociales (JRSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE; SFER; CIRAD, Dec 2021, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03477759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comparison of random forest and logistic regression model in credit scoring of rural households</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hong Nhung Do</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd Malaysian Finance Association International Conference 2021 (MFAIC 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Malaysian Finance Association, Aug 2021, Gelugor, Universiti Sains Malaysia, Malaysia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La transition démographique explique-t-elle la transition nutritionnelle en Martinique ? [eposter]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Colombet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Drogue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viola Lamani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Perignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones de Nutrition (JFN 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, JFN, Nov 2021, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03463141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyser la transition nutritionnelle au travers de l'offre et de la demande : approches croisées en économie, gestion et nutrition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Drogue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Josephe Amiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Méjean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de clôture du métaprogramme GloFoods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Online, France. 5 p. [powerpoint]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03095706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supermarkets and their impacts on the relationship between food acquisition patterns and socio-economic and demographic characteristics of households: empirical evidence from Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Huong Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dharani Dhar Burra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stef de Haan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuyen Thi Thanh Huynh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">170. EAAE Seminar: Governance of food chains and consumption dynamics: what are the impacts on food security and sustainability?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Marchés, Organisations, Institutions et Stratégies d'Acteurs (1110)., May 2019, Montpellier, France. 32 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonparametric estimation of R&D international spillovers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgios Gioldasis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Vietnam Economist Annual Meeting (VEAM 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Dalat, Vietnam. 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02789474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The nutrition transition in Vietnam: some recent empirical insights</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Vietnam Economist Annual Meeting (VEAM 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Hanoi, Vietnam. 65 p. [Powerpoint]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of pollution abatement investments on production technology: new insights from frontier analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Huiban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Mastromarco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. EAAE Congress 'Towards Sustainable Agri-food Systems: Balancing Between Markets and Society'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association of Agricultural Economists (EAAE). The Hague, INT., Aug 2017, Parma, Italy. 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01612488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new perspective on the relationship between calorie intake and income in China and Vietnam using semiparametric modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Huong Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. EAAE Congress 'Towards Sustainable Agri-food Systems: Balancing Between Markets and Society'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association of Agricultural Economists (EAAE). The Hague, INT., Aug 2017, Parma, Italy. 11 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01612487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpreting the impact of explanatory variables in compositional models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. International Workshop on Compositional Data Analysis (CoDaWork 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CoDa Association., Jun 2017, Siena, Italy. 310 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decomposition of changes in the consumption of macronutrients in Vietnam between 2004 and 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Huong Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Vietnam Economist Annual Meeting (VEAM 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Development and Policies Research Center (DEPOCEN). Hanoi, VNM., Aug 2017, Hô-Chi-Minh-Ville, Vietnam. 23 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of pollution abatement investments on production technology: new insights from frontier analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Huiban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Mastromarco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Journées de recherches en sciences sociales (JRSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Economie Rurale (SFER). FRA.; Centre de Coopération Internationale en Recherche Agronomique pour le Développement (CIRAD). FRA.; Institut National de la Recherche Agronomique (INRA). FRA., Dec 2016, Paris, France. 29 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01419768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact d’un écart des prix de détail du porc frais sur les achats des ménages : approche économétrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zohra Bouamra-Mechemache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tifenn Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Legendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">47. Journées de la Recherche Porcine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Physiologie, Environnement et Génétique pour l'Animal et les Systèmes d'Elevage (1348).; Institut National de Recherche Agronomique (INRA). UMR Toxicologie Alimentaire (1331).; Institut du Porc (IFIP). FRA., Feb 2015, Paris, France. 7 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of pollution abatement investments on production technology: new insights from frontier analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Huiban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Mastromarco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Vietnam Economists Annual Meeting (VEAM 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Thai Nguyen University. VNM., Jun 2015, Thai Nguyen, Vietnam. 26 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonparametric vs parametric binary choice models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffrey Racine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19. Annual conference of the EAERE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association of Environmental and Resource Economists (EAERE). Venise, INT., Jun 2012, Prague, Czech Republic. 20 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical & efficiency change in the french food industries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Nauges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent V. Requillart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Efficiency Measurement: New Methods and Application to the Food Sector</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Toulouse School of Economics (TSE). Toulouse, FRA., Jun 2012, Toulouse, France. 114 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical change versus efficiency change: how do food industries evolve over time?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent V. Requillart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Nauges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. European Workshop on Efficiency and Productivity Analysis (EWEPA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Workshop on Efficiency and Productivity Analysis (EWEPA)., Jun 2011, Vérone, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02745017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Firm survival and quality labels in the food industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zohra Bouamra-Mechemache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAEA, CAES &amp; WAEA joint annual meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Denver, United States. 24 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02812089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic food consumption patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvette Monier-Dilhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Nichèle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journées de recherche en sciences sociales INRA-SFER-CIRAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02815106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contractualisation et diffusion spatiale des mesures agro-environnementales herbagères</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles G. Allaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric E. Cahuzac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Journées de recherches en sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2008, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imperfect competition in the fresh fruit and vegetable industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent V. Requillart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Luis Varela Irimia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">113. EAAE Seminar "A resilient European Food Industry and Food Chain in a Challenge World"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association of Agricultural Economists (EAAE). INT., Sep 2009, Chania, Greece. 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02822492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imperfect competition in the fresh tomato industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent V. Requillart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Luis Varela Irimia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38. EARIE Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association for Research in Industrial Economics (EARIE). BEL.; European Association of Agricultural Economists (EAAE). INT., Sep 2008, Toulouse, France. 26 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02821084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement du consommateur et caractéristiques des biens : recherches actuelles et enjeux futurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Lecocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du département SAE2 : La consommation alimentaire : de l'emprise des goûts à l'appréhension des risques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02825481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedonic housing prices and agricultural pollution : an empirical investigation on semiparametric models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Surry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. International congress of the EAAE : The future of rural Europe in the global agri-food system</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2005, Copenhague, Denmark. 16 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02828166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réalisation d'une enquête à l'Ecole Nationale de la Statistique et de l'Analyse de l'Information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Tillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Journée de méthodologie statistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1998, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02837309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Welfare losses due to market power in the French food manufacturing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent V. Requillart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Congress : redefining the roles for European agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1996, Edimbourg, United Kingdom. 17 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02838808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Econometrics of optimal procurement auctions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.J. Laffont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Oustry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q.H. Vuong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1994, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02774568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les choix en matiere de brevets : une analyse economique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Economie Et Sociologie Rurales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Pirttem. Programme Interdisciplinaire de Recherche Sur La Technologie Le Travail L'Emploi Et Les Modes de Vie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Technologie Emploi Travail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation dans les semences. Recherche et industrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1987, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02856160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction au modele log-lineaire a partir d'un exemple dans le cas le plus simple : deux variables dichotomiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Ossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">37 p., 1989</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02854117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonction de cout Translog sur donnees individuelles : introduction au modele theorique et a la demarche econometrique a partir d'un exemple simple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvette Monier Dilhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Ossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">27 p., 1989</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02855007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction et recherche-developpement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Crampes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Esr. Station d'Economie Et Sociologie Rurales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Gremaq. Groupe de Recherche En Economie Mathematique Et Quantitative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">55 p., 1989</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02858122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Econometrie des donnees de panel: une introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">22 p., 1988</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02858265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modele d'arbitrage: un test empirique: l'effet de la taille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Groupe de Recherche En Economie Mathematique Et Quantitative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">31 p., 1987</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02854948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'analyse economique des brevets: une introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">28 p., 1987</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02854784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyser la transition nutritionnelle à travers l’offre et la demande alimentaires : approches croisées en économie, gestion et nutrition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Drogué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viola Lamani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Josephe Amiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alban Thomas; Arlène Alpha; Aleksandra Barczak; Nadine Zakhia-Rozis. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Durabilité des systèmes pour la sécurité alimentaire. Combiner les approches locales et globales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ed. Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.53-63, 2024, Synthèses, 978-2-7592-3852-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04509450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysing the nutrition transition through food supply and demand : cross-perspective approaches in economics, management and nutrition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie S. Drogue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Costa-Migeon Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viola Lamani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Josephe Amiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alban Thomas; Arlène Alpha; Aleksandra Barczak; Nadine Zakhia-Rozis. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable food systems for food security. Need for combination of local and global approaches</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ed. Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 220 p., 2022, 9782759235759</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diet quality and food sources in Vietnam: first evidence using compositional data analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huong Thi Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuyen Thi Thanh Huynh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thao-Vy Vuong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Abdelaati Daouia; Anne Ruiz-Gazen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in contemporary statistics and econometrics. Festschrift in honor of Christine Thomas-Agnan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 978-3-030-73251-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03265561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Econometrics of scoring auctions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Laffont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Perrigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quang Vuong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Li, T.; Pesaran, M.; Terrel, D. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Essays in honor of Cheng Hsiao</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 41, </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emerald Publishing Limited</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Advances in Econometrics, 978-1-78973-958-9. </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/S0731-905320200000041010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivity convergence in Vietnamese manufacturing industry: evidence using a spatial Durbin model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phuong Anh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tat Hien Phan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Causal inference in econometrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 622, </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 638 p., 2016, Studies in Computational Intelligence, </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-27284-9_39⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèles à direction révélatrice unique : application en économie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gilbert Saporta; Jean-Jacques Droesbeke. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approches non paramétriques en régression : théorie et pratique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Technip</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.448, 2011, 9782710809586</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02806881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penetration of the French fish market by imports of farmed salmon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ferreira-Dias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Gonzales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guillotreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Le Grel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prices and margins along the european seafood value chain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4, Université de Nantes, pp.99-107, 2003, 2-86939-192-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02828954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enquête sur la sécurité alimentaire réalisée dans le cadre des enseignements de l'ENSAI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Deletombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.H. de Penanster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Laine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Tillé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enquêtes et sondages : méthodes, modèles, applications, nouvelles approches. 2ème et 3ème cycles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dunod, 1999, 2-10-004023-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02837514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A fresh look at the nutrition transition in Vietnam using semiparametric modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Huong Trinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[University works] auto-saisine. 2017, 26 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01607578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of pollution abatement investments on production technology: new insights from frontier analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Huiban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Mastromarco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[University works] auto-saisine. 2016, 26 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01512154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre de rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viet Nam’s green industrial path between carbon and climate exposures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilherme Magacho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Espagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irene de Eccher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Sempé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, pp.63-96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre de rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03900309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The macroeconomics of climate change and adaptation in Viet Nam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Espagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Thu Ha Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Anh-Dao Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arsène Rieber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dang Thi Thu Hoai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre de rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03456751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agriculture in Viet Nam under the impact of climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thuy Le Toan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nguyen Huu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hoa Phan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hironori Arai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre de rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03456472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discrete and smooth scalar-on-density compositional regression for assessing the impact of climate change on rice yield in Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huong Trinh Thi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03989846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is infrastructure capital really productive? Non-parametric modeling and data-driven model selection in a crosssectionally dependent panel framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giada Andrea Prete</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactive R&D Spillovers: an estimation strategy based on forecasting-driven model selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgios Gioldasis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03224910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model uncertainty, nonlinearities and out-of-sample comparison: evidence from international technology diffusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgios Gioldasis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does board gender diversity influence firm profitability? A control function approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rey Dang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Hocine Houanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krishna Reddy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the long-term impact of agricultural research on productivity: evidence from France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Lemarié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Orozco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Butault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Musolesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of advertising on brand’s market-shares in the automobile market: a multi-channel attraction model with competition and carry-over effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpretation of explanatory variables impacts in compositional regression models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using compositional and Dirichlet models for market-share regression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01558527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of advertising on brand's market-shares in the automobile market: a multi-channel attraction model with competition and carryover effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Morais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Thomas-Agnan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01666853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèles de prix hédoniques semiparametrique : évaluation des effets des pollutions diffuses d'origine agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bontemps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Surry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02819892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrats à tarifs binomes versus double marginalisation entre distributeurs et producteurs: tests empiriques sur le marché ou les produits sont différenciés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02818581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-part tariffs versus linear pricing between manufacturers and retailers : empirical tests on differentiated products markets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02832550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asymmetry of price transmission within the French value chain of seafood products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Gonzales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guillotreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Le Grel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02833661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural change and asymmetric transmission of prices. What do we learn about the nature of fishery products ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Guillotreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Le Grel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02828274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude sur le lien entre prix agricoles à la production et prix alimentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bontemps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02829241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Price linkage and transmission between shippers and retailers in the French vegetable channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02827459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Econometrics of optimal procurement auctions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.J. Laffont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Oustry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Q.H. Vuong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02839170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Econométrie de la production sur données individuelles : un tour d'horizon des travaux de l'équipe toulousaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1992</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02846960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation de la forme de Fourier flexible sur donnees individuelles. Cas d'une technologie multi-produits en agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Ivaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norbert Ladoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Ossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Ecole Nationale de La Statistique Et de L'Administration Economique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Journees sur l'Utilisation des Donnees de Panel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1990, Paris, France. 33 p., 1990</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02851466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de l'efficacite productive par analyse structurelle des covariances : le cas de la production fruitiere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Ivaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvette Monier Dilhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Simioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Association of Southern Economic Theorists And Econometricians</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Congres de l'ASSET</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1990, Bilbao, Espagne. 33 p., 1990</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02846371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId342"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="45243BE6"/>
+    <w:nsid w:val="78E0B9AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/michel-simioni" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-6902-8647" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338206v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Viet Nguyen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Simioni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eap.2025.10.016" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281582v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Musolesi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giada Andrea Prete" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11123-025-00779-x" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04295800v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rey &#272;&#7863;ng" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L'Hocine Houanti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Sahut" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-023-05682-y" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04464845v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lan Anh Nguyen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manh-Hung Nguyen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Reynaud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2024.106038" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03476599v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Gioldasis" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijforecast.2021.09.009" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03582287v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubica Hikkerova" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-022-04550-5" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186816v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet-Ngu Hoang" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10668-023-03773-1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04106411v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majdi Karmani" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyes Abid" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.frl.2023.104032" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03693781v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Giuseppina Bruna" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rey Dang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.frl.2022.103048" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03507512v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cao Le Quyen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hrei&#240;ar P&#243;r Valt&#253;sson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fishres.2021.106202" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03708264v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung Trung Vo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/720468" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186871v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03356397v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Colombet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Drogue" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viola Lamani" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Perignon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S136898002100327X" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02891765v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Houanti" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.frl.2020.101645" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03197067v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Lan Anh Nguyen" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan Nguyen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eap.2021.04.006" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03125428v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Anh Nguyen" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bich Le Tran" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23311975.2020.1870796" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03145499v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Canh Nguyen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Le" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khoa Cai" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3846/jbem.2021.14253" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02985449v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent Heard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huong Trinh Thi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dharani Dhar Burra" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin C. Heller" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shelie A. Miller" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ehb.2020.100930" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624828v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21606544.2020.1716854" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624928v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huong Thi Trinh" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burra D. Dhar" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stef de Haan" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuyen Thi Thanh Huynh" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsufs.2020.00015" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618276v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#8217;hocine Houanti" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishna Reddy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econmod.2020.05.009" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794533v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Lemari&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Orozco" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Butault" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurrag/jbz051" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622869v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dao Le Van" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eap.2019.09.007" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625984v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Morais" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Thomas-Agnan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0962280218770223" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628909v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02664763.2017.1389864" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617783v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17713/ajs.v47i5.718" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623135v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cuong Le Van" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Ngoc Nguyen" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Minh Nguyen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jpet.12305" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628994v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.worlddev.2018.05.030" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621238v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ehb.2018.09.002" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623725v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Huiban" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Mastromarco" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11123-018-0536-8" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594858v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Gaign&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Schmitt" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sevestre" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-016-0025-2" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515007v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Huong Trinh" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636290v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong An Nguyen" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2015.1030565" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637012v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Allaire" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pom&#233;on" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Maign&#233;" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric E. Cahuzac" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2015.03.009" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-27MQ0ST3-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213731v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Huard" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634662v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629767v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Allaire" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.4200" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643737v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gonzales" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Guillotreau" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Grel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1744-7976.2012.01257.x" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646184v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/cmsd-b811" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647482v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bontemps" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Bouamra-Mechemache" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/erae/jbs034" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661463v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655395v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvette Monier Dilhan" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hassan" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Nich&#232;le" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2202/1542-0485.1269" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/09E3B1F6AAF117F2FDBA4F912D2B66C890E6A764/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661292v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Surry" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jae.1022" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653541v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dubois" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Georges Soler" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675610v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-9361.2005.00295.x" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BPHL1X5V-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670024v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Lecocq" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670922v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672701v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ecoru.2004.5504" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670053v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bonnet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670766v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lavergne" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Requillart" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673887v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689231v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bel Haj Hassine" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689634v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Till&#233;" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697762v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691995v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delecroix" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698495v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ivaldi" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Ladoux" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ossard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714263v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02706772v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715220v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Perrigne" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF01073912" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-Q008R51Z-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02713036v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Perrigne" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711288v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02723346v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Economie Et Sociologie Rurales" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Pirttem. Programme Interdisciplinaire de Recherche Sur La Technologie Le Travail L'Emploi Et Les Modes de Vie" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Technologie Emploi Travail" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04682314v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04165412v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03886070v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simioni Michel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03760224v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03658206v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03715498v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03477759v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322462v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Nhung Do" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03463141v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03356821v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03095706v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costa" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Josephe Amiot" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline M&#233;jean" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790424v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789474v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787856v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612487v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604190v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787147v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612488v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mastromarco" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419768v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743127v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bonnet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Corre" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Legendre" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792975v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748773v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Racine" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745017v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Nauges" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802897v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812089v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821824v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822492v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Varela Irimia" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815106v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvette Monier-Dilhan" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Nich&#232;le" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821084v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825481v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828166v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bontemps" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Surry" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837309v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838808v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774568v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Laffont" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Oustry" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q.H. Vuong" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02856160v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02854117v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02855007v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02858122v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Crampes" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Esr. Station d'Economie Et Sociologie Rurales" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Gremaq. Groupe de Recherche En Economie Mathematique Et Quantitative" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02858265v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02854784v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02854948v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Groupe de Recherche En Economie Mathematique Et Quantitative" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04509450v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Drogu&#233;" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1857/9782759238538/durabilite-des-systemes-pour-la-securite-alimentaire" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03701926v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Drogue" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costa-Migeon Costa" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1787/9782759235766/sustainable-food-systems-for-food-security?affiliate_code=" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03265561v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao-Vy Vuong" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-73249-3" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02536354v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Laffont" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Vuong" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.emeraldgrouppublishing.com/about/contact.htm" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/S0731-905320200000041010" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798114v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tat Hien Phan" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/us/book/9783319272832" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-27284-9_39" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806881v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionstechnip.com/F/droesbeke_approches_non_1728.asp" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828954v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ferreira-Dias" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837514v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Deletombe" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.H. de Penanster" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Laine" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607578v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512154v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03900309v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Magacho" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Espagne" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene de Eccher" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Semp&#233;" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03456751v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thu Ha Nguyen" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Anh-Dao Tran" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ars&#232;ne Rieber" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dang Thi Thu Hoai" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03456472v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy Le Toan" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Huu" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoa Phan" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hironori Arai" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03989846v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03685558v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03224910v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790523v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791182v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791517v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lemari&#233;" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787034v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01558527v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563362v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666853v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819892v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818581v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832550v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dubois" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833661v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828274v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829241v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827459v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839170v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02846960v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02851466v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Ecole Nationale de La Statistique Et de L'Administration Economique" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02846371v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Association of Southern Economic Theorists And Econometricians" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/michel-simioni" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-6902-8647" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536758v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huong Thi Trinh" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Thomas-Agnan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Simioni" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13253-026-00727-8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04295800v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rey &#272;&#7863;ng" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L'Hocine Houanti" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Sahut" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-023-05682-y" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338206v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Viet Nguyen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eap.2025.10.016" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281582v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Musolesi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giada Andrea Prete" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11123-025-00779-x" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04464845v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lan Anh Nguyen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manh-Hung Nguyen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Reynaud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2024.106038" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03476599v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Gioldasis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijforecast.2021.09.009" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03582287v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubica Hikkerova" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10479-022-04550-5" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186816v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet-Ngu Hoang" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10668-023-03773-1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04106411v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majdi Karmani" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyes Abid" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.frl.2023.104032" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03693781v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Giuseppina Bruna" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rey Dang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.frl.2022.103048" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03507512v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cao Le Quyen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hrei&#240;ar P&#243;r Valt&#253;sson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fishres.2021.106202" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03708264v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung Trung Vo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/720468" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04186871v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03145499v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Canh Nguyen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Le" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khoa Cai" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3846/jbem.2021.14253" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02891765v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Houanti" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.frl.2020.101645" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03197067v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Lan Anh Nguyen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan Nguyen" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eap.2021.04.006" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03356397v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Colombet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Drogue" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viola Lamani" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Perignon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S136898002100327X" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03125428v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Anh Nguyen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bich Le Tran" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23311975.2020.1870796" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794533v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Lemari&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Orozco" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Butault" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurrag/jbz051" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02985449v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent Heard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huong Trinh Thi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dharani Dhar Burra" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin C. Heller" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shelie A. Miller" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ehb.2020.100930" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624828v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21606544.2020.1716854" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624928v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burra D. Dhar" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stef de Haan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuyen Thi Thanh Huynh" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsufs.2020.00015" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618276v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#8217;hocine Houanti" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishna Reddy" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econmod.2020.05.009" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625984v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Morais" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0962280218770223" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622869v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dao Le Van" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eap.2019.09.007" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628909v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02664763.2017.1389864" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617783v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17713/ajs.v47i5.718" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623135v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cuong Le Van" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Ngoc Nguyen" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Minh Nguyen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jpet.12305" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628994v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.worlddev.2018.05.030" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621238v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ehb.2018.09.002" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623725v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Huiban" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Mastromarco" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11123-018-0536-8" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515007v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Huong Trinh" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594858v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Gaign&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Schmitt" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sevestre" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-016-0025-2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636290v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong An Nguyen" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2015.1030565" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637012v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles G. Allaire" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pom&#233;on" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Maign&#233;" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric E. Cahuzac" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2015.03.009" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-27MQ0ST3-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213731v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Huard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634662v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629767v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Allaire" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.4200" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647482v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bontemps" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Bouamra-Mechemache" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/erae/jbs034" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643737v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gonzales" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Guillotreau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Grel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1744-7976.2012.01257.x" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646184v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/cmsd-b811" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661463v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655395v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvette Monier Dilhan" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hassan" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Nich&#232;le" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2202/1542-0485.1269" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/09E3B1F6AAF117F2FDBA4F912D2B66C890E6A764/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661292v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Surry" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jae.1022" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653541v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dubois" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Georges Soler" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675610v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-9361.2005.00295.x" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BPHL1X5V-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670024v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Lecocq" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670922v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672701v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ecoru.2004.5504" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673887v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670053v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bonnet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670766v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lavergne" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Requillart" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689231v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bel Haj Hassine" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689634v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Till&#233;" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697762v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691995v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delecroix" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698495v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ivaldi" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Ladoux" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ossard" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02706772v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714263v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715220v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Perrigne" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF01073912" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-Q008R51Z-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02713036v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Perrigne" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711288v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02723346v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Economie Et Sociologie Rurales" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Pirttem. Programme Interdisciplinaire de Recherche Sur La Technologie Le Travail L'Emploi Et Les Modes de Vie" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Technologie Emploi Travail" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04682314v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04165412v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03715498v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03886070v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simioni Michel" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03760224v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03658206v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03356821v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03477759v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322462v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Nhung Do" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03463141v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03095706v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costa" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Josephe Amiot" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline M&#233;jean" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790424v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789474v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787856v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612488v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mastromarco" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612487v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604190v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787147v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01419768v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743127v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bonnet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Corre" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Legendre" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792975v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748773v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Racine" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802897v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Nauges" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745017v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812089v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815106v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvette Monier-Dilhan" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Nich&#232;le" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821824v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822492v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Varela Irimia" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821084v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825481v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828166v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bontemps" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Surry" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837309v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838808v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774568v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Laffont" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Oustry" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q.H. Vuong" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02856160v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02854117v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02855007v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02858122v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Crampes" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Esr. Station d'Economie Et Sociologie Rurales" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Gremaq. Groupe de Recherche En Economie Mathematique Et Quantitative" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02858265v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02854948v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Groupe de Recherche En Economie Mathematique Et Quantitative" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02854784v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04509450v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Drogu&#233;" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1857/9782759238538/durabilite-des-systemes-pour-la-securite-alimentaire" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03701926v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Drogue" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Costa-Migeon Costa" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1787/9782759235766/sustainable-food-systems-for-food-security?affiliate_code=" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03265561v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao-Vy Vuong" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-73249-3" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02536354v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Laffont" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Vuong" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.emeraldgrouppublishing.com/about/contact.htm" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/S0731-905320200000041010" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798114v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tat Hien Phan" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/us/book/9783319272832" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-27284-9_39" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806881v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionstechnip.com/F/droesbeke_approches_non_1728.asp" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828954v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ferreira-Dias" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02837514v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Deletombe" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.H. de Penanster" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Laine" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607578v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512154v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03900309v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Magacho" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Espagne" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene de Eccher" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Semp&#233;" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03456751v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thu Ha Nguyen" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Anh-Dao Tran" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ars&#232;ne Rieber" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dang Thi Thu Hoai" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03456472v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy Le Toan" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Huu" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoa Phan" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hironori Arai" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03989846v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03685558v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03224910v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790523v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791182v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791517v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lemari&#233;" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787034v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563362v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01558527v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666853v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819892v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818581v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832550v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dubois" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833661v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828274v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829241v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827459v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839170v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02846960v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02851466v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Ecole Nationale de La Statistique Et de L'Administration Economique" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02846371v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Association of Southern Economic Theorists And Econometricians" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>