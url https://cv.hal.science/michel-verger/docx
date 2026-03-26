--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -275,51 +275,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Eric Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Pillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOV'AE</w:t>
+              <w:t xml:space="preserve">NOV'AE - Numéros spéciaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, NS 4, pp.235-240. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.20870/revue-novae.2025.9706⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
@@ -2729,502 +2729,502 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02762427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aptitude à la multiplication végétative par bouturage du mélèze hybride et de ses parents</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le drageonnage du merisier : une technique pour produire des plants ou pour rajeunir des pieds-mères ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Le Bouler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Rondouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Le Bouler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Verger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. rencontre du groupe de la Sainte-Catherine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2000, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02763449v1</w:t>
+                <w:t xml:space="preserve">hal-02762327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le drageonnage du merisier : une technique pour produire des plants ou pour rajeunir des pieds-mères ?</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Aptitude à la multiplication végétative par bouturage du mélèze hybride et de ses parents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Verger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. rencontre du groupe de la Sainte-Catherine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2000, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02762327v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02763449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Problèmes d’Hygiène et Sécurité rencontrés lors de la mise en oeuvre de techniques de multiplication végétative</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La technique du micropied-mère appliquée au genre Juglans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Le Bouler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Rondouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Paul J.-P. Charpentier</w:t>
+                <w:t xml:space="preserve">V. Beauperin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Verger</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dominique Piermant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. rencontre du groupe de la Sainte-Catherine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2000, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02762020v1</w:t>
+                <w:t xml:space="preserve">hal-02764141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La technique du micropied-mère appliquée au genre Juglans</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">V. Beauperin</w:t>
+                <w:t xml:space="preserve">Multiplication végétative et foresterie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Marien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Verger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. rencontre du groupe de la Sainte-Catherine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2000, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02764141v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02764125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiplication végétative et foresterie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Problèmes d’Hygiène et Sécurité rencontrés lors de la mise en oeuvre de techniques de multiplication végétative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul J.-P. Charpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Verger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette Capelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Noël Marien</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michel Verger</w:t>
+                <w:t xml:space="preserve">Dominique Piermant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. rencontre du groupe de la Sainte-Catherine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2000, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02764125v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02762020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3651,51 +3651,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gaymard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Verger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOV'AE</w:t>
+              <w:t xml:space="preserve">NOV'AE - Numéros spéciaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, N° Spécial: #2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04795681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -4713,51 +4713,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="69463D72"/>
+    <w:nsid w:val="BE59DC3E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4944,51 +4944,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/michel-verger" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-7306-1994" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453618v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Verger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Esnault" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Debeaujon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eric Chauvin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Pillot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revue-novae.2025.9706" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628104v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Braham" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Montagu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Saux-Nogues" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414112v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Burnel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Angibault" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Azam" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bernier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carr&#232;re" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687176v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Clastre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dumas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jacques-Gustave" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lecomte" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663203v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gauvin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lacan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Poursat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665619v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Faucher" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Meslier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Veisse" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Bastien" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654633v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Millier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Rozenberg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658137v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mariette" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Balsemin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Stoeckel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Tavaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Bouler" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2007030" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682950v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rondouin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442758v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Le Pichon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Brando" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/5218" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676190v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883235v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cazet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883121v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Schermann" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:19960606" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444116v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cornu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/26373" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444001v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/26382" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03147389v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tixier-Boichard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Adam-Blondon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Pham" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Casaregola" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754491v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Anger" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Br&#233;da" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis A. Ducousso" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pichot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821964v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754504v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard B. Nicoullaud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dufour" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Bourennane" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Le Lay" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757269v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763790v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Baldet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763892v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schevin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vallance" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762427v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalashikam Rajender Rao" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Acher&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bastien" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Gu&#233;rin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763449v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762327v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Le Bouler" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762020v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul J.-P. Charpentier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Capelli" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Piermant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764141v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Beauperin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764125v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Marien" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651363v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria F&#233;lix" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Savoie" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bonnin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195084v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fady" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bodineau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ducatillion" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Meredieu" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Michotey" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834080v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04795681v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mauguin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gaymard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834152v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835517v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01600466v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750756v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Cottin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pailly" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bloquel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793827v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Despras" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824251v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Papelier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820265v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04677887v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Bastien" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc E. P&#226;ques" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04677911v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/michel-verger" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-7306-1994" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453618v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Verger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Esnault" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Debeaujon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eric Chauvin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Pillot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revue-novae.2025.9706" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628104v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Braham" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Montagu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Saux-Nogues" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414112v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Burnel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Angibault" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Azam" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bernier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carr&#232;re" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687176v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Clastre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dumas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jacques-Gustave" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lecomte" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663203v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gauvin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lacan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Poursat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665619v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Faucher" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Meslier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Veisse" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Bastien" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654633v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Millier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Rozenberg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658137v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mariette" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Balsemin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Stoeckel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Tavaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Bouler" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2007030" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682950v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rondouin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442758v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Le Pichon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Brando" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/5218" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676190v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883235v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cazet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883121v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Schermann" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:19960606" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444116v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cornu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/26373" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444001v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/26382" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03147389v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tixier-Boichard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Adam-Blondon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Pham" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Casaregola" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754491v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Anger" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Br&#233;da" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis A. Ducousso" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pichot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821964v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754504v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard B. Nicoullaud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dufour" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Bourennane" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Le Lay" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757269v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763790v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Baldet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763892v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schevin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vallance" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762427v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalashikam Rajender Rao" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Acher&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bastien" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Gu&#233;rin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762327v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Le Bouler" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763449v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764141v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Beauperin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764125v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Marien" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762020v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul J.-P. Charpentier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Capelli" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Piermant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04651363v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria F&#233;lix" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Savoie" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bonnin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195084v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fady" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bodineau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ducatillion" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Meredieu" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Michotey" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834080v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04795681v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mauguin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gaymard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834152v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835517v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01600466v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750756v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Cottin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pailly" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bloquel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793827v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Despras" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824251v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Papelier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820265v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04677887v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Bastien" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc E. P&#226;ques" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04677911v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>