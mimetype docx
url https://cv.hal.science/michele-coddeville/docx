--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1012,295 +1012,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01117436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Carbohydrate Metabolism Signature of Lactococcus lactis Strain A12 Reveals Its Sourdough Ecosystem Origin</w:t>
+                <w:t xml:space="preserve">New insights into Lactococcus lactis diacetyl- and acetoin-producing strains isolated from diverse origins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Passerini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Laroute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Coddeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Le Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Loubière</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paul Ritzenthaler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AEM.01560-13⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 160 (3), pp.329 - 336. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.iffoodmicro.2012.10.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01268295v1</w:t>
+                <w:t xml:space="preserve">hal-01268218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into Lactococcus lactis diacetyl- and acetoin-producing strains isolated from diverse origins</w:t>
+                <w:t xml:space="preserve">The Carbohydrate Metabolism Signature of Lactococcus lactis Strain A12 Reveals Its Sourdough Ecosystem Origin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Passerini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Coddeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Le Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Loubière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Ritzenthaler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 160 (3), pp.329 - 336. </w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 79 (19), pp.5844 - 5852. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.iffoodmicro.2012.10.023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/AEM.01560-13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01268218v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01268295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Carbohydrate Metabolism Signature of Lactococcus lactis Strain A12 Reveals Its Sourdough Ecosystem Origin</w:t>
               </w:r>
@@ -1338,78 +1338,78 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Le Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Loubière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Ritzenthaler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 79 (19), pp.5844-5852. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/AEM.01560-13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04690804v1</w:t>
@@ -2182,276 +2182,276 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of an indigenous starter for the production of rocamadour, a french pdo cheese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reine Abi Khalil</w:t>
+                <w:t xml:space="preserve">V Laroute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">R Abi Khalil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">M Codeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie-Aurore Caillaud</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-A Caillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18 eme congrès Microbes de la SFM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Rennes, France. Int J Food Microbiol, 379, pp.109837, 2022, </w:t>
+              <w:t xml:space="preserve">13th Europea Framhouse and Artisan Cheese &amp; dairy Meeting 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Grangeneuve, Switzerland. Int J Food Microbiol ., 379, pp.109837, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2022.109837⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04755898v1</w:t>
+                <w:t xml:space="preserve">hal-04754382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of an indigenous starter for the production of rocamadour, a french pdo cheese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Laroute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reine Abi Khalil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Codeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M.-A Caillaud</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Aurore Caillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th Europea Framhouse and Artisan Cheese &amp; dairy Meeting 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Grangeneuve, Switzerland. Int J Food Microbiol ., 379, pp.109837, 2022, </w:t>
+              <w:t xml:space="preserve">18 eme congrès Microbes de la SFM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Rennes, France. Int J Food Microbiol, 379, pp.109837, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2022.109837⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04754382v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04755898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2700,51 +2700,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04666060v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Debatisse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lopez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Poli" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rousseau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Campos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.15275" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03738672v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Couderc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Laroute" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Coddeville" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aurore Caillaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Jard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2022.109837" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690785v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Texier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Bordes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Genevaux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2144/btn-2018-0074" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690788v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Julie Sala" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ayala" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Slama" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Tranier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1710456114" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690794v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Le Bourgeois" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Passerini" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233;va Guellerin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Daveran-Mingot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-2599-5_17" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690801v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Spinella" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Cassart" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Girault" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.02735-13" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117436v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coddeville" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spinella J." TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassart P." TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Girault G." TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Daveran-Mingot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268295v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Coddeville" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Loubi&#232;re" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Ritzenthaler" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01560-13" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268218v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.iffoodmicro.2012.10.023" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690804v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788489v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Passerini" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Laroute" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Bourgeois" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Loubi&#232;re" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787677v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nolivos" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Touzain" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pages" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Philippe Rousseau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003421v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nolivos" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Touzain" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Pages" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gks171" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473397v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ritzenthaler" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00986-09" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557926v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beltramo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Quentin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0015306" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154611v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Auvray" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mikkonen" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755898v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Abi Khalil" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Codeville" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04754382v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Laroute" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Abi Khalil" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A Caillaud" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128423v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04666060v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Debatisse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lopez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Poli" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rousseau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Campos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.15275" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03738672v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Couderc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Laroute" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Coddeville" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aurore Caillaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Jard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2022.109837" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690785v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Texier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Bordes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Genevaux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2144/btn-2018-0074" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690788v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Julie Sala" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Ayala" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Slama" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Tranier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1710456114" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690794v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Le Bourgeois" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Passerini" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#233;va Guellerin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Daveran-Mingot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-2599-5_17" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690801v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Spinella" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Cassart" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Girault" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.02735-13" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117436v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coddeville" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spinella J." TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassart P." TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Girault G." TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Daveran-Mingot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268218v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Coddeville" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Loubi&#232;re" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.iffoodmicro.2012.10.023" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268295v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Ritzenthaler" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01560-13" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690804v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788489v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Passerini" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Laroute" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Bourgeois" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Loubi&#232;re" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787677v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nolivos" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Touzain" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pages" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Philippe Rousseau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003421v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nolivos" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Touzain" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Pages" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gks171" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473397v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ritzenthaler" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00986-09" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557926v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beltramo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Quentin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0015306" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154611v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Auvray" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mikkonen" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04754382v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Laroute" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Abi Khalil" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Codeville" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A Caillaud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755898v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Abi Khalil" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00128423v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>