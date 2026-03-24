--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.33333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Micheline DRAYE </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professor of ChemistryProfesseure de chimie</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">micheline-draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-8216-0184</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">123882257</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/R-2354-2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Micheline Draye is a University Professor of Chemistry at the Laboratoire Environnements Dynamiques Territoires Montagnes (EDYTEM) at the Université Savoie Mont Blanc (USMB). Her research focuses on the use of ultrasound for organic synthesis and extraction, the synthesis and use of ionic liquids, green organic synthesis and catalysis, ionic liquids, biomass valorization, science and technology for pollution control, particularly concerning PFAS, organic archaeometry, the study of the degradation of organic molecules, and radiochemistry. She has been an Expert Advisor to industrial organizations such as Duke COGEMA Stone & Webster, particularly in the field of recycling and nuclear waste management. In 2002, she served on the committee of the National Research Council of the American National Academy of Sciences (</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.nas.edu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">). She is a 1991 recipient of the French Nuclear Energy Society (SFEN ESSONNE) award and the 2017 title of Distinguished Member of the French Chemical Society (SCF). She was associate Professor at Chimie ParisTech-PSL for seven years, where she conducted her research in the “Separation Processes and Radiochemistry” group of Professor Gérard Cote. She worked for one year at CNAM in Paris (Laboratory of Professors Jacques Foos and Alain Guy) for CEA. Then she was a two-year visiting researcher at the Nuclear Engineering Department of the Massachusetts Institute of Technology (MIT) in the group of Professor Kenneth Czerwinski after obtaining her PhD in Chemistry from the University of Lyon under CIFRE funding with COGEMA and under the supervision of Professor Marc Lemaire.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (62)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction of Polyphenols and Anthocyanins From Apple Pomace With Natural Deep Eutectic Solvents: Evaluation of Their Antioxidant and Antibacterial Activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Bruna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Lyautey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cléa Fourreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgio Grillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Food Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 2025 (1), pp.8483951. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/jfbc/8483951⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05525650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Waste Management of Apple Pomace: Extraction of Antimicrobial Molecules Using Green Technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Bruna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giancarlo Cravotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste and Biomass Valorization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12649-024-02432-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04614230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Easy to scale up synthesis of a high-purity piperidinium based ionic liquid combining both sustainability and cost-effectiveness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ionic Liquids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 4 (1), pp.100076. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jil.2023.100076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04447162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Screening and Evaluation of Dermo-Cosmetic Activities of the Invasive Plant Species Polygonum cuspidatum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanille Quinty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rouba Nasreddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reine Nehmé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (1), pp.83. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/plants12010083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03944364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recyclage de Déchets d’Équipements Électriques et Électroniques (DEEE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Duwald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Techniques de l'Ingenieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.M7070. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-m7070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supercritical Carbon Dioxide in Presence of Water for the Valorization of Spent Coffee Grounds: Optimization by Response Surface Methodology and Investigation of Caffeine Extraction Mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vandeponseele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Fanget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Foods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (24), pp.4089. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/foods11244089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03944363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidative cleavage of cycloalkenes using hydrogen peroxide and a tungsten-based catalyst: towards a complete mechanistic investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D0NJ03592K⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03084823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Influential Parameters of the Caffeine Extraction from Spent Coffee Grounds: From Brewing Coffee Method to the Waste Treatment Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vandeponseele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clean Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3 (2), pp.335-350. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cleantechnol3020019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic Liquids as Extraction Media in a Two-Step Eco-Friendly Process for Selective Tantalum Recovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Micheau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (4), pp.1954-1963. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acssuschemeng.9b06414⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03084410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasound for Drug Synthesis: A Green Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Duwald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pharmaceuticals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 13 (2), pp.23. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ph13020023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02527201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subcritical water and supercritical carbon dioxide: efficient and selective eco-compatible solvents for coffee and coffee by-products valorization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vandeponseele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 22, pp.8544-8571. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D0GC03146A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03143710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viticultural wood waste as a source of polyphenols of interest: Opportunities and perspectives through conventional and emerging extraction methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Zwingelstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Besombes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 102, pp.782-794. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.wasman.2019.11.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03147111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High frequency ultrasound as a tool for elucidating mechanistic elements of cis-cyclooctene epoxidation with aqueous hydrogen peroxide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 53 (120-125), pp.120 - 125. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ultsonch.2018.12.038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recovery of tantalum from synthetic sulfuric leach solutions by solvent extraction with phosphonate functionalized ionic liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Micheau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrometallurgy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 189, pp.105107. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.hydromet.2019.105107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03084417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnosing the plasma formed during acoustic cavitation in [BEPip][NTf2] ionic liquid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Pflieger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Belmonte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergey I. Nikitenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 21 (3), pp.1183-1189. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8cp06967k⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights in uranium extraction from spent nuclear fuels using dicyclohexano-18-crown-6 – Fate of rhenium as technetium homolog</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Favre-Réguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Cote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth Czerwinsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Separation and Purification Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 209 (3), pp.338-342. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.seppur.2018.07.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04291967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent trends in the development of sustainable catalytic systems for the oxidative cleavage of cycloalkenes by hydrogen peroxide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (19), pp.5256-5278. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C9CY01269A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02357883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation chimique et économique des renouées asiatiques : quelle stratégie pour une gestion durable ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Duwald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 27, pp.1-6. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/SET-REVUE.2019.1.18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">trans -Resveratrol and trans -ε-Viniferin in Grape Canes and Stocks Originating from Savoie Mont Blanc Vineyard Region: Pre-extraction Parameters for Improved Recovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Zwingelstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Besombes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (9), pp.8310-8316. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acssuschemeng.8b06723⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02133831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ketone functionalized task specific ionic liquids for selective tantalum extraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Separation and Purification Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 196, pp.174-182. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.seppur.2017.08.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le recyclage des déchets d’équipements électriques et électroniques… On n’arrête pas le progrès !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssouf Traore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Szymczak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 427-428, pp.100-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01840686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights into the catalytic reduction of aliphatic nitro compounds with hypophosphites under ultrasonic irradiation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Letort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Métay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Popowycz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 19 (19), pp.4583-4590. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C7GC01622K⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02046983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avoid the PCB mistakes: a more sustainable future for ionic liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 324, pp.773 - 780. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhazmat.2016.11.060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01937967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performances and mechanistic investigations of a triphosphine trioxide/ionic liquid system for rare earth extraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Dourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Virieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalton Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 45 (3), pp.1259-1268. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C5DT03072B⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01999428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advances in Green Organic Sonochemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Kardos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Topics in current chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 374 (5)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02046984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonochimie organique : en chimie verte, ça pétille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 410, pp.27-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02059929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H2O2-mediated kraft lignin oxidation with readily available metal salts : what about the effect of ultrasound</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Napoly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jean-Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial and engineering chemistry research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 54 (22), pp.6046-6051</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01311557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fe(TAML)Li/tert-butyl hydroperoxide as a new combination for benzylic C–H oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Napoly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Kieffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Jean-Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tetrahedron Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 56 (19), pp.2517 - 2520. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tetlet.2015.03.115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01376568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel hybrid materials on the basis of nanostructured tin dioxide and a lipase from rhizopus delemar with improved enantioselectivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Guncheva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dimitrov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Napoly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Andrioletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Catalysis B: Enzymatic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 102, pp.72-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01149231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Green selective and swift oxidation of cyclic alcohols to corresponding ketone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Monnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Voiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 478, pp.157-164</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01149241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fe(TAML)Li/(diacetoxyiodo)benzene-mediated oxidation of alcohols : Evidence for mild and selective C-O and C-C oxidative cleavage in lignin model transformations.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Napoly François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Gérard Ludivine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goux-Henry Catherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrioletti Bruno</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2014 (4), pp.781-787</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01149168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrophobic bis(trifluoromethylsulfonyl)imide based ionic liquids pyrolysis : through the window of the ultrasonic reactor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Pflieger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergey I. Nikitenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 1 (1), pp.137-143. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/sc300068d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01179497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlating the structure and composition of ionic liquids with their toxicity on Vibrio fischeri: A systematic study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Viboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Papaiconomou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Cortesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 215-216, pp.40 - 48. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhazmat.2012.02.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01814759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Template-free electrodeposition of tellurium nanostructures in a room-temperature ionic liquid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Szymczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Migot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Stein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochemistry Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 24, pp.57-60. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.elecom.2012.08.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01494531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H2O2/NaHCO3-mediated enantioselective epoxidation of olefins in NTf2-based ionic liquids and under ultrasound</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Mirabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 291, pp.127-132. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcat.2012.04.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01160231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasonic properties of hydrophobic bis(trifluoromethylsulfonyl) imide-based ionic liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corine Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chemical and Engineering Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 57 (12), pp.3385-3390. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/je300377a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01176344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasound and ionic liquid: an efficient combination to tune the mechanism of alkenes epoxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 19 (3), pp.390-394. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ultsonch.2011.10.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00695888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swift and efficient sono-hydrolysis of nitriles to carboxylic acids under basic condition: Role of the oxide anion radical in the hydrolysis mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Gravouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Gazza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 18 (1), pp.28 - 31. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ultsonch.2010.04.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01814821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study on the Cloud Point Extraction of Gd(III) with 8-Hydroxyquinoline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Favre-Reguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Murat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Separation Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 46 (4), pp.611 - 615. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01496395.2010.529097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01815135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insight into indium electrochemistry in a Tf2N-based room-temperature ionic liquid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssouf Traore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Pellet-Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 58, pp.532-540. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.electacta.2011.09.085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03558139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amino- acid synthesis in aqueous media under ultrasonic irradiation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sedaghat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry of Natural Compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 46 (1), pp.75-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01814529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis, Physicochemical Properties, and Toxicity Data of New Hydrophobic Ionic Liquids Containing Dimethylpyridinium and Trimethylpyridinium Cations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Papaiconomou Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssouf Traore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bauduin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chemical and Engineering Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 55 (5), pp.1971-1979. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/je9009283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00494112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erratum to: A new ozone denuder for aerosol sampling based on an ionic liquid coating</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Albinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Papaiconomou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Besombes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 397 (2), pp.887 - 887. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00216-010-3622-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01717868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swift and Efficient Synthesis of 4-Phenylquinazolines: Involvement of N -Heterocyclic Carbene in the Key Cyclization Step</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Debray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Philouze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Demeunynck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 75 (6), pp.2092 - 2095. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jo902726k⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01658609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new ozone denuder for aerosol sampling based on an ionic liquid coating</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Albinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Papaiconomou Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Besombes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 396 (2), pp.857-864. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00216-009-3243-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00494107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Room-temperature ionic liquid for lanthanum electrodeposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Stein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotilde Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochemistry Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 10 (11), pp.1661 - 1664. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.elecom.2008.08.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01494537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature-induced surfactant- mediated pre-concentration of uranium assisted by complexation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Favre-Réguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Murat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Cote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Foos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chemical Technology and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 81 (12), pp.1872 - 1876. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jctb.1618⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic nano- and microparticles for metal removal and environmental applications: a review.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey-Flore Ngomsik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Bee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Cote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Cabuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Chimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 8, pp.963-970</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00165008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correction on Inner Filter Effect in Mirror Coating Cells for Trace Level Fluorescence Measurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fanget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 75, pp.2790-2795</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An ESR Study of γ-Irradiated P4VP Polymers : Dose-Effect Relationships</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Favre-Réguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Foos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Guy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 29 (7), pp.710-711. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1246/cl.2000.710⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiochemical stability of dicyclohexano-18-crown-6 ether (DCH18C6) and its use in a recovery process of strontium from acidic nuclear waste stream</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Favre Reguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Foos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lemaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radiochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 78, pp.105-109. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1524/ract.1997.78.special-issue.105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00006669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selective extraction of palladium from acidic nitrate solutions with thiamacrocycles-synergized dinonylnaphtalenesulfonic acid systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Favre Reguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Le Buzit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Foos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Radioanalytical and Nuclear Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 220, pp.105-107. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/BF02035358⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00006490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gamma-ray-induced modifications of the chemical structure of an ion exchange resin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilal Nsouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakim Allali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer Degradation and Stability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 56, pp.157-167. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0141-3910(96)00176-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00006561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A recovery process of strontium from acidic nuclear waste streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Le Buzit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Foos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Guy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Leclere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Separation Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 32, pp.1725-1737. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01496399708000731⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00006557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy deposition and fragments production resulting from gamma-ray or ion beam irradiation of an ion echange resin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Nsouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Allali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of mass spectrometry and ion processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 154, pp.179-191. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0168-1176(96)04381-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00008259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy deposition and fragments production resulting from gamma-ray or ion beam irradiation of an ion exchange resin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Nsouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Allali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of mass spectrometry and ion processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 154 (3), pp.179-191. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0168-1176(96)04381-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00006451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiochemical stability of the dicyclohexano-18-crown-6 ether (DCH18C6): synthesis and tests in radioactive medium of the DCH18C6 radiolytic products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Favre Reguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolph Chomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Guy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Societe Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 133, pp.183-197</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00006395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of a cross-linked poly(4-vinylpyridine) for nuclear waste treatment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Chevillote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Chomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Doutreluigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Separation Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 30, pp.1245-1257. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01496399508010344⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00006337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lipophilic polythiamacrocycles as palladium extracting agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Foos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lemaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tetrahedron</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 51, pp.4065-4074</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00006342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and utilization of new extractants for nuclear hydrometallurgy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Foos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Moutarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Chomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Separation Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 30, pp.1961-1980. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01496399508010388⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00006340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colloidal rhodium: a new catalytic system for the reduction of dibenzo-18-crown-6 ether</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Drognat-Landré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gallezot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Lemaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 147, pp.214-222. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1006/jcat.1994.1132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00006313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiolytic products study of dicyclohexano 18-crown-6-ether, a selective extractant for nuclear fuel reprocessing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Chomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Doutreluigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Foos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radioanalytical Nuclear Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 175, pp.55-62. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/BF02168369⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00006305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (55)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-friendly Process For Selective Tantalum Recovery Using Ionic Liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Micheau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COIL-9 Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activités biologiques d’extraits issus des déchets de pommes obtenus via les NADES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Bruna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgio Grillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Rivoalen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giancarlo Cravotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la section régionale Rhône Alpes de la Société Chimique de France 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04163656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise au point de méthodologies pour l'échantillonnage et l'analyse structurale de marqueurs organiques piégés dans des vestiges lithiques du Paléolithique supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Saint-Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de la section Auvergne-Rhône Alpes de la Société Chimique de France 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Le Bourget du Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-friendly Process For Selective Tantalum Recovery Using Ionic Liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Micheau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GREENCHEM-22: 5th International Conference on Green Chemistry and Sustainable Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des phénomènes de dégradation de matières organiques et développement de protocoles pour l'échantillonnage et l'analyse structurale de marqueurs organiques piégés dans des vestiges du Paléolithique supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Saint-Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIIème colloque du GMPCA : Archéométrie 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supercritical fluids extraction of bioactive molecules from Apple Pomace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Bruna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Lyautey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giancarlo Cravotto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Extraction of Natural Products</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Poreč, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03938050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction, identification et analyse structurale de marqueurs organiques pour la reconstitution des pratiques des populations de la Préhistoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Saint-Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire de la section Auvergne-Rhône Alpes de la Société Chimique de France 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en place du couplage CCM-bioautographie/HRMS pour le criblage d’actifs dermocosmétiques présents dans des plantes invasives savoyardes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanille Quinty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Club Jeunes AfSEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03547595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation de déchets et coproduits dans un contexte d’économie circulaire : de l’innovation académique au développement de projets de territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Besombes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Fanget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Condorcet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Virtuel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03276167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'évolution des matières organiques et développement de protocoles pour l'échantillonnage et l'analyse structurale de marqueurs organiques piégés dans des vestiges du Paléolithique supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Saint-Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CPF 2021 : 29e Congrès Préhistorique de France - Hiatus, lacunes et absences : identifier et interpréter les vides archéologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ultrasons comme outil mécanistique en sonochimie : cas d'étude d'oxydation éco-compatible de cyclooléfines par H2O2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques Ultrasons et Procédés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Orange, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DEEE, une solution pour le recyclage des métaux critiques et stratégiques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Free-Alpes, Economie circulaire, déchets, territoire et ressources, Université Savoie Mont Blanc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Le Bourget-du-Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancement of aerobic oxidation of aldehydes using ultrasonic irradiation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vanoye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Favre-Réguillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Symposium on Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02047011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact des ultrasons sur le transfert gaz-liquide lors de l'oxydation aérobie des aldéhydes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vanoye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Favre-Réguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques Ultrasons et Procédés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Orange, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High frequency ultrasound for investigating H2O2-mediated cis-cyclooctene epoxidation mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Symposium on Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02047009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical valorization of viticultural waste in Savoie Mont Blanc (France): high-value compounds extraction as an alternative to open-air burning practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Zwingelstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Besombes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Symposium on Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02047013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxydation aérobie des aldéhydes : effet des ultrasons sur le transfert de masse gaz-liquide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vanoye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Favre-Réguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du groupe Chimie Durable de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ultrasons pour l’oxydation aérobie des aldéhydes : quels impacts sur le transfert de masse ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vanoye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Favre-Réguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la Section Régionale Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déchets viticoles et de pépinières viticoles sur le territoire savoyard : gisements et valorisation chimique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Zwingelstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Goepfert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Besombes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la Section Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorization of vine waste into aromatic molecules of interest (VITIVALO project)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Zwingelstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean.-Luc Besombes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée techniques du Pôle AXELERA sur la valorisation de la biomasse lignocellulosique en composés aromatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonoluminescence Spectroscopy in Ionic Liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Pflieger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Nikitenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Meeting of the European Society of Sonochemistry, ESS16</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02048842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chimie durable et hydrométallurgie au LCME</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées scientifiques du GDR PROMETHEE, ENSCP Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights for the development of a greener and more efficient system for the oxidative cleavage of cycloalkenes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de Printemps de la Section Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Chimique de France, Jun 2017, Le Bourget du Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01556290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is ultrasound improving the reduction of nitro compounds catalyzed by Pd/C using a mixture of sodium hypophosphite and hypophosphorous acid as reducing agent? An investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Letort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Métay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Symposium on Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02048846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Greener oxidation reactions under non-conventional conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Napoly François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goux-Henry Catherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Symposium on Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02000929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les liquides ioniques pour l’hydrométallurgie : application à la récupération d’In, Ta et Pd à partir des D3E</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Pellet-Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique "Métallurgie, Recyclage et Environnement"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04230221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using chiral porphyrins for assessing a mechanistic switch in oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goux-Henry Catherine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International conference on porphyrins and phthalocyanines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02000926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental friendly oxidative strategy for kraft lignin valorization: potentiality of ultrasound.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Napoly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jean-Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrioletti Bruno</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Meeting of the European Society of Sonochemistry, ESS14</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indium recovery by coupling liquid-liquid extraction and electrodeposition in ionic liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssouf Traoré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Balva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Pellet-Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">65th ISE Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Lausanne, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01496361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organometallic catalysis under ultrasound in ionic liquids: what could be wrong?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Pflieger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergey I. Nikitenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Ultrasons et Procédés 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récupération d’Indium issu des e-déchets par couplage extraction liquide/liquide – électrodéposition en milieu liquide ionique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssouf Traore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Balva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Pellet-Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Electrochimie 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01496353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liquide ionique et ultrasons : vite, ça chauffe !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Pflieger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergey I. Nikitenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de Printemps de la Section Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient and selective oxidation of cyclic alcohols in presence of hydrophobic ionic liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Monnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Voiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goux-Henry Catherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Workshop on Advances in the Synthesis of Molecularly Ordered Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traces of degradation by pyrolysis under ultrasound : it’s getting hot in ionic liquids!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Pflieger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergey I. Nikitenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th EuCheMS Chemistry Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to develop epoxidation reactions on a large scale by combining ionic liquids and ultrasound?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th Chemistry Conference for Young Scientists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Blankenberge, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of ultrasound on hydrophobic bis(trifluoromethylsulfonyl)imide ionic liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Annual Green Chemistry &amp; Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Could the ionic liquids/ultrasound combination be developed for a green chemistry?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Asian Conference on Sustainability, Energy and the Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Osaka, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behaviour of hydrophobic bis(trifluoromethylsulfonyl)imide ionic liquids under ultrasound</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groupe d'Etude en Chimie Organique (GECO 53)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Sévrier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic liquids/ultrasound combination: a green method? A possible industrial development?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Greener Chemistry for Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasonic activation and ionic liquid: a powerful combination to control the mechanism of hydrogen peroxide mediated alkene epoxidation by a manganese porphyrin in the presence of hydrogencarbonate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées UCB-Pharma/SPDC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01818179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart approach for enantioselective alkene epoxidation by hydrogen peroxyde using combination of ultrasound, ionic liquid and porphyrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Meeting on Environmental Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasonic activation and ionic liquid : a powerful combination for controlling the mechanism of the H2O2/NaHCO3 mediated alkene epoxidation by a manganse porphyrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Groux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sino-French Bilateral Green Chemistry Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Guangzhou, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic liquid, ultrasound and porphyrin: a efficient combination for a smart alkene epoxidation by hydrogen peroxide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials and technologies for green chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Tallinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainable -Caprolactam synthesis using reusable task specific ionic liquid under mild Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Ragaini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Bonrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESOC 2011, 17th European Symposium on Organic Synthesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Crète, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01818167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piperidinium ionic liquids for indium recovery from E-waste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssouf Traore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUCHEM 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Bamberg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04161987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indium electrodeposition in a piperidinium-based ionic liquid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y Traore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">61st Meeting annuel de la société internationale d’électrochimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01818255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxydation éco-compatible d’alcènes catalysée par des métallo-porphyrines en milieu liquide ionique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goux-Henry Catherine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23ème colloque CBSO2010, Club de Bio-conversion en Synthèse Organique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Royat, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01998979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un milieu prometteur pour les réactions d’oxydation : les liquides ioniques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goux-Henry Catherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées inter-laboratoires CASYEN (Lyon) – LCOM (Lille)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01998978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liquide ionique : une alternative éco-compatible en oxydation catalytique d’oléfines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Goux-Henry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de Printemps de la Section Rhône Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01818270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of tetrahydro -β-carbolines via Pictet-Spengler reaction in acidic room-temperature ionic liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COIL3 congress on ionic liquids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Cairns, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00581077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward greener approaches to 2-aminoquinazolines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Debray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Zeghida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Demeunynck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microwaves assisted organic and peptide synthesis (MAOPS) international conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, La Grande Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00581040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liquide ionique à température ambiante, de la synthèse à la valorisation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Papaiconomou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université Joseph Fourier, Grenoble</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01998971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lanthanum electrodeposition in air and water stable Room-Temperature Ionic Liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Stein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotilde Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59th Annual Meeting of the International Society of Electrochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISE, Sep 2008, Séville, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04161991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Removal of Lanthanides from aqueous solutions using ferrofluid constituted of citrate coated magnetic particles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey-Flore Ngomsik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Bee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Cabuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Talbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ars Separatoria</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Zloty Potok, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00173588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adsorption of lanthanides by citrate-coated magnetic nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey-Flore Ngomsik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Bee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Talbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Cote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Center Of Excellence (COE) international seminar (Franco-japonais)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00173574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction of Polyphenols and Anthocyanins with Natural Deep Eutectic Solvents from Apple Pomace: Evaluation of Antioxidant and Antibacterial Activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Bruna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Lyautey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cléa Fourreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgio Grillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de Printemps de la Société Chimique de France AURA 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04614259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biological activities from apple pomace extracts obtained with NADES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Bruna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Rivoalen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgio Grillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giancarlo Cravotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tersys Implanteus 2nd Summer School</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Avignon (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04163639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport des analyses en chimie organique à l'étude du site archéologique de Pincevent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Saint-Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bignon-Lau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bodu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de la section régionale Rhône Alpes de la Société Chimique de France 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04639508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-friendly Process For Selective Tantalum Recovery Using Ionic Liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Micheau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Green and Sustainable Chemistry Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Virtual, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthode d'extraction innovante de molécules bioactives issues des résidus solides de pommes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Bruna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giancarlo Cravotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la section régionale Rhône Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Le Bourget-du-Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03937930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InvaVAL project : Valorization of invasive plants in Savoie Mont-Blanc territory : green chemistry and circular economy strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanille Quinty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des Doctorants de l’ED SISEO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Le Bourget du Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03547626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sampling, extraction and analysis of organic markers for the reconstitution of technical strategies and human-environment relations during the Upper Palaeolithic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Saint-Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41ème Rencontres Internationales d’Histoire et d’Archéologie de Nice Côte d’Azur 2021 - Biodiversités, environnements et sociétés depuis la Préhistoire : nouveaux marqueurs et approches intégrées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Nice, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03937992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative Coupling of Supercritical Carbon Dioxide and Water for the Recovery of Lipids and Polyphenols from Spent Coffee Grounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vandeponseele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French-Chinese Conference on Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Lyon, France. , 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03425615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation de plantes invasives de Savoie/Haute-Savoie : mise en place d’un criblage d’actifs par CCM-Bioautographie couplée à la spectrométrie de masse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanille Quinty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème Congrès Francophone sur les Sciences Séparatives et les Couplages de l’AfSEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03547614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse de phéromones sexuelles pour lutter contre la Pyrale du buis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasina Randrianasolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Favre-Réguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la Section Régionale Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les déchets viticoles sur le territoire Savoie Mont Blanc (France) : une source de composés à haute valeur ajoutée comme alternative à la pratique du brûlage à l’air libre.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Zwingelstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Besombes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du groupe Chimie Durable de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupure oxydante du cyclohexène par H2O2 dans des conditions respectueuses de l’environnemen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la Section Régionale Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation de la biomasse : les déchets viticoles de Savoie comme alternative au brûlage à l’air libre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Océane Calen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Zwingelstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Besombes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la Section Régionale Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Époxydation du cis-cyclooctène par H2O2 : vers une meilleure approche mécanistique sous ultrasons de hautes fréquences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la Section Régionale Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation de la Renouée du Japon : espèce exotique envahissante source d’antioxydants, via un procédé éco-compatible d’extraction chimique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Duwald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendoline Mattioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Le Guern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Fanget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la Section Régionale Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxydation éco-compatible de cycloalcènes par H2O2 : vers une meilleure compréhension mécanistique sous ultrasons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du groupe Chimie Durable de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le nouvel or brun : Valorisation du marc de café en caféine et acide caféique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vandeponseele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la Section Régionale Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupure oxydante de cycloalcènes par H2O2 : vers une meilleure approche mécanistique grâce aux ultrasons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de Printemps de la Section Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01939600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxydation catalytique d’aldéhyde en flux continu et sous ultrasons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Favre Reguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de Printemps de la Section Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01939613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SILEXE project: A potential solution for the recycling of critical metals from electronic waste.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférences Ballard 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pyrale du buis : lutte contre un envahisseur venu d’Asie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Betherat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de Printemps de la Section Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01939583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse de butylphényléther par catalyse par transfert de phase : potentialités des ultrasons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Makhloufi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de Printemps de la Section Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01939519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxydation verte sélective d’alcools cycliques en cétones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Monnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Voiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de Printemps de la Section Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Le Bourget du Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01939507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling Liquid Liquid Extraction and electrodeposition for indium recovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssouf Traore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Balva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Pellet-Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUCHEM 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Tallinn, Estonie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01494655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise au point de voies de synthèse de liquides ioniques plus respectueuses de l’environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Demolis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la Section Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02002860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspective nouvelle pour la récupération de l’indium issu des e-déchets par électrodéposition dans les liquides ioniques à température ambiante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssouf Traore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFC Grand Est</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers la synthèse verte de l’acide adipique dans les liquides ioniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Monnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goux-Henry Catherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la Section Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02002865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic liquid and ultrasound: A smart combination. To which extent?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Pflieger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergey I. Nikitenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Chemistry Gordon Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Lucca, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02002873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic liquid, ultrasound and porphyrin a green combination for olefin epoxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goux-Henry Catherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Annual Green Chemistry and Engineering Conference &amp; 5th International Conference on Green and Sustainable Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02002847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasound and ionic liquids: a green combination to alkene epoxidation by a manganese porphyrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Mirabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goux-Henry Catherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la section Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02002840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction/électrodéposition dans les liquides ioniques: une nouvelle perspective pour la récupération de métaux issus de déchets électroniques (e-waste)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssouf Traore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’Electrochimie 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04226620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of bismuth electrochemical system in a piperidinium-based ionic liquid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Szymczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotilde Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">61st Annual Meeting of the International Society of Electrochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02002285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecofriendly oxidation of alkenes catalyzed by transition-metal porphyrins in room temperature ionic liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goux-Henry Catherine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Molten Salts and Ionic Liquids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Bamberg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02002173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation of olefins catalyzed by Mn porphyrins in ionic liquids under ultrasonic activation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goux-Henry Catherine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">“Tomorrow… Towards a selected chemistry” Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02002265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bismuth electrochemistry in a piperidinium-based ionic liquid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Szymczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotilde Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Molten Salts and Ionic Liquids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Bamberg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02002138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecofriendly oxidation of olefins catalyzed by transition-metal porphyrins in ionic liquid media.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goux-Henry Catherine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green solvents conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Berchtesgaden, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02002831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrodéposition du lanthane en milieu liquide ionique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Stein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotilde Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Electrochimie 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04226632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Room-temperature ionic liquids for lanthanum electrodeposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Stein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotilde Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NAMES 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04226627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasound and microwaves : recent advances in organic chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Bazureau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Research signpost, 2012, 978-81-7895-532-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00708455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonochimie organique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Estager</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les techniques de l'ingénieur, pp.14, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00581062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasound-Driven Degradation of Organic Pollutants: Focus on Per- and Polyfluoroalkyls (PFAS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Royal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reference Module in Chemistry, Molecular Sciences and Chemical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 189 (3), Elsevier, pp.105107, 2024, </w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-443-15742-4.00085-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04943652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CHAPTER 8. Sustainable Activation of Chemical Substrates Under Sonochemical Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion L. Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanille Quinty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vandeponseele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Organic Synthesis : Tools and Strategies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Royal Society of Chemistry, pp.212-238, 2021, Sustainable Organic Synthesis: Tools and Strategies, </w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/9781839164842-00212⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03546738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des ressources lithiques non taillées à Pincevent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Dumarçay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Opération archéologique programmée du site de Pincevent (La Grande Paroisse, Seine-et-Marne) - Site n°77210 AP - Rapport intermédiaire d’autorisation triennale 2020, dir. O. Bignon-Lau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.109-134, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05003707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic Sonochemistry: Ultrasound in Green Organic Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Kardos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Philippe Goddard; Max Malacria; Cyril Ollivier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activation Methods: Sonochemistry and High Pressure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2 (chapitre 1), Wiley, pp.1, 2019, 9781786305107. </w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781119687443⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04291583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">les ultrasons en synthèse organique verte dans : Série Principales avancées vers une chimie organique éco-compatible, Vol. 2 Méthodes d’activation en sonochimie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Estagerie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Principales avancées vers une synthèse organique écocompatible</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, 2019, Méthodes d’activation en sonochimie, ISBN : 9781784055295</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02059942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonochimie organique : les ultrasons en synthèse organique verte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Kardos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Philippe Goddard; Max Malacria; Cyril Ollivier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méthodes d'activation en sonochimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, ISTE Editions, pp.1, 2019, Principales avancées vers une synthèse organique écocompatible, 9781784055295, 1784055298</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04291643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainable Approaches in the synthesis and Uses of Propyrin(oid)s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jean-Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Andrioletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Porphyrin Science with Applications to Chemistry, Physics, Materials Science, Engineering, Biologie and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 43, pp.1-87, 2016, Design of Precursors for Sustainable Chemistry, 978-981_3143-57-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02047006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif d’extraction solide/liquide par irradiation ultrasonore radiale, et procédé d’extraction associé.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Duwald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Fanget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO2021250251A1. Edytem; 2020-2026, Edytem Equipe Matières, 2020-2026, Edytem Thème Changements environnementaux et Sociétés; Edytem Plateforme Technique d'Appui à la Recherche. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03946157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for recovering gold and/or one or more platinoids present in an acidic aqueous phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Pellet-Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : FR3106597 (A1) / WO2021148758 (A1). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processes for extracting and recovering tantalum present in an acid aqueous phase by means of an ionic liquid, and use of such an ionic liquid for extracting the tantalum from an acid aqueous phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Pellet-Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : FR3040060 (A1) / WO2017025547 (A1). 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de sels organiques à anion halogénure pour piéger l'ozone.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Albinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Besombes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Papaiconomou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: BF N° 09/01347. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le marc de café : nouvel or brun des chimistes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vandeponseele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02585955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation chimique et économique des renouées asiatiques : quelle stratégie pour une gestion durable ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Duwald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, pp.102-107</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02611682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'évolution des matières organiques enfouies à Pincevent : dernière exhumation&amp;quot;, in Bignon-Lau O. (dir.), rapport final d'opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2020-2022) Site n°77210 AP.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Saint-Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bignon-Lau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2022, pp.93-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04639608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'évolution des matières organiques enfouies à Pincevent&amp;quot;, in Bignon-Lau O. (dir.), rapport intermédiaire d'opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2020-2022) Site n°77210 AP.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Saint-Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iris Querenet Onfroy de Belleville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2021, pp.131-158</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04639587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Étude de l’évolution des matières organiques à Pincevent », in Bignon-Lau O. (dir.), rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2020-2022) Site n° 77210 AP.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Saint-Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bodu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bignon-Lau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2020, pp.135-168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04309923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId429"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.33333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Micheline DRAYE </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professor of ChemistryProfesseure de chimie</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">micheline-draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-8216-0184</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">123882257</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/R-2354-2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Micheline Draye is a University Professor of Chemistry at the Laboratoire Environnements Dynamiques Territoires Montagnes (EDYTEM) at the Université Savoie Mont Blanc (USMB). Her research focuses on the use of ultrasound for organic synthesis and extraction, the synthesis and use of ionic liquids, green organic synthesis and catalysis, ionic liquids, biomass valorization, science and technology for pollution control, particularly concerning PFAS, organic archaeometry, the study of the degradation of organic molecules, and radiochemistry. She has been an Expert Advisor to industrial organizations such as Duke COGEMA Stone & Webster, particularly in the field of recycling and nuclear waste management. In 2002, she served on the committee of the National Research Council of the American National Academy of Sciences (</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.nas.edu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">). She is a 1991 recipient of the French Nuclear Energy Society (SFEN ESSONNE) award and the 2017 title of Distinguished Member of the French Chemical Society (SCF). She was associate Professor at Chimie ParisTech-PSL for seven years, where she conducted her research in the “Separation Processes and Radiochemistry” group of Professor Gérard Cote. She worked for one year at CNAM in Paris (Laboratory of Professors Jacques Foos and Alain Guy) for CEA. Then she was a two-year visiting researcher at the Nuclear Engineering Department of the Massachusetts Institute of Technology (MIT) in the group of Professor Kenneth Czerwinski after obtaining her PhD in Chemistry from the University of Lyon under CIFRE funding with COGEMA and under the supervision of Professor Marc Lemaire.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (62)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction of Polyphenols and Anthocyanins From Apple Pomace With Natural Deep Eutectic Solvents: Evaluation of Their Antioxidant and Antibacterial Activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Bruna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Lyautey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cléa Fourreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgio Grillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Food Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 2025 (1), pp.8483951. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/jfbc/8483951⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05525650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Easy to scale up synthesis of a high-purity piperidinium based ionic liquid combining both sustainability and cost-effectiveness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ionic Liquids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 4 (1), pp.100076. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jil.2023.100076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04447162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Waste Management of Apple Pomace: Extraction of Antimicrobial Molecules Using Green Technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Bruna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giancarlo Cravotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste and Biomass Valorization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12649-024-02432-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04614230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recyclage de Déchets d’Équipements Électriques et Électroniques (DEEE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Duwald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Techniques de l'Ingenieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.M7070. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v1-m7070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Screening and Evaluation of Dermo-Cosmetic Activities of the Invasive Plant Species Polygonum cuspidatum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanille Quinty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rouba Nasreddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reine Nehmé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (1), pp.83. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/plants12010083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03944364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supercritical Carbon Dioxide in Presence of Water for the Valorization of Spent Coffee Grounds: Optimization by Response Surface Methodology and Investigation of Caffeine Extraction Mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vandeponseele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Fanget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Foods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (24), pp.4089. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/foods11244089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03944363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidative cleavage of cycloalkenes using hydrogen peroxide and a tungsten-based catalyst: towards a complete mechanistic investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D0NJ03592K⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03084823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Influential Parameters of the Caffeine Extraction from Spent Coffee Grounds: From Brewing Coffee Method to the Waste Treatment Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vandeponseele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clean Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3 (2), pp.335-350. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cleantechnol3020019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasound for Drug Synthesis: A Green Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Duwald</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pharmaceuticals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 13 (2), pp.23. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ph13020023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02527201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic Liquids as Extraction Media in a Two-Step Eco-Friendly Process for Selective Tantalum Recovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Micheau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (4), pp.1954-1963. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acssuschemeng.9b06414⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03084410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subcritical water and supercritical carbon dioxide: efficient and selective eco-compatible solvents for coffee and coffee by-products valorization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vandeponseele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 22, pp.8544-8571. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D0GC03146A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03143710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viticultural wood waste as a source of polyphenols of interest: Opportunities and perspectives through conventional and emerging extraction methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Zwingelstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Besombes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 102, pp.782-794. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.wasman.2019.11.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03147111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights in uranium extraction from spent nuclear fuels using dicyclohexano-18-crown-6 – Fate of rhenium as technetium homolog</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Favre-Réguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Cote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth Czerwinsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Separation and Purification Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 209 (3), pp.338-342. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.seppur.2018.07.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04291967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent trends in the development of sustainable catalytic systems for the oxidative cleavage of cycloalkenes by hydrogen peroxide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (19), pp.5256-5278. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C9CY01269A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02357883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnosing the plasma formed during acoustic cavitation in [BEPip][NTf2] ionic liquid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Pflieger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Belmonte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergey I. Nikitenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 21 (3), pp.1183-1189. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8cp06967k⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02105350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation chimique et économique des renouées asiatiques : quelle stratégie pour une gestion durable ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Duwald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 27, pp.1-6. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/SET-REVUE.2019.1.18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">trans -Resveratrol and trans -ε-Viniferin in Grape Canes and Stocks Originating from Savoie Mont Blanc Vineyard Region: Pre-extraction Parameters for Improved Recovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Zwingelstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Besombes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (9), pp.8310-8316. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acssuschemeng.8b06723⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02133831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recovery of tantalum from synthetic sulfuric leach solutions by solvent extraction with phosphonate functionalized ionic liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Micheau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrometallurgy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 189, pp.105107. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.hydromet.2019.105107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03084417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High frequency ultrasound as a tool for elucidating mechanistic elements of cis-cyclooctene epoxidation with aqueous hydrogen peroxide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 53 (120-125), pp.120 - 125. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ultsonch.2018.12.038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ketone functionalized task specific ionic liquids for selective tantalum extraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Separation and Purification Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 196, pp.174-182. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.seppur.2017.08.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02062512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le recyclage des déchets d’équipements électriques et électroniques… On n’arrête pas le progrès !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssouf Traore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Szymczak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 427-428, pp.100-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01840686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights into the catalytic reduction of aliphatic nitro compounds with hypophosphites under ultrasonic irradiation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Letort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Métay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Popowycz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 19 (19), pp.4583-4590. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C7GC01622K⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02046983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avoid the PCB mistakes: a more sustainable future for ionic liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 324, pp.773 - 780. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhazmat.2016.11.060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01937967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advances in Green Organic Sonochemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Kardos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Topics in current chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 374 (5)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02046984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonochimie organique : en chimie verte, ça pétille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 410, pp.27-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02059929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performances and mechanistic investigations of a triphosphine trioxide/ionic liquid system for rare earth extraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Dourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Virieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalton Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 45 (3), pp.1259-1268. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C5DT03072B⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01999428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H2O2-mediated kraft lignin oxidation with readily available metal salts : what about the effect of ultrasound</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Napoly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jean-Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial and engineering chemistry research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 54 (22), pp.6046-6051</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01311557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fe(TAML)Li/tert-butyl hydroperoxide as a new combination for benzylic C–H oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Napoly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Kieffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Jean-Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tetrahedron Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 56 (19), pp.2517 - 2520. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tetlet.2015.03.115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01376568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Green selective and swift oxidation of cyclic alcohols to corresponding ketone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Monnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Voiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 478, pp.157-164</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01149241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel hybrid materials on the basis of nanostructured tin dioxide and a lipase from rhizopus delemar with improved enantioselectivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Guncheva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dimitrov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Napoly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Andrioletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Catalysis B: Enzymatic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 102, pp.72-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01149231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fe(TAML)Li/(diacetoxyiodo)benzene-mediated oxidation of alcohols : Evidence for mild and selective C-O and C-C oxidative cleavage in lignin model transformations.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Napoly François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Gérard Ludivine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goux-Henry Catherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrioletti Bruno</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2014 (4), pp.781-787</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01149168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrophobic bis(trifluoromethylsulfonyl)imide based ionic liquids pyrolysis : through the window of the ultrasonic reactor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Pflieger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergey I. Nikitenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 1 (1), pp.137-143. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/sc300068d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01179497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H2O2/NaHCO3-mediated enantioselective epoxidation of olefins in NTf2-based ionic liquids and under ultrasound</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Mirabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 291, pp.127-132. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcat.2012.04.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01160231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Template-free electrodeposition of tellurium nanostructures in a room-temperature ionic liquid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Szymczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Migot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Stein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochemistry Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 24, pp.57-60. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.elecom.2012.08.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01494531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlating the structure and composition of ionic liquids with their toxicity on Vibrio fischeri: A systematic study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Viboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Papaiconomou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Cortesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 215-216, pp.40 - 48. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhazmat.2012.02.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01814759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasonic properties of hydrophobic bis(trifluoromethylsulfonyl) imide-based ionic liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Leclerc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corine Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chemical and Engineering Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 57 (12), pp.3385-3390. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/je300377a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01176344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasound and ionic liquid: an efficient combination to tune the mechanism of alkenes epoxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 19 (3), pp.390-394. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ultsonch.2011.10.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00695888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study on the Cloud Point Extraction of Gd(III) with 8-Hydroxyquinoline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Favre-Reguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Murat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Separation Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 46 (4), pp.611 - 615. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01496395.2010.529097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01815135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insight into indium electrochemistry in a Tf2N-based room-temperature ionic liquid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssouf Traore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Pellet-Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 58, pp.532-540. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.electacta.2011.09.085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03558139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swift and efficient sono-hydrolysis of nitriles to carboxylic acids under basic condition: Role of the oxide anion radical in the hydrolysis mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydie Gravouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Gazza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 18 (1), pp.28 - 31. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ultsonch.2010.04.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01814821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis, Physicochemical Properties, and Toxicity Data of New Hydrophobic Ionic Liquids Containing Dimethylpyridinium and Trimethylpyridinium Cations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Papaiconomou Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssouf Traore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Bauduin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chemical and Engineering Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 55 (5), pp.1971-1979. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/je9009283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00494112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swift and Efficient Synthesis of 4-Phenylquinazolines: Involvement of N -Heterocyclic Carbene in the Key Cyclization Step</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Debray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Philouze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Demeunynck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Organic Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 75 (6), pp.2092 - 2095. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jo902726k⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01658609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erratum to: A new ozone denuder for aerosol sampling based on an ionic liquid coating</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Albinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Papaiconomou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Besombes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 397 (2), pp.887 - 887. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00216-010-3622-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01717868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amino- acid synthesis in aqueous media under ultrasonic irradiation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sedaghat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry of Natural Compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 46 (1), pp.75-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01814529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new ozone denuder for aerosol sampling based on an ionic liquid coating</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Albinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Papaiconomou Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Besombes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 396 (2), pp.857-864. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00216-009-3243-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00494107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Room-temperature ionic liquid for lanthanum electrodeposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Stein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotilde Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochemistry Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 10 (11), pp.1661 - 1664. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.elecom.2008.08.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01494537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature-induced surfactant- mediated pre-concentration of uranium assisted by complexation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Favre-Réguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Murat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Cote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Foos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chemical Technology and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 81 (12), pp.1872 - 1876. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jctb.1618⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic nano- and microparticles for metal removal and environmental applications: a review.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey-Flore Ngomsik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Bee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Cote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Cabuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Chimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 8, pp.963-970</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00165008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correction on Inner Filter Effect in Mirror Coating Cells for Trace Level Fluorescence Measurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Fanget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analytical Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 75, pp.2790-2795</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An ESR Study of γ-Irradiated P4VP Polymers : Dose-Effect Relationships</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Favre-Réguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Foos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Guy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 29 (7), pp.710-711. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1246/cl.2000.710⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiochemical stability of dicyclohexano-18-crown-6 ether (DCH18C6) and its use in a recovery process of strontium from acidic nuclear waste stream</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Favre Reguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Foos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lemaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radiochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 78, pp.105-109. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1524/ract.1997.78.special-issue.105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00006669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selective extraction of palladium from acidic nitrate solutions with thiamacrocycles-synergized dinonylnaphtalenesulfonic acid systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Favre Reguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Le Buzit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Foos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Radioanalytical and Nuclear Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 220, pp.105-107. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/BF02035358⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00006490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gamma-ray-induced modifications of the chemical structure of an ion exchange resin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilal Nsouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakim Allali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer Degradation and Stability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 56, pp.157-167. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0141-3910(96)00176-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00006561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A recovery process of strontium from acidic nuclear waste streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Le Buzit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Foos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Guy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Leclere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Separation Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 32, pp.1725-1737. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01496399708000731⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00006557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy deposition and fragments production resulting from gamma-ray or ion beam irradiation of an ion exchange resin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Nsouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Allali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of mass spectrometry and ion processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 154 (3), pp.179-191. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0168-1176(96)04381-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00006451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy deposition and fragments production resulting from gamma-ray or ion beam irradiation of an ion echange resin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Nsouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Allali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of mass spectrometry and ion processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 154, pp.179-191. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0168-1176(96)04381-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00008259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiochemical stability of the dicyclohexano-18-crown-6 ether (DCH18C6): synthesis and tests in radioactive medium of the DCH18C6 radiolytic products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Favre Reguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolph Chomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Guy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Societe Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 133, pp.183-197</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00006395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of a cross-linked poly(4-vinylpyridine) for nuclear waste treatment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Chevillote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Chomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Doutreluigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Separation Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 30, pp.1245-1257. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01496399508010344⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00006337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lipophilic polythiamacrocycles as palladium extracting agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Foos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lemaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tetrahedron</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 51, pp.4065-4074</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00006342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and utilization of new extractants for nuclear hydrometallurgy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Guyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Foos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Moutarde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Chomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Separation Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 30, pp.1961-1980. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01496399508010388⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00006340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colloidal rhodium: a new catalytic system for the reduction of dibenzo-18-crown-6 ether</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Drognat-Landré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gallezot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Lemaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 147, pp.214-222. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1006/jcat.1994.1132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00006313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiolytic products study of dicyclohexano 18-crown-6-ether, a selective extractant for nuclear fuel reprocessing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Chomel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Doutreluigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Guy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Foos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radioanalytical Nuclear Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 175, pp.55-62. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/BF02168369⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00006305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (55)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-friendly Process For Selective Tantalum Recovery Using Ionic Liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Micheau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COIL-9 Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activités biologiques d’extraits issus des déchets de pommes obtenus via les NADES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Bruna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgio Grillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Rivoalen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giancarlo Cravotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la section régionale Rhône Alpes de la Société Chimique de France 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04163656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des phénomènes de dégradation de matières organiques et développement de protocoles pour l'échantillonnage et l'analyse structurale de marqueurs organiques piégés dans des vestiges du Paléolithique supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Saint-Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIIème colloque du GMPCA : Archéométrie 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-friendly Process For Selective Tantalum Recovery Using Ionic Liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Micheau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GREENCHEM-22: 5th International Conference on Green Chemistry and Sustainable Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supercritical fluids extraction of bioactive molecules from Apple Pomace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Bruna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Lyautey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giancarlo Cravotto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Extraction of Natural Products</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Poreč, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03938050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise au point de méthodologies pour l'échantillonnage et l'analyse structurale de marqueurs organiques piégés dans des vestiges lithiques du Paléolithique supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Saint-Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de la section Auvergne-Rhône Alpes de la Société Chimique de France 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Le Bourget du Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction, identification et analyse structurale de marqueurs organiques pour la reconstitution des pratiques des populations de la Préhistoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Saint-Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire de la section Auvergne-Rhône Alpes de la Société Chimique de France 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation de déchets et coproduits dans un contexte d’économie circulaire : de l’innovation académique au développement de projets de territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Besombes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Fanget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Condorcet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Virtuel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03276167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en place du couplage CCM-bioautographie/HRMS pour le criblage d’actifs dermocosmétiques présents dans des plantes invasives savoyardes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanille Quinty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Club Jeunes AfSEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03547595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'évolution des matières organiques et développement de protocoles pour l'échantillonnage et l'analyse structurale de marqueurs organiques piégés dans des vestiges du Paléolithique supérieur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Saint-Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CPF 2021 : 29e Congrès Préhistorique de France - Hiatus, lacunes et absences : identifier et interpréter les vides archéologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High frequency ultrasound for investigating H2O2-mediated cis-cyclooctene epoxidation mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Symposium on Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02047009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact des ultrasons sur le transfert gaz-liquide lors de l'oxydation aérobie des aldéhydes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vanoye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Favre-Réguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques Ultrasons et Procédés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Orange, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancement of aerobic oxidation of aldehydes using ultrasonic irradiation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vanoye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Favre-Réguillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Symposium on Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02047011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical valorization of viticultural waste in Savoie Mont Blanc (France): high-value compounds extraction as an alternative to open-air burning practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Zwingelstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Besombes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Symposium on Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02047013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxydation aérobie des aldéhydes : effet des ultrasons sur le transfert de masse gaz-liquide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vanoye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Favre-Réguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du groupe Chimie Durable de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ultrasons pour l’oxydation aérobie des aldéhydes : quels impacts sur le transfert de masse ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Vanoye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Favre-Réguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la Section Régionale Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DEEE, une solution pour le recyclage des métaux critiques et stratégiques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Free-Alpes, Economie circulaire, déchets, territoire et ressources, Université Savoie Mont Blanc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Le Bourget-du-Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ultrasons comme outil mécanistique en sonochimie : cas d'étude d'oxydation éco-compatible de cyclooléfines par H2O2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques Ultrasons et Procédés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Orange, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorization of vine waste into aromatic molecules of interest (VITIVALO project)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Zwingelstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean.-Luc Besombes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée techniques du Pôle AXELERA sur la valorisation de la biomasse lignocellulosique en composés aromatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déchets viticoles et de pépinières viticoles sur le territoire savoyard : gisements et valorisation chimique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Zwingelstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Goepfert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Besombes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la Section Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonoluminescence Spectroscopy in Ionic Liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Pflieger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Nikitenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Meeting of the European Society of Sonochemistry, ESS16</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02048842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chimie durable et hydrométallurgie au LCME</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées scientifiques du GDR PROMETHEE, ENSCP Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights for the development of a greener and more efficient system for the oxidative cleavage of cycloalkenes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de Printemps de la Section Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Chimique de France, Jun 2017, Le Bourget du Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01556290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is ultrasound improving the reduction of nitro compounds catalyzed by Pd/C using a mixture of sodium hypophosphite and hypophosphorous acid as reducing agent? An investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Letort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Métay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Symposium on Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02048846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les liquides ioniques pour l’hydrométallurgie : application à la récupération d’In, Ta et Pd à partir des D3E</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Pellet-Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique "Métallurgie, Recyclage et Environnement"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04230221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Greener oxidation reactions under non-conventional conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Napoly François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goux-Henry Catherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Symposium on Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02000929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indium recovery by coupling liquid-liquid extraction and electrodeposition in ionic liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssouf Traoré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Balva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Pellet-Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">65th ISE Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Lausanne, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01496361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental friendly oxidative strategy for kraft lignin valorization: potentiality of ultrasound.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Napoly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jean-Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrioletti Bruno</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Meeting of the European Society of Sonochemistry, ESS14</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using chiral porphyrins for assessing a mechanistic switch in oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goux-Henry Catherine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International conference on porphyrins and phthalocyanines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02000926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récupération d’Indium issu des e-déchets par couplage extraction liquide/liquide – électrodéposition en milieu liquide ionique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssouf Traore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Balva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Pellet-Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Electrochimie 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01496353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organometallic catalysis under ultrasound in ionic liquids: what could be wrong?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Pflieger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergey I. Nikitenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Ultrasons et Procédés 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liquide ionique et ultrasons : vite, ça chauffe !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Pflieger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergey I. Nikitenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de Printemps de la Section Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient and selective oxidation of cyclic alcohols in presence of hydrophobic ionic liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Monnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Voiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goux-Henry Catherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Workshop on Advances in the Synthesis of Molecularly Ordered Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traces of degradation by pyrolysis under ultrasound : it’s getting hot in ionic liquids!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Pflieger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergey I. Nikitenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th EuCheMS Chemistry Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of ultrasound on hydrophobic bis(trifluoromethylsulfonyl)imide ionic liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Annual Green Chemistry &amp; Engineering Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to develop epoxidation reactions on a large scale by combining ionic liquids and ultrasound?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th Chemistry Conference for Young Scientists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Blankenberge, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Could the ionic liquids/ultrasound combination be developed for a green chemistry?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Asian Conference on Sustainability, Energy and the Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Osaka, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behaviour of hydrophobic bis(trifluoromethylsulfonyl)imide ionic liquids under ultrasound</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groupe d'Etude en Chimie Organique (GECO 53)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Sévrier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic liquid, ultrasound and porphyrin: a efficient combination for a smart alkene epoxidation by hydrogen peroxide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials and technologies for green chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Tallinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasonic activation and ionic liquid : a powerful combination for controlling the mechanism of the H2O2/NaHCO3 mediated alkene epoxidation by a manganse porphyrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Groux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sino-French Bilateral Green Chemistry Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Guangzhou, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainable -Caprolactam synthesis using reusable task specific ionic liquid under mild Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Ragaini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Bonrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESOC 2011, 17th European Symposium on Organic Synthesis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Crète, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01818167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smart approach for enantioselective alkene epoxidation by hydrogen peroxyde using combination of ultrasound, ionic liquid and porphyrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Meeting on Environmental Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasonic activation and ionic liquid: a powerful combination to control the mechanism of hydrogen peroxide mediated alkene epoxidation by a manganese porphyrin in the presence of hydrogencarbonate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées UCB-Pharma/SPDC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01818179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic liquids/ultrasound combination: a green method? A possible industrial development?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Goux-Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Greener Chemistry for Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01817403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un milieu prometteur pour les réactions d’oxydation : les liquides ioniques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goux-Henry Catherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées inter-laboratoires CASYEN (Lyon) – LCOM (Lille)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01998978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxydation éco-compatible d’alcènes catalysée par des métallo-porphyrines en milieu liquide ionique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goux-Henry Catherine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23ème colloque CBSO2010, Club de Bio-conversion en Synthèse Organique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Royat, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01998979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liquide ionique : une alternative éco-compatible en oxydation catalytique d’oléfines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Goux-Henry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de Printemps de la Section Rhône Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01818270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indium electrodeposition in a piperidinium-based ionic liquid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y Traore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">61st Meeting annuel de la société internationale d’électrochimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01818255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piperidinium ionic liquids for indium recovery from E-waste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssouf Traore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUCHEM 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Bamberg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04161987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of tetrahydro -β-carbolines via Pictet-Spengler reaction in acidic room-temperature ionic liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COIL3 congress on ionic liquids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Cairns, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00581077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward greener approaches to 2-aminoquinazolines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Debray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Zeghida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Demeunynck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microwaves assisted organic and peptide synthesis (MAOPS) international conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, La Grande Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00581040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lanthanum electrodeposition in air and water stable Room-Temperature Ionic Liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Stein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotilde Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59th Annual Meeting of the International Society of Electrochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISE, Sep 2008, Séville, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04161991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liquide ionique à température ambiante, de la synthèse à la valorisation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Papaiconomou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université Joseph Fourier, Grenoble</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01998971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Removal of Lanthanides from aqueous solutions using ferrofluid constituted of citrate coated magnetic particles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey-Flore Ngomsik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Bee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Cabuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Talbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ars Separatoria</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Zloty Potok, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00173588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adsorption of lanthanides by citrate-coated magnetic nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey-Flore Ngomsik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnes Bee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Talbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Cote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Center Of Excellence (COE) international seminar (Franco-japonais)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00173574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction of Polyphenols and Anthocyanins with Natural Deep Eutectic Solvents from Apple Pomace: Evaluation of Antioxidant and Antibacterial Activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Bruna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Lyautey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cléa Fourreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgio Grillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de Printemps de la Société Chimique de France AURA 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04614259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biological activities from apple pomace extracts obtained with NADES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Bruna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Rivoalen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgio Grillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giancarlo Cravotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tersys Implanteus 2nd Summer School</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Avignon (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04163639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport des analyses en chimie organique à l'étude du site archéologique de Pincevent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Saint-Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bignon-Lau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bodu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de la section régionale Rhône Alpes de la Société Chimique de France 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04639508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eco-friendly Process For Selective Tantalum Recovery Using Ionic Liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Micheau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Green and Sustainable Chemistry Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Virtual, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04764130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthode d'extraction innovante de molécules bioactives issues des résidus solides de pommes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauriane Bruna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giancarlo Cravotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la section régionale Rhône Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Le Bourget-du-Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03937930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sampling, extraction and analysis of organic markers for the reconstitution of technical strategies and human-environment relations during the Upper Palaeolithic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Saint-Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41ème Rencontres Internationales d’Histoire et d’Archéologie de Nice Côte d’Azur 2021 - Biodiversités, environnements et sociétés depuis la Préhistoire : nouveaux marqueurs et approches intégrées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Nice, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03937992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InvaVAL project : Valorization of invasive plants in Savoie Mont-Blanc territory : green chemistry and circular economy strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanille Quinty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des Doctorants de l’ED SISEO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Le Bourget du Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03547626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation de plantes invasives de Savoie/Haute-Savoie : mise en place d’un criblage d’actifs par CCM-Bioautographie couplée à la spectrométrie de masse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanille Quinty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14ème Congrès Francophone sur les Sciences Séparatives et les Couplages de l’AfSEP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03547614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative Coupling of Supercritical Carbon Dioxide and Water for the Recovery of Lipids and Polyphenols from Spent Coffee Grounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vandeponseele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French-Chinese Conference on Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Lyon, France. , 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03425615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupure oxydante du cyclohexène par H2O2 dans des conditions respectueuses de l’environnemen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la Section Régionale Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation de la biomasse : les déchets viticoles de Savoie comme alternative au brûlage à l’air libre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Océane Calen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Zwingelstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Besombes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la Section Régionale Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les déchets viticoles sur le territoire Savoie Mont Blanc (France) : une source de composés à haute valeur ajoutée comme alternative à la pratique du brûlage à l’air libre.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Zwingelstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Besombes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du groupe Chimie Durable de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse de phéromones sexuelles pour lutter contre la Pyrale du buis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasina Randrianasolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Favre-Réguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la Section Régionale Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation de la Renouée du Japon : espèce exotique envahissante source d’antioxydants, via un procédé éco-compatible d’extraction chimique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Duwald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwendoline Mattioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Le Guern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Fanget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la Section Régionale Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Époxydation du cis-cyclooctène par H2O2 : vers une meilleure approche mécanistique sous ultrasons de hautes fréquences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la Section Régionale Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxydation éco-compatible de cycloalcènes par H2O2 : vers une meilleure compréhension mécanistique sous ultrasons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du groupe Chimie Durable de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02117220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le nouvel or brun : Valorisation du marc de café en caféine et acide caféique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vandeponseele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la Section Régionale Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02152959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxydation catalytique d’aldéhyde en flux continu et sous ultrasons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Favre Reguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de Printemps de la Section Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01939613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SILEXE project: A potential solution for the recycling of critical metals from electronic waste.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférences Ballard 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pyrale du buis : lutte contre un envahisseur venu d’Asie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Betherat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de Printemps de la Section Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01939583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupure oxydante de cycloalcènes par H2O2 : vers une meilleure approche mécanistique grâce aux ultrasons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de Printemps de la Section Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01939600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse de butylphényléther par catalyse par transfert de phase : potentialités des ultrasons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Makhloufi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Cousin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de Printemps de la Section Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01939519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxydation verte sélective d’alcools cycliques en cétones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Monnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Voiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de Printemps de la Section Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Le Bourget du Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01939507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling Liquid Liquid Extraction and electrodeposition for indium recovery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssouf Traore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Balva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Pellet-Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUCHEM 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Tallinn, Estonie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01494655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise au point de voies de synthèse de liquides ioniques plus respectueuses de l’environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Demolis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la Section Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02002860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspective nouvelle pour la récupération de l’indium issu des e-déchets par électrodéposition dans les liquides ioniques à température ambiante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssouf Traore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFC Grand Est</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers la synthèse verte de l’acide adipique dans les liquides ioniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Monnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goux-Henry Catherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la Section Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02002865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic liquid and ultrasound: A smart combination. To which extent?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Pflieger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergey I. Nikitenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Chemistry Gordon Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Lucca, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02002873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasound and ionic liquids: a green combination to alkene epoxidation by a manganese porphyrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Mirabaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goux-Henry Catherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la section Rhône-Alpes de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02002840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction/électrodéposition dans les liquides ioniques: une nouvelle perspective pour la récupération de métaux issus de déchets électroniques (e-waste)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssouf Traore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’Electrochimie 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04226620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic liquid, ultrasound and porphyrin a green combination for olefin epoxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goux-Henry Catherine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Naffrechoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Suptil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Annual Green Chemistry and Engineering Conference &amp; 5th International Conference on Green and Sustainable Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02002847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecofriendly oxidation of olefins catalyzed by transition-metal porphyrins in ionic liquid media.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goux-Henry Catherine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green solvents conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Berchtesgaden, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02002831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bismuth electrochemistry in a piperidinium-based ionic liquid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Szymczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotilde Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Molten Salts and Ionic Liquids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Bamberg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02002138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecofriendly oxidation of alkenes catalyzed by transition-metal porphyrins in room temperature ionic liquids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goux-Henry Catherine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Molten Salts and Ionic Liquids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Bamberg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02002173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation of olefins catalyzed by Mn porphyrins in ionic liquids under ultrasonic activation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Andrioletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goux-Henry Catherine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">“Tomorrow… Towards a selected chemistry” Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02002265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of bismuth electrochemical system in a piperidinium-based ionic liquid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Szymczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotilde Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">61st Annual Meeting of the International Society of Electrochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02002285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrodéposition du lanthane en milieu liquide ionique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Stein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotilde Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Electrochimie 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04226632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Room-temperature ionic liquids for lanthanum electrodeposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Stein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clotilde Boulanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NAMES 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2007, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04226627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasound and microwaves : recent advances in organic chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Bazureau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Research signpost, 2012, 978-81-7895-532-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00708455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonochimie organique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Estager</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les techniques de l'ingénieur, pp.14, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00581062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasound-Driven Degradation of Organic Pollutants: Focus on Per- and Polyfluoroalkyls (PFAS)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Royal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reference Module in Chemistry, Molecular Sciences and Chemical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 189 (3), Elsevier, pp.105107, 2024, </w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-443-15742-4.00085-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04943652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CHAPTER 8. Sustainable Activation of Chemical Substrates Under Sonochemical Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion L. Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanille Quinty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vandeponseele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Organic Synthesis : Tools and Strategies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Royal Society of Chemistry, pp.212-238, 2021, Sustainable Organic Synthesis: Tools and Strategies, </w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/9781839164842-00212⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03546738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des ressources lithiques non taillées à Pincevent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Dumarçay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Opération archéologique programmée du site de Pincevent (La Grande Paroisse, Seine-et-Marne) - Site n°77210 AP - Rapport intermédiaire d’autorisation triennale 2020, dir. O. Bignon-Lau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.109-134, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05003707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organic Sonochemistry: Ultrasound in Green Organic Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Kardos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Philippe Goddard; Max Malacria; Cyril Ollivier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activation Methods: Sonochemistry and High Pressure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2 (chapitre 1), Wiley, pp.1, 2019, 9781786305107. </w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781119687443⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04291583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">les ultrasons en synthèse organique verte dans : Série Principales avancées vers une chimie organique éco-compatible, Vol. 2 Méthodes d’activation en sonochimie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Estagerie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Principales avancées vers une synthèse organique écocompatible</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, 2019, Méthodes d’activation en sonochimie, ISBN : 9781784055295</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02059942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonochimie organique : les ultrasons en synthèse organique verte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Estager</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Kardos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Philippe Goddard; Max Malacria; Cyril Ollivier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méthodes d'activation en sonochimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, ISTE Editions, pp.1, 2019, Principales avancées vers une synthèse organique écocompatible, 9781784055295, 1784055298</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04291643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainable Approaches in the synthesis and Uses of Propyrin(oid)s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jean-Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kardos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Andrioletti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Porphyrin Science with Applications to Chemistry, Physics, Materials Science, Engineering, Biologie and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 43, pp.1-87, 2016, Design of Precursors for Sustainable Chemistry, 978-981_3143-57-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02047006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif d’extraction solide/liquide par irradiation ultrasonore radiale, et procédé d’extraction associé.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Duwald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Fanget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO2021250251A1. Edytem; 2020-2026, Edytem Equipe Matières, 2020-2026, Edytem Thème Changements environnementaux et Sociétés; Edytem Plateforme Technique d'Appui à la Recherche. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03946157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Method for recovering gold and/or one or more platinoids present in an acidic aqueous phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Pellet-Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Lejeune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : FR3106597 (A1) / WO2021148758 (A1). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04648990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processes for extracting and recovering tantalum present in an acid aqueous phase by means of an ionic liquid, and use of such an ionic liquid for extracting the tantalum from an acid aqueous phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Turgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Arrachart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Pellet-Rostaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Legeai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : FR3040060 (A1) / WO2017025547 (A1). 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de sels organiques à anion halogénure pour piéger l'ozone.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Albinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Besombes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Papaiconomou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: BF N° 09/01347. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le marc de café : nouvel or brun des chimistes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vandeponseele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02585955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation chimique et économique des renouées asiatiques : quelle stratégie pour une gestion durable ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Chatel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Duwald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Piot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, pp.102-107</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02611682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'évolution des matières organiques enfouies à Pincevent : dernière exhumation&amp;quot;, in Bignon-Lau O. (dir.), rapport final d'opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2020-2022) Site n°77210 AP.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Saint-Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bignon-Lau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2022, pp.93-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04639608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'évolution des matières organiques enfouies à Pincevent&amp;quot;, in Bignon-Lau O. (dir.), rapport intermédiaire d'opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2020-2022) Site n°77210 AP.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Saint-Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chassin de Kergommeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iris Querenet Onfroy de Belleville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2021, pp.131-158</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04639587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Étude de l’évolution des matières organiques à Pincevent », in Bignon-Lau O. (dir.), rapport intermédiaire d’opération archéologique programmée du site de Pincevent (La Grande-Paroisse, Seine-et-Marne) (Triennale 2020-2022) Site n° 77210 AP.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Saint-Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Salomon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Draye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bodu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bignon-Lau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Service régional de l'Archéologie d'Île-de-France, Ministère de la Culture ; CNRS. 2020, pp.135-168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04309923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId429"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B6D34AB9"/>
+    <w:nsid w:val="35DD78C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/micheline-draye" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8216-0184" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/123882257" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/R-2354-2016" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nas.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05525650v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Bruna" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Draye" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lyautey" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;a Fourreaux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Grillo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/jfbc/8483951" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614230v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Cravotto" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Chatel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-024-02432-4" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04447162v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Lejeune" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Legeai" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Michel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Arrachart" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jil.2023.100076" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944364v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanille Quinty" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Colas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouba Nasreddine" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Nehm&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Piot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants12010083" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197157v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Duwald" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-m7070" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944363v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vandeponseele" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bernard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fanget" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11244089" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084823v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Cousin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Andrioletti" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NJ03592K" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188993v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cleantechnol3020019" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084410v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Micheau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Turgis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.9b06414" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527201v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph13020023" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143710v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0GC03146A" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147111v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Zwingelstein" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Besombes" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2019.11.034" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01979018v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Kardos" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2018.12.038" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084417v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hydromet.2019.105107" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02105350v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Pflieger" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Noel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Belmonte" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I. Nikitenko" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cp06967k" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04291967v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Favre-R&#233;guillon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Cote" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Czerwinsky" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2018.07.034" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357883v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CY01269A" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04008375v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2019.1.18" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02133831v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.8b06723" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062512v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2017.08.009" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01840686v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Draye" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssouf Traore" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Szymczak" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02046983v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Letort" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lejeune" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kardos" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. M&#233;tay" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Popowycz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7GC01622K" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01937967v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Naffrechoux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2016.11.060" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999428v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Turgis" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dubois" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dourdain" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Virieux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5DT03072B" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02046984v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02059929v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311557v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Napoly" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jean-G&#233;rard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goux-Henry" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Andrioletti" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376568v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Napoly" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Kieffer" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Jean-G&#233;rard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Goux-Henry" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2015.03.115" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZSHKZR3T-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149231v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guncheva" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dimitrov" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149241v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Monnier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Voiron" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149168v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Napoly Fran&#231;ois" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-G&#233;rard Ludivine" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goux-Henry Catherine" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrioletti Bruno" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179497v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Naffrechoux" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Suptil" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/sc300068d" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01814759v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Viboud" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Papaiconomou" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Cortesi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2012.02.019" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-467VN5F1-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01494531v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Diliberto" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Migot" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Stein" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2012.08.013" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6HGVWF47-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01160231v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Mirabaud" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rossi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2012.04.016" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-50L7BCPJ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176344v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Leclerc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Bas" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/je300377a" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00695888v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2011.10.007" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SJ2L9MPF-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01814821v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lignier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Estager" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Gravouil" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gazza" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2010.04.006" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G4HF5L6L-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01815135v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Favre-Reguillon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Murat" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01496395.2010.529097" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03558139v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Diliberto" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pellet-Rostaing" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2011.09.085" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GZ1B98MV-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01814529v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sedaghat" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00494112v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papaiconomou Nicolas" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Estager" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bauduin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bas" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/je9009283" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717868v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Albinet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Suptil" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-010-3622-y" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658609v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Debray" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Philouze" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Demeunynck" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo902726k" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00494107v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-009-3243-5" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-6BLGC9KJ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01494537v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Boulanger" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2008.08.005" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z3CMJX49-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285976v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Foos" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jctb.1618" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SVB1B784-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00165008v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey-Flore Ngomsik" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Bee" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cabuil" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126124v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fanget" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Devos" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285718v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guy" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1246/cl.2000.710" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006669v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Favre Reguillon" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Foos" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guy" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemaire" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1524/ract.1997.78.special-issue.105" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006490v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Buzit" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF02035358" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MT61VZRB-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006561v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Nsouli" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Allali" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Thomas" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0141-3910(96)00176-0" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006557v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Le Buzit" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Leclere" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01496399708000731" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00008259v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Nsouli" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Allali" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Thomas" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0168-1176(96)04381-9" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0TTWWZLS-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006451v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Allali" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006395v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolph Chomel" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Faure" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006337v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chevillote" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chomel" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Doutreluigne" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01496399508010344" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006342v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guyon" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006340v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Moutarde" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01496399508010388" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006313v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Drognat-Landr&#233;" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Richard" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gallezot" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lemaire" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jcat.1994.1132" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P1F5K8P9-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006305v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF02168369" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-13LDHBM2-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764127v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163656v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rivoalen" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940623v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Saint-Raymond" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Salomon" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764128v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940529v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938050v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940672v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547595v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David da Silva" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Nicolas" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276167v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285730v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Chatel" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02117235v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02049045v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02047011v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Besnard" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vanoye" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02117261v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02047009v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02047013v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02049038v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02152957v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02049083v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Goepfert" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Berthier" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02049076v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean.-Luc Besombes" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02048842v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pflieger" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nikitenko" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02049091v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556290v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02048846v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02000929v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04230221v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pellet-Rostaing" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02000926v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02049028v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01496361v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssouf Traor&#233;" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Balva" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01817044v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01496353v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01817177v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01817059v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01817153v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Suptil" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01817390v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01817167v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01817389v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01817151v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01817403v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01818179v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01817404v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01817411v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Groux-Henry" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01817775v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01818167v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ragaini" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Bonrath" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04161987v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01818255v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Legeai" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Traore" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Diliberto" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01998979v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01998978v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01818270v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00581077v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00581040v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Debray" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Zeghida" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01998971v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04161991v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173588v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Talbot" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173574v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614259v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163639v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639508v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bignon-Lau" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bodu" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764130v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937930v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547626v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937992v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425615v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547614v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02152964v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasina Randrianasolo" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02117228v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02152962v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Mercier" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02152977v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Calen" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02152958v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02152968v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Mattioni" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Le Guern" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02117220v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Andioletti" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02152959v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01939600v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01939613v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Favre Reguillon" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02049056v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mary" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01939583v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Betherat" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01939519v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Makhloufi" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01939507v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01494655v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02002860v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Demolis" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04227487v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02002865v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02002873v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02002847v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02002840v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04226620v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02002285v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02002173v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02002265v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02002138v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02002831v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04226632v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04226627v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00708455v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Bazureau" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00581062v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943652v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Royal" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-15742-4.00085-5" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546738v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion L. Chevallier" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/9781839164842-00212" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003707v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chassin de Kergommeaux" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Dumar&#231;ay" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04291583v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119687443" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02059942v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Estagerie" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04291643v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02047006v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Andrioletti" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946157v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04648990v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Turgis" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162092v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01801260v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Albinet" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Papaiconomou" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02585955v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611682v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639608v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639587v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Querenet Onfroy de Belleville" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309923v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/micheline-draye" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8216-0184" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/123882257" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/R-2354-2016" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nas.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05525650v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Bruna" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Draye" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lyautey" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;a Fourreaux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Grillo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/jfbc/8483951" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04447162v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Lejeune" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Legeai" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Michel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Arrachart" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jil.2023.100076" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614230v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Cravotto" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Chatel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-024-02432-4" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197157v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Duwald" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-m7070" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944364v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanille Quinty" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Colas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rouba Nasreddine" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Nehm&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Piot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants12010083" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03944363v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vandeponseele" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bernard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fanget" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11244089" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084823v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Cousin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Andrioletti" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NJ03592K" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188993v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cleantechnol3020019" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527201v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph13020023" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084410v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Micheau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Turgis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.9b06414" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143710v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0GC03146A" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147111v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Zwingelstein" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Besombes" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2019.11.034" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04291967v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Favre-R&#233;guillon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Cote" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Czerwinsky" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2018.07.034" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357883v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Kardos" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CY01269A" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02105350v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Pflieger" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Noel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Belmonte" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I. Nikitenko" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cp06967k" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04008375v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2019.1.18" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02133831v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.8b06723" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084417v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hydromet.2019.105107" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01979018v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2018.12.038" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062512v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seppur.2017.08.009" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01840686v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Draye" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssouf Traore" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Szymczak" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02046983v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Letort" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lejeune" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kardos" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. M&#233;tay" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Popowycz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7GC01622K" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01937967v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Naffrechoux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2016.11.060" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02046984v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02059929v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999428v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Turgis" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dubois" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dourdain" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Virieux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5DT03072B" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311557v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Napoly" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jean-G&#233;rard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goux-Henry" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Andrioletti" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376568v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Napoly" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Kieffer" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Jean-G&#233;rard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Goux-Henry" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2015.03.115" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZSHKZR3T-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149241v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Monnier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Voiron" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149231v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guncheva" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dimitrov" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01149168v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Napoly Fran&#231;ois" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-G&#233;rard Ludivine" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goux-Henry Catherine" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrioletti Bruno" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179497v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Naffrechoux" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Suptil" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/sc300068d" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01160231v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Mirabaud" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rossi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2012.04.016" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-50L7BCPJ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01494531v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Diliberto" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Migot" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Stein" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2012.08.013" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6HGVWF47-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01814759v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Viboud" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Papaiconomou" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Cortesi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2012.02.019" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-467VN5F1-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176344v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Leclerc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Bas" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/je300377a" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00695888v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2011.10.007" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SJ2L9MPF-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01815135v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Favre-Reguillon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Murat" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01496395.2010.529097" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03558139v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Diliberto" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pellet-Rostaing" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2011.09.085" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GZ1B98MV-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01814821v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lignier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Estager" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Gravouil" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gazza" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2010.04.006" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G4HF5L6L-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00494112v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papaiconomou Nicolas" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Estager" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bauduin" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bas" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/je9009283" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658609v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Debray" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Philouze" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Demeunynck" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo902726k" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717868v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Albinet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Suptil" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-010-3622-y" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01814529v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sedaghat" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00494107v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-009-3243-5" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-6BLGC9KJ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01494537v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Boulanger" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2008.08.005" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z3CMJX49-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285976v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Foos" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jctb.1618" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SVB1B784-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00165008v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey-Flore Ngomsik" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Bee" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cabuil" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126124v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Fanget" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Devos" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285718v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guy" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1246/cl.2000.710" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006669v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Favre Reguillon" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Foos" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guy" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemaire" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1524/ract.1997.78.special-issue.105" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006490v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Buzit" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF02035358" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MT61VZRB-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006561v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Nsouli" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Allali" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Thomas" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0141-3910(96)00176-0" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006557v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Le Buzit" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Leclere" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01496399708000731" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006451v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Nsouli" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Allali" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Thomas" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0168-1176(96)04381-9" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0TTWWZLS-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00008259v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Allali" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006395v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolph Chomel" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Faure" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006337v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chevillote" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chomel" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Doutreluigne" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01496399508010344" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006342v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guyon" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006340v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Moutarde" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01496399508010388" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006313v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Drognat-Landr&#233;" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Richard" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gallezot" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lemaire" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jcat.1994.1132" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P1F5K8P9-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006305v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF02168369" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-13LDHBM2-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764127v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163656v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rivoalen" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940529v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Saint-Raymond" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Salomon" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764128v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938050v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940623v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940672v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276167v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547595v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David da Silva" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Nicolas" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285730v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Chatel" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02047009v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02117261v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Besnard" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vanoye" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02047011v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02047013v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02049038v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02152957v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02049045v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02117235v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02049076v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean.-Luc Besombes" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02049083v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Goepfert" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Berthier" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02048842v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pflieger" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nikitenko" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02049091v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556290v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02048846v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04230221v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pellet-Rostaing" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02000929v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01496361v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssouf Traor&#233;" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Balva" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02049028v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02000926v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01496353v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01817044v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01817177v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01817059v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01817153v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Suptil" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01817167v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01817390v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01817389v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01817151v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01817775v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01817411v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Groux-Henry" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01818167v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ragaini" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Bonrath" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01817404v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01818179v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01817403v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01998978v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01998979v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01818270v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01818255v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Legeai" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Traore" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Diliberto" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04161987v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00581077v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00581040v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Debray" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Zeghida" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04161991v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01998971v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173588v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Talbot" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173574v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614259v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163639v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639508v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bignon-Lau" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bodu" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764130v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937930v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937992v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547626v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547614v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425615v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02152962v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Mercier" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02152977v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Calen" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02117228v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02152964v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasina Randrianasolo" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02152968v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Mattioni" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Le Guern" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02152958v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02117220v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Andioletti" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02152959v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01939613v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Favre Reguillon" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02049056v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mary" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01939583v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Betherat" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01939600v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01939519v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Makhloufi" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01939507v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01494655v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02002860v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Demolis" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04227487v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02002865v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02002873v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02002840v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04226620v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02002847v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02002831v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02002138v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02002173v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02002265v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02002285v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04226632v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04226627v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00708455v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Bazureau" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00581062v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943652v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Royal" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-15742-4.00085-5" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546738v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion L. Chevallier" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/9781839164842-00212" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003707v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chassin de Kergommeaux" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Dumar&#231;ay" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04291583v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119687443" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02059942v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Estagerie" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04291643v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02047006v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Andrioletti" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946157v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04648990v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Turgis" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162092v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01801260v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Albinet" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Papaiconomou" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-02585955v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611682v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639608v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639587v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Querenet Onfroy de Belleville" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309923v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>