--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1130,347 +1130,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04684932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes and correlates of household food insecurity during COVID-19: a repeated cross-sectional survey of low-income households in peri-urban Peru</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nutritional quality and diversity in Ghana’s school feeding programme: a mixed-methods exploration through caterer interviews in the Greater Accra Region</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabrina Eymard-Duvernay</w:t>
+                <w:t xml:space="preserve">Julia Liguori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rossina Pareja</w:t>
+                <w:t xml:space="preserve">Gideon Senyo Amevinya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Holdsworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edwige Landais</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mathilde Savy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amos Laar</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Security</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 16 (4), pp.973-987. </w:t>
+              <w:t xml:space="preserve">BMC Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (1), pp.127. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12571-024-01471-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40795-024-00936-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04653893v1</w:t>
+                <w:t xml:space="preserve">hal-04714683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nutritional quality and diversity in Ghana’s school feeding programme: a mixed-methods exploration through caterer interviews in the Greater Accra Region</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Changes and correlates of household food insecurity during COVID-19: a repeated cross-sectional survey of low-income households in peri-urban Peru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Pradeilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Liguori</w:t>
+                <w:t xml:space="preserve">Sabrina Eymard-Duvernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gideon Senyo Amevinya</w:t>
+                <w:t xml:space="preserve">Rossina Pareja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Holdsworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Savy</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Edwige Landais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 10 (1), pp.127. </w:t>
+              <w:t xml:space="preserve">Food Security</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (4), pp.973-987. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40795-024-00936-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12571-024-01471-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04714683v1</w:t>
+                <w:t xml:space="preserve">hal-04653893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How do publicly procured school meals programmes in sub-Saharan Africa improve nutritional outcomes for children and adolescents: a mixed-methods systematic review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Liguori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hibbah Araba Osei-Kwasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Savy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silver Nanema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1662,753 +1662,753 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04540542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Worldwide trends in diabetes prevalence and treatment from 1990 to 2022: a pooled analysis of 1108 population-representative studies with 141 million participants</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identifying priority double-duty actions to tackle the double burden of malnutrition in infants and young children in Peru: assessment and prioritisation of government actions by national experts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archie W Rayner</w:t>
+                <w:t xml:space="preserve">Violeta Magdalena Rojas Huayta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Pradeilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edward W Gregg</w:t>
+                <w:t xml:space="preserve">Hilary M Creed-Kanashiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kate E Sheffer</w:t>
+                <w:t xml:space="preserve">Emily Rousham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodrigo M Carrillo-Larco</w:t>
+                <w:t xml:space="preserve">Doris Delgado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 404 (10467), pp.2077-2093. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 19 (5), pp.e0303668. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/s0140-6736(24)02317-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0303668⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05410351v1</w:t>
+                <w:t xml:space="preserve">hal-04581693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying priority double-duty actions to tackle the double burden of malnutrition in infants and young children in Peru: assessment and prioritisation of government actions by national experts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Worldwide trends in diabetes prevalence and treatment from 1990 to 2022: a pooled analysis of 1108 population-representative studies with 141 million participants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bin Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Violeta Magdalena Rojas Huayta</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rebecca Pradeilles</w:t>
+                <w:t xml:space="preserve">Archie Rayner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hilary M Creed-Kanashiro</w:t>
+                <w:t xml:space="preserve">Edward Gregg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emily Rousham</w:t>
+                <w:t xml:space="preserve">Kate Sheffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Doris Delgado</w:t>
+                <w:t xml:space="preserve">Rodrigo Carrillo-Larco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 19 (5), pp.e0303668. </w:t>
+              <w:t xml:space="preserve">The Lancet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0303668⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0140-6736(24)02317-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04581693v1</w:t>
+                <w:t xml:space="preserve">hal-04788128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Worldwide trends in diabetes prevalence and treatment from 1990 to 2022: a pooled analysis of 1108 population-representative studies with 141 million participants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bin Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archie Rayner</w:t>
+                <w:t xml:space="preserve">Archie W Rayner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edward Gregg</w:t>
+                <w:t xml:space="preserve">Edward W Gregg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kate Sheffer</w:t>
+                <w:t xml:space="preserve">Kate E Sheffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodrigo Carrillo-Larco</w:t>
+                <w:t xml:space="preserve">Rodrigo M Carrillo-Larco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Lancet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">, 2024, 404 (10467), pp.2077-2093. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0140-6736(24)02317-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/s0140-6736(24)02317-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04788128v1</w:t>
+                <w:t xml:space="preserve">hal-05410351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Review of policy action for healthy environmentally sustainable food systems in sub-Saharan Africa</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Africa Food Environment Research Network (FERN): from concept to practice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akua Tandoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richmond Aryeetey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Agyemang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Holdsworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gershim Asiki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Environmental Sustainability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cosust.2023.101376⟩</w:t>
+              <w:t xml:space="preserve">Global Health Promotion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 30 (2), pp.5-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/17579759221126155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04272304v1</w:t>
+                <w:t xml:space="preserve">hal-03845629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Africa Food Environment Research Network (FERN): from concept to practice</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Review of policy action for healthy environmentally sustainable food systems in sub-Saharan Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Holdsworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Kimenju</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Greg Hallen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amos Laar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel O Oti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Health Promotion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 30 (2), pp.5-10. </w:t>
+              <w:t xml:space="preserve">Current Opinion in Environmental Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 65, pp.101376. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/17579759221126155⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cosust.2023.101376⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03845629v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04272304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Designing intervention prototypes to improve infant and young child nutrition in Peru: a participatory design study protocol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emily Rousham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rossina G Pareja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hilary M Creed-Kanashiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosario Bartolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2600,961 +2600,961 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04222266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The diverse and complementary components of urban food systems in the global South: characterization and policy implications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Addressing the marketing and availability of unhealthy food and beverages in and around selected schools in Ghana: a community readiness appraisal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akua Tandoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amos Laar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Pradeilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paule Moustier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michelle Holdsworth</w:t>
+                <w:t xml:space="preserve">Agnès Le Port</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dao The Anh</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Henk Renting</w:t>
+                <w:t xml:space="preserve">Hibbah Osei-Kwasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Food Security</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gfs.2022.100663⟩</w:t>
+              <w:t xml:space="preserve">BMJ Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (9), pp.e075166. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bmjopen-2023-075166⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03898038v1</w:t>
+                <w:t xml:space="preserve">hal-04228405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Addressing the marketing and availability of unhealthy food and beverages in and around selected schools in Ghana: a community readiness appraisal</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rebecca Pradeilles</w:t>
+                <w:t xml:space="preserve">The diverse and complementary components of urban food systems in the global South: characterization and policy implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paule Moustier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Holdsworth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dao The Anh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Le Port</w:t>
+                <w:t xml:space="preserve">Pape Abdoulaye Seck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hibbah Osei-Kwasi</w:t>
+                <w:t xml:space="preserve">Henk Renting</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Open</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (9), pp.e075166. </w:t>
+              <w:t xml:space="preserve">Global Food Security</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 36 (100663), 9 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/bmjopen-2023-075166⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gfs.2022.100663⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04228405v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03898038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the magnitude and drivers of the double burden of malnutrition at maternal and dyad levels in peri‐urban Peru: a cross‐sectional study of low‐income mothers, infants and young children</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sabrina Eymard-Duvernay</w:t>
+                <w:t xml:space="preserve">Assessing community readiness for overweight and obesity prevention among Ghanaian immigrants living in Greater Manchester, England</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hibbah Araba Osei-Kwasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oonagh Markey</w:t>
+                <w:t xml:space="preserve">Peter Jackson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Akparibo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Holdsworth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Nicolaou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Maternal and Child Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/mcn.13549⟩</w:t>
+              <w:t xml:space="preserve">Journal of Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 31 (12), pp.1953-1967. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10389-022-01777-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04171472v1</w:t>
+                <w:t xml:space="preserve">hal-03879669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing community readiness for overweight and obesity prevention among Ghanaian immigrants living in Greater Manchester, England</w:t>
+                <w:t xml:space="preserve">Transitioning food environments and diets of African migrants: implications for non-communicable diseases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hibbah Araba Osei-Kwasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Boateng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evans Atiah Asamane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Akparibo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Holdsworth</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10389-022-01777-1⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Nutrition Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 82 (1), pp.69-79. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/s0029665122002828⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03879669v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03991824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diminishing benefits of urban living for growth and development of school-aged children and adolescents in the 21st century</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anu Mishra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bin Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Rodriguez-Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Honor Bixby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosie Singleton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 615 (7954), pp.874-883. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41586-023-05772-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04172464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transitioning food environments and diets of African migrants: implications for non-communicable diseases</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How perspectives on food safety of vendors and consumers translate into food choice behaviors in six African and Asian countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evans Atiah Asamane</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sejla Isanovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shilpa Constantinides</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward Frongillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shiva Bhandari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sharraf Samin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Nutrition Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/s0029665122002828⟩</w:t>
+              <w:t xml:space="preserve">Current Developments in Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 7 (1), pp.100015. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cdnut.2022.100015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03991824v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03926599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How perspectives on food safety of vendors and consumers translate into food choice behaviors in six African and Asian countries</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Shiva Bhandari</w:t>
+                <w:t xml:space="preserve">Exploring the magnitude and drivers of the double burden of malnutrition at maternal and dyad levels in peri‐urban Peru: a cross‐sectional study of low‐income mothers, infants and young children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Pradeilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Landais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rossina Pareja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Eymard-Duvernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sharraf Samin</w:t>
+                <w:t xml:space="preserve">Oonagh Markey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Developments in Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 7 (1), pp.100015. </w:t>
+              <w:t xml:space="preserve">Maternal and Child Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19 (4), pp.e13549. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cdnut.2022.100015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/mcn.13549⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03926599v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04171472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Community perceptions on the factors in the social food environment that influence dietary behaviour in cities of Kenya and Ghana: a Photovoice study</w:t>
               </w:r>
@@ -3668,325 +3668,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03842180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global variation in diabetes diagnosis and prevalence based on fasting glucose and hemoglobin A1c</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kate E Sheffer</w:t>
+                <w:t xml:space="preserve">Are communities ready to address the issue of poor food safety and nutritional quality in urban Senegal?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Liguori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Le Port</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James E Bennett</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Edward W Gregg</w:t>
+                <w:t xml:space="preserve">Moustapha Seye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Pradeilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Goodarz Danaei</w:t>
+                <w:t xml:space="preserve">Nicolas Bricas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 29 (11), pp.2885-2901. </w:t>
+              <w:t xml:space="preserve">Annals of Nutrition and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 79 (suppl. 1), pp.859-860. </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41591-023-02610-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1159/000530786⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04378577v1</w:t>
+                <w:t xml:space="preserve">hal-05181344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are communities ready to address the issue of poor food safety and nutritional quality in urban Senegal?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Agnès Le Port</w:t>
+                <w:t xml:space="preserve">Global variation in diabetes diagnosis and prevalence based on fasting glucose and hemoglobin A1c</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bin Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kate E Sheffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moustapha Seye</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rebecca Pradeilles</w:t>
+                <w:t xml:space="preserve">James E Bennett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward W Gregg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Bricas</w:t>
+                <w:t xml:space="preserve">Goodarz Danaei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Nutrition and Metabolism</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 79 (suppl. 1), pp.859-860. </w:t>
+              <w:t xml:space="preserve">Nature Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 29 (11), pp.2885-2901. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1159/000530786⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41591-023-02610-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05181344v1</w:t>
+                <w:t xml:space="preserve">hal-04378577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Individual‐level drivers of dietary behaviour in adolescents and women through the reproductive life course in urban Ghana: a photovoice study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Liguori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Pradeilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4214,51 +4214,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advertising of unhealthy foods and beverages around primary and junior high schools in Ghana's most urbanized and populous region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gideon Senyo Amevinya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefanie Vandevijvere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4361,51 +4361,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diet and food insecurity among mothers, infants, and young children in Peru before and during COVID‐19: a panel survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Pradeilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rossina Pareja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hilary Creed‐kanashiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4763,51 +4763,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Availability of healthy and unhealthy foods in modern retail outlets located in selected districts of Greater Accra Region, Ghana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akosua Pokua Adjei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gideon Senyo Amevinya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilhemina Quarpong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5012,286 +5012,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03653158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A review of food-based dietary guidelines in Africa: opportunities to enhance the healthiness and environmental sustainability of population diets</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">How do food safety concerns affect consumer behaviors and diets in low- and middle-income countries? A systematic review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Liguori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Trübswasser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Pradeilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Le Port</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Landais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">African Journal of Food, Agriculture, Nutrition and Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.18697/ajfand.107.21790⟩</w:t>
+              <w:t xml:space="preserve">Global Food Security</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 32, 12 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gfs.2021.100606⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03660686v1</w:t>
+                <w:t xml:space="preserve">hal-03511616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How do food safety concerns affect consumer behaviors and diets in low- and middle-income countries? A systematic review</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A review of food-based dietary guidelines in Africa: opportunities to enhance the healthiness and environmental sustainability of population diets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joana Ainuson-Quampah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Amuna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Holdsworth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richmond Aryeetey</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Food Security</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 32, 12 p. </w:t>
+              <w:t xml:space="preserve">African Journal of Food, Agriculture, Nutrition and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (2), pp.19471 - 19495. </w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gfs.2021.100606⟩</w:t>
+                <w:t xml:space="preserve">⟨10.18697/ajfand.107.21790⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03511616v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03660686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Providing measurement, evaluation, accountability, and leadership support (MEALS) for non-communicable diseases prevention in Ghana: project implementation protocol</w:t>
               </w:r>
@@ -5450,51 +5450,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bin Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Bennett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Carrillo-Larco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marisa Sophiea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5558,64 +5558,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Worldwide trends in hypertension prevalence and progress in treatment and control from 1990 to 2019: a pooled analysis of 1201 population-representative studies with 104 million participants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bin Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Carrillo-Larco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Goodarz Danaei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leanne Riley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5692,77 +5692,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actions in global nutrition initiatives to promote sustainable healthy diets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ligia Reyes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shilpa Constantinides</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shiva Bhandari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edward Frongillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pepijn Schreinemachers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6124,51 +6124,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amy Barnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amos Laar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Akparibo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Graham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6485,295 +6485,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04755657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating foods and beverages sold and advertised in deprived urban neighbourhoods in Ghana and Kenya: a cross-sectional study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Height and body-mass index trajectories of school-aged children and adolescents from 1985 to 2019 in 200 countries and territories: a pooled analysis of 2181 population-based studies with 65 million participants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Rodriguez-Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bin Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marisa Sophiea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mark Alan Green</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Rebecca Pradeilles</w:t>
+                <w:t xml:space="preserve">James Bentham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Paciorek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/bmjopen-2019-035680⟩</w:t>
+              <w:t xml:space="preserve">The Lancet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 396 (10261), pp.1511-1524. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0140-6736(20)31859-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03031427v1</w:t>
+                <w:t xml:space="preserve">hal-03081498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Height and body-mass index trajectories of school-aged children and adolescents from 1985 to 2019 in 200 countries and territories: a pooled analysis of 2181 population-based studies with 65 million participants</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marisa Sophiea</w:t>
+                <w:t xml:space="preserve">Investigating foods and beverages sold and advertised in deprived urban neighbourhoods in Ghana and Kenya: a cross-sectional study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Alan Green</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milka Njeri Wanjohi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James Bentham</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christopher Paciorek</w:t>
+                <w:t xml:space="preserve">Richmond Nii Okai Aryeetey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Alan Green</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Pradeilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 396 (10261), pp.1511-1524. </w:t>
+              <w:t xml:space="preserve">BMJ Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (6), </w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0140-6736(20)31859-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/bmjopen-2019-035680⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03081498v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03031427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dietary behaviours in the context of nutrition transition: a systematic review and meta-analyses in two African countries</w:t>
               </w:r>
@@ -6785,51 +6785,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emily K Rousham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Pradeilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Akparibo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richmond Aryeetey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7027,51 +7027,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Factors influencing dietary behaviours in urban food environments in Africa: a systematic mapping review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hibbah Osei-Kwasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aarti Mohindra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7308,51 +7308,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acculturation and food intake among Ghanaian migrants in Europe: Findings from the RODAM Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hibbah Araba Osei-Kwasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Boateng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ina Danquah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7693,51 +7693,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urban food environments in Africa: implications for policy and research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Holdsworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwige Landais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Nutrition Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 78 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7931,51 +7931,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefanie Gissing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Pradeilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hibbah Osei-Kwasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8048,51 +8048,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developing a systems-based framework of the factors influencing dietary and physical activity behaviours in ethnic minority populations living in Europe - a DEDIPAC study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Holdsworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Nicolaou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lars Jørun Langøien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8355,51 +8355,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Enaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Nicolaou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nutrients</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 8 (3), pp.1-19. </w:t>
@@ -8437,51 +8437,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Socio-economic and behavioural determinants of fruit and vegetable intake in Moroccan women</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwige Landais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdellatif Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8597,77 +8597,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Holdsworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Delpeuch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwige Landais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Gartner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Eymard-Duvernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Public Health Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 9 (8), pp.975-981. </w:t>
@@ -8731,51 +8731,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Holdsworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Gartner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwige Landais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8893,77 +8893,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Avallone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Nicklaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Akparibo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Liguori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Savy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IUNS-ICN 2025 : International Congress of Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2025, Paris, France</w:t>
@@ -9005,90 +9005,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards healthier culinary practices among Ghanaian women in the UK: a photovoice analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hibbah Araba Osei-Kwasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Akparibo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Zakariah-Akoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Holdsworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Nicolaou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Summer Conference 2023: Nutrition at key stages of the lifecycle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The Nutrition Society, Jul 2023, Liverpool, United Kingdom. pp.E288, </w:t>
@@ -9296,77 +9296,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Public procurement for school meal programmes in Sub-Saharan Africa: nutritional outcomes, implementation challenges and programme enablers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Liguori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hibbah Araba Osei-Kwasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Savy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silver Nanema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9480,64 +9480,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Pradeilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hilary M. Creed‐kanashiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emily Rousham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doris Delgado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Nutrition and Metabolism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 79 (Supplement 1), pp.172-172. Meeting abstract: SY(T6)8-06, 2023</w:t>
@@ -9691,103 +9691,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are communities ready to address the issue of poor food safety and nutritional quality in urban Senegal? Abstract of the 22nd International Congress of Nutrition, Tokyo (Japan), December 6-11, 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Liguori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Le port</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moustapha Seye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Pradeilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bricas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Nutrition and Metabolism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 79 (Supplement 1), pp.859-860. Meeting abstract: PAB(T6)-12, 2023</w:t>
@@ -9935,683 +9935,683 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04317623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using participatory photography to identify drivers of dietary behaviours in adolescents and women living in urban Ghana. Abstract of the 22nd International Congress of Nutrition, Tokyo (Japan), December 6-11, 2022</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julia Liguori</w:t>
+                <w:t xml:space="preserve">Acciones prioritarias de doble finalidad para el abordaje de la doble carga de malnutricion desde los dos primeros anos de vida en Peru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violeta Magdalena Rojas Huayta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Pradeilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Akua Tandoh</w:t>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hilary M. Creed‐kanashiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emily Rousham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doris Delgado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Nutrition and Metabolism</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">20. Congreso Latinoamericano de Nutricion : Nutricion sostenible e inclusiva : un reto de salud multidisciplinar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Cuenca, Ecuador. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archivos Latinoamericanos de Nutricion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 73 (Suplemento 1), p. 65, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.37527/2023.73.S1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04317570v1</w:t>
+                <w:t xml:space="preserve">hal-04490771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acciones prioritarias de doble finalidad para el abordaje de la doble carga de malnutricion desde los dos primeros anos de vida en Peru</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Violeta Magdalena Rojas Huayta</w:t>
+                <w:t xml:space="preserve">Using participatory photography to identify drivers of dietary behaviours in adolescents and women living in urban Ghana. Abstract of the 22nd International Congress of Nutrition, Tokyo (Japan), December 6-11, 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Liguori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Pradeilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Doris Delgado</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amos Laar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Zotor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akua Tandoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. Congreso Latinoamericano de Nutricion : Nutricion sostenible e inclusiva : un reto de salud multidisciplinar</w:t>
-[...15 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annals of Nutrition and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 79 (Supplement 1), pp.171-171. Meeting abstract: SY(T6)8-05, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.37527/2023.73.S1⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04490771v1</w:t>
+                <w:t xml:space="preserve">hal-04317570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How ready are community stakeholders to implement interventions to address the marketing and availability of unhealthy foods and beverages in and around schools in the Greater Accra Region of Ghana? Abstract of the 22nd International Congress of Nutrition, Tokyo (Japan), December 6-11, 2022</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">New actions to reduce anaemia and risk of overweight and obesity in infants and young children in low-income urban areas of Peru: the PERUSANO study. Abstract of the 22nd International Congress of Nutrition, Tokyo (Japan), December 6-11, 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Pradeilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hibbah Araba Osei-Kwasi</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rossina Pareja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emily Rousham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosario Bartolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Holdsworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22. Congrès international de nutrition de l'IUNS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Tokyo, Japan. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Nutrition and Metabolism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 79 (Supplement 1), pp.170-171. Meeting abstract: SY(T6)8-04, 2023</w:t>
+              <w:t xml:space="preserve">, 79 (Supplement 1), pp.168-169. Meeting abstract: SY(T6)8-01, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04317688v1</w:t>
+                <w:t xml:space="preserve">hal-04317637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying factors to address multiple forms of malnutrition in Peru: a cross-sectional study of mothers and infants in low-income urban areas. Abstract of the 22nd International Congress of Nutrition, Tokyo (Japan), December 6-11, 2022</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Edwige Landais</w:t>
+                <w:t xml:space="preserve">How ready are community stakeholders to implement interventions to address the marketing and availability of unhealthy foods and beverages in and around schools in the Greater Accra Region of Ghana? Abstract of the 22nd International Congress of Nutrition, Tokyo (Japan), December 6-11, 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akua Tandoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amos Laar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Pradeilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Hilary M. Creed‐kanashiro</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Le port</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hibbah Araba Osei-Kwasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Nutrition and Metabolism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 79 (Supplement 1), pp.373-373. Meeting abstract: OAB(T6)2-2, 2023</w:t>
+              <w:t xml:space="preserve">, 79 (Supplement 1), pp.170-171. Meeting abstract: SY(T6)8-04, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04317538v1</w:t>
+                <w:t xml:space="preserve">hal-04317688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New actions to reduce anaemia and risk of overweight and obesity in infants and young children in low-income urban areas of Peru: the PERUSANO study. Abstract of the 22nd International Congress of Nutrition, Tokyo (Japan), December 6-11, 2022</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identifying factors to address multiple forms of malnutrition in Peru: a cross-sectional study of mothers and infants in low-income urban areas. Abstract of the 22nd International Congress of Nutrition, Tokyo (Japan), December 6-11, 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Landais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Pradeilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rossina Pareja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Michelle Holdsworth</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Eymard-Duvernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hilary M. Creed‐kanashiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Nutrition and Metabolism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 79 (Supplement 1), pp.168-169. Meeting abstract: SY(T6)8-01, 2023</w:t>
+              <w:t xml:space="preserve">, 79 (Supplement 1), pp.373-373. Meeting abstract: OAB(T6)2-2, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04317637v1</w:t>
+                <w:t xml:space="preserve">hal-04317538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -10629,64 +10629,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nutritional interventions in school environments : participatory workshops on challenges and solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Savy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Le Port</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Hassani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10754,64 +10754,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interventions nutritionnelles en milieu scolaire : des ateliers participatifs sur les défis et les solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Savy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Le Port</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Hassani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10879,103 +10879,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priorities for inclusive urban food system transformations in the Global South</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paule Moustier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Holdsworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dao The Anh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pape Abdoulaye Seck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henk Renting</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Joachim von Braun; Kaosar Afsana; Louise O. Fresco; Mohamed Hag Ali Hassan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science and innovations for food systems transformation</w:t>
@@ -11196,51 +11196,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Holdsworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Méjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paule Moustier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11498,51 +11498,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3F1F7396"/>
+    <w:nsid w:val="421E25B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11729,51 +11729,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/michelle-holdsworth" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6028-885X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/125366272" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05100576v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akua Tandoh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Holdsworth" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richmond Aryeetey" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Agyemang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amos Laar" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mcn.70011" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05478105v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milkah N Wanjohi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gershim Asiki" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calistus Wilunda" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Pradeilles" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ijph.2024.1607891" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-05168095v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline H Karugu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Ojiambo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Mugo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgph.0003774" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434417v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12916-025-04327-0" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434409v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Wambui Kimani-Murage" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1368980025000400" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04731810v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kath Roberts" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Stephenson" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clare Relton" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth A Williams" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jns.2024.60" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684932v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Zhou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Bennett" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan Wickham" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosie Singleton" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anu Mishra" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0140-6736(24)01405-3" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04653893v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Eymard-Duvernay" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossina Pareja" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Landais" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12571-024-01471-y" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04714683v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Liguori" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gideon Senyo Amevinya" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Savy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40795-024-00936-9" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748360v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hibbah Araba Osei-Kwasi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silver Nanema" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980024001939" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04540542v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nowell Phelps" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Heap" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0140-6736(23)02750-2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410351v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Archie W Rayner" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward W Gregg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate E Sheffer" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo M Carrillo-Larco" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0140-6736(24)02317-1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04581693v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violeta Magdalena Rojas Huayta" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilary M Creed-Kanashiro" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Rousham" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doris Delgado" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0303668" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788128v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Archie Rayner" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Gregg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Sheffer" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Carrillo-Larco" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0140-6736(24)02317-1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272304v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Kimenju" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greg Hallen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel O Oti" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cosust.2023.101376" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03845629v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17579759221126155" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335584v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossina G Pareja" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosario Bartolini" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2022-071280" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04222266v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Turner" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leah Salm" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Spires" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cosust.2023.101364" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03898038v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Moustier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dao The Anh" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pape Abdoulaye Seck" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henk Renting" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gfs.2022.100663" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04228405v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Le Port" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hibbah Osei-Kwasi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2023-075166" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04171472v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oonagh Markey" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mcn.13549" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03879669v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Jackson" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Akparibo" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Nicolaou" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10389-022-01777-1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172464v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rodriguez-Martinez" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honor Bixby" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-023-05772-8" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03991824v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Boateng" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evans Atiah Asamane" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0029665122002828" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03926599v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sejla Isanovic" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shilpa Constantinides" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Frongillo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiva Bhandari" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharraf Samin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cdnut.2022.100015" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03842180v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milkah Wanjohi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Kimani-Murage" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980022002270" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04378577v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James E Bennett" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goodarz Danaei" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41591-023-02610-2" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181344v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Seye" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bricas" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000530786" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752818v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Zotor" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mcn.13412" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03239754v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oluwabukola Olaitan" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Irache" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hibbah A Osei-Kwasi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980021000768" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03812348v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Vandevijvere" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bridget Kelly" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seth Kwaku Afagbedzi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2022.917456" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03617499v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilary Creed&#8208;kanashiro" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Griffiths" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mcn.13343" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03608452v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phyllis Addo" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/advances/nmac019" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03759783v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Tr&#252;bswasser" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Candel" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tirsit Genye" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bossuyt" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2021-058480" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03880299v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akosua Pokua Adjei" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilhemina Quarpong" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2022.922447" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03653158v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Talsma" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selamawit Ekubay" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maartje Poelman" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2022.861463" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03660686v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Ainuson-Quampah" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Amuna" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18697/ajfand.107.21790" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03511616v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gfs.2021.100606" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03353503v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2021.644320" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03177221v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Lc Iurilli" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Sophiea" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.60060" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455715v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanne Riley" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Paciorek" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0140-6736(21)01330-1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03408269v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ligia Reyes" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pepijn Schreinemachers" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gfs.2021.100585" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03516828v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roos Verstraeten" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaleab Baye" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/obr.13163" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03239631v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0249621" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03239519v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Booth" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Barnes" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Graham" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34172/ijhpm.2020.255" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03360804v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.healthplace.2021.102647" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755657v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Loeffen" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Jm Feskens" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980020002487" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03031427v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Alan Green" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milka Njeri Wanjohi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richmond Nii Okai Aryeetey" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2019-035680" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03081498v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Bentham" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0140-6736(20)31859-6" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755658v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily K Rousham" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Bash" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980019004014" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492825v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Green" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gfs.2020.100452" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251697v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aarti Mohindra" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milka Wanjohi" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980019005305" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251725v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cohen" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Ndao" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Y. Bernard" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadoune Gueye" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Duboz" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-020-09654-w" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621429v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Danquah" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline M&#233;jean" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneb.2019.09.004" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887332v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jean-Luc Gradidge" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Ndao" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enguerran Macia" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0021932018000287" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977018v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.A. Osei-Kwasi" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nicolaou" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Powell" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2019.05.018" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04748472v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0029665118002938" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615928v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Si Hassen" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Gojard" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ducrot" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lampure" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12937-017-0281-2" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456105v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Gissing" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980017000970" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628810v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars J&#248;run Lang&#248;ien" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien F. M. Chastin" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12966-017-0608-6" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01360051v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien F.M. Chastin" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marieke de Craemer" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nanna Lien" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernaards" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Buck" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12966-016-0409-3" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636505v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Castetbon" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cardon" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Enaux" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu8030158" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753464v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Bour" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Gartner" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Mccullough" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Delpeuch" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980014001761" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753386v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/Phn2006979" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753374v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gartner" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Maire" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Delpeuch" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.ijo.0802739" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-05474358v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Avallone" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nicklaus" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04516135v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zakariah-Akoto" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0029665123003877" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03243544v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03243724v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04297170v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings2023091051" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04317665v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violeta Rojas" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilary M. Creed&#8208;kanashiro" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04315963v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gideon Amevinya" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04317580v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Le&#160;port" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04317623v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lica Ochoa-Avil&#233;s" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jose Penaherrera-Velez" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denisse Vasquez" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Signe Vargas" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04317570v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04490771v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37527/2023.73.S1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04317688v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04317538v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04317637v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391506v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hassani" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wanjohi" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390734v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03923992v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-031-15703-5" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-15703-5" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03468376v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn Imelda Auma" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3347-2" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03245120v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03152133v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberley Neve" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinna Hawkes" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jess Brock" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Isaacs" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/michelle-holdsworth" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6028-885X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/125366272" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05100576v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akua Tandoh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Holdsworth" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richmond Aryeetey" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Agyemang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amos Laar" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mcn.70011" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05478105v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milkah N Wanjohi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gershim Asiki" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calistus Wilunda" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Pradeilles" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ijph.2024.1607891" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-05168095v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline H Karugu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Ojiambo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Mugo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgph.0003774" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434417v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12916-025-04327-0" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05434409v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Wambui Kimani-Murage" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1368980025000400" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04731810v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kath Roberts" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Stephenson" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clare Relton" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth A Williams" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jns.2024.60" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684932v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Zhou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Bennett" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan Wickham" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosie Singleton" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anu Mishra" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0140-6736(24)01405-3" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04714683v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Liguori" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gideon Senyo Amevinya" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Savy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40795-024-00936-9" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04653893v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Eymard-Duvernay" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossina Pareja" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Landais" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12571-024-01471-y" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748360v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hibbah Araba Osei-Kwasi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silver Nanema" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980024001939" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04540542v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nowell Phelps" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Heap" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0140-6736(23)02750-2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04581693v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violeta Magdalena Rojas Huayta" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilary M Creed-Kanashiro" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Rousham" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doris Delgado" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0303668" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788128v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Archie Rayner" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Gregg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Sheffer" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Carrillo-Larco" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0140-6736(24)02317-1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410351v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Archie W Rayner" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward W Gregg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate E Sheffer" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo M Carrillo-Larco" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0140-6736(24)02317-1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03845629v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17579759221126155" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272304v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Kimenju" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greg Hallen" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel O Oti" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cosust.2023.101376" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335584v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossina G Pareja" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosario Bartolini" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2022-071280" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04222266v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Turner" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leah Salm" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Spires" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cosust.2023.101364" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04228405v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Le Port" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hibbah Osei-Kwasi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2023-075166" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03898038v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Moustier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dao The Anh" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pape Abdoulaye Seck" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henk Renting" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gfs.2022.100663" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03879669v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Jackson" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Akparibo" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Nicolaou" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10389-022-01777-1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03991824v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Boateng" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evans Atiah Asamane" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0029665122002828" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172464v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rodriguez-Martinez" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honor Bixby" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-023-05772-8" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03926599v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sejla Isanovic" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shilpa Constantinides" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Frongillo" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiva Bhandari" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharraf Samin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cdnut.2022.100015" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04171472v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oonagh Markey" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mcn.13549" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03842180v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milkah Wanjohi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Kimani-Murage" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980022002270" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181344v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustapha Seye" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bricas" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000530786" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04378577v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James E Bennett" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goodarz Danaei" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41591-023-02610-2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03752818v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Zotor" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mcn.13412" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03239754v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oluwabukola Olaitan" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Irache" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hibbah A Osei-Kwasi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980021000768" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03812348v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Vandevijvere" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bridget Kelly" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seth Kwaku Afagbedzi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2022.917456" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03617499v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilary Creed&#8208;kanashiro" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Griffiths" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mcn.13343" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03608452v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phyllis Addo" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/advances/nmac019" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03759783v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Tr&#252;bswasser" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Candel" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tirsit Genye" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bossuyt" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2021-058480" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03880299v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akosua Pokua Adjei" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilhemina Quarpong" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2022.922447" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03653158v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Talsma" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selamawit Ekubay" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maartje Poelman" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2022.861463" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03511616v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gfs.2021.100606" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03660686v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Ainuson-Quampah" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Amuna" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18697/ajfand.107.21790" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03353503v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2021.644320" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03177221v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Lc Iurilli" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Sophiea" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.60060" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455715v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanne Riley" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Paciorek" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0140-6736(21)01330-1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03408269v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ligia Reyes" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pepijn Schreinemachers" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gfs.2021.100585" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03516828v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roos Verstraeten" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaleab Baye" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/obr.13163" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03239631v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0249621" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03239519v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Booth" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Barnes" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Graham" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34172/ijhpm.2020.255" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03360804v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.healthplace.2021.102647" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755657v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Loeffen" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Jm Feskens" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980020002487" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03081498v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Bentham" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0140-6736(20)31859-6" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03031427v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Alan Green" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milka Njeri Wanjohi" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richmond Nii Okai Aryeetey" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2019-035680" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755658v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily K Rousham" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Bash" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980019004014" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492825v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Green" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gfs.2020.100452" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251697v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aarti Mohindra" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milka Wanjohi" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980019005305" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251725v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cohen" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Ndao" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Y. Bernard" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadoune Gueye" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Duboz" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-020-09654-w" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621429v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Danquah" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline M&#233;jean" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneb.2019.09.004" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887332v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jean-Luc Gradidge" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Ndao" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enguerran Macia" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0021932018000287" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977018v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.A. Osei-Kwasi" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nicolaou" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Powell" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2019.05.018" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04748472v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0029665118002938" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615928v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Si Hassen" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Gojard" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Ducrot" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lampure" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12937-017-0281-2" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456105v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Gissing" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980017000970" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628810v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars J&#248;run Lang&#248;ien" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien F. M. Chastin" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12966-017-0608-6" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01360051v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien F.M. Chastin" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marieke de Craemer" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nanna Lien" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernaards" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Buck" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12966-016-0409-3" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636505v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Castetbon" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cardon" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Enaux" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu8030158" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753464v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Bour" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Gartner" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Mccullough" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Delpeuch" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980014001761" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753386v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/Phn2006979" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753374v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gartner" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Maire" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Delpeuch" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.ijo.0802739" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-05474358v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Avallone" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nicklaus" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04516135v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zakariah-Akoto" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0029665123003877" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03243544v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03243724v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04297170v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings2023091051" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04317665v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violeta Rojas" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilary M. Creed&#8208;kanashiro" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04315963v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gideon Amevinya" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04317580v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Le&#160;port" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04317623v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lica Ochoa-Avil&#233;s" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jose Penaherrera-Velez" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denisse Vasquez" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Signe Vargas" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04490771v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37527/2023.73.S1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04317570v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04317637v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04317688v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04317538v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391506v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hassani" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wanjohi" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390734v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03923992v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-031-15703-5" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-15703-5" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03468376v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn Imelda Auma" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3347-2" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03245120v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03152133v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberley Neve" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinna Hawkes" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jess Brock" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Isaacs" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>