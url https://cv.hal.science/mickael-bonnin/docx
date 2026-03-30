--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -72,264 +72,264 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (20)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (21)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sismicité dans le nord-ouest de la France : un nouvel éclairage</w:t>
+                <w:t xml:space="preserve">Earthquake Source Spectra and Site Attenuation in Northwestern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Alloncle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mocquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lettre d'information Epos-France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin of the Seismological Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1785/0120240122⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05506921v1</w:t>
+                <w:t xml:space="preserve">hal-05034252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Earthquake Source Spectra and Site Attenuation in Northwestern France</w:t>
+                <w:t xml:space="preserve">Sismicité dans le nord-ouest de la France : un nouvel éclairage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Alloncle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mocquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin of the Seismological Society of America</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Lettre d'information Epos-France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5, pp.8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1785/0120240122⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05034252v1</w:t>
+                <w:t xml:space="preserve">hal-05506921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seismic Station Monitoring Using Deviation from the Gaussianity</w:t>
               </w:r>
@@ -798,1821 +798,1955 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03598273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Newly formed craters on Mars located using seismic and acoustic wave data from InSight</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessment of Risks Induced by Countermining Unexploded Large-Charge Historical Ordnance in a Shallow Water Environment—Part I: Real Case Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Favretto-Cristini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Garlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Morio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Demoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphael Garcia</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Gareth Collins</w:t>
+                <w:t xml:space="preserve">Michel Arrigoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Geoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41561-022-01014-0⟩</w:t>
+              <w:t xml:space="preserve">IEEE Journal of Oceanic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 47 (2), pp.350-373. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JOE.2021.3111819⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03945839v1</w:t>
+                <w:t xml:space="preserve">hal-05551802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3-D crustal VS model of western France and the surrounding regions using Monte-Carlo inversion of seismic noise cross-correlation dispersion diagrams</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">I Gaudot</w:t>
+                <w:t xml:space="preserve">Newly formed craters on Mars located using seismic and acoustic wave data from InSight</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Daubar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Beucler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">M Haugmard</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liliya Posiolova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gareth Collins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggaa552⟩</w:t>
+              <w:t xml:space="preserve">Nature Geoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15 (10), pp.774-780. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41561-022-01014-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03161132v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03945839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics and possible origins of the seismicity in northwestern France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">3-D crustal VS model of western France and the surrounding regions using Monte-Carlo inversion of seismic noise cross-correlation dispersion diagrams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Gaudot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Beucler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Clement Perrin</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Drilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Haugmard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5802/crgeos.86⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 224 (3), pp.2173-2188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggaa552⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03423460v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03161132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MSS/1: Single‐station and single‐event marsquake inversion</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characteristics and possible origins of the seismicity in northwestern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Beucler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Knapmeyer‐endrun</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Hourcade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte van Vliet-Lanoë</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Space Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2020EA001118⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Seismicity in France, 353 (S1), pp.53-77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crgeos.86⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03025225v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03423460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection, Analysis, and Removal of Glitches From InSight's Seismic Data From Mars</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">MSS/1: Single‐station and single‐event marsquake inversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Drilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Beucler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lognonné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Pinot</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark A Panning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Knapmeyer‐endrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth and Space Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 7 (11), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2020ea001317⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 7 (12), pp.1-37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2020EA001118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03580235v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03025225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating the Resolution of Deep Mantle Plumes in Teleseismic Traveltime Tomography</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Detection, Analysis, and Removal of Glitches From InSight's Seismic Data From Mars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John‐robert Scholz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudolf Widmer‐schnidrig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Davis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lognonné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Pinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/2017JB014730⟩</w:t>
+              <w:t xml:space="preserve">Earth and Space Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2020ea001317⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02306013v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03580235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Upper-mantle deformation beneath the Pyrenean domain inferred from SKS splitting in northern Spain and southern France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluating the Resolution of Deep Mantle Plumes in Teleseismic Traveltime Tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ross Maguire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeroen Ritsema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Méric Haugmard</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Van keken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saskia Goes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggx193⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 123 (1), pp.384-400. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2017JB014730⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02304709v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02306013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crustal structure and gravity anomalies beneath the Rif, northern Morocco: implications for the current tectonics of the Alboran region</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Upper-mantle deformation beneath the Pyrenean domain inferred from SKS splitting in northern Spain and southern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chevrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ianis Gaudot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méric Haugmard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Journal International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 202, pp.640 - 652. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggv169⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 210 (2), pp.898-910. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggx193⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02546672v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02304709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple-frequency tomography of the upper mantle beneath the African/Iberian collision zone</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Crustal structure and gravity anomalies beneath the Rif, northern Morocco: implications for the current tectonics of the Alboran region</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Le Pourhiet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Bruno Scalabrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Corsini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mickael Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Journal International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 198 (3), pp.1458-1473. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggu214⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 202, pp.640 - 652. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggv169⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02304699v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02546672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crustal and Upper-Mantle Anisotropy Related to Fossilized Transpression Fabric along the Denali Fault, Northern Canadian Cordillera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Rasendra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Mazzotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Tiberi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin of the Seismological Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 104 (4), pp.1964-1975. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1785/0120130233⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01690874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lateral uniformity of India Plate strength over central and eastern Nepal</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multiple-frequency tomography of the upper mantle beneath the African/Iberian collision zone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Nolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Villasenor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gallart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Journal International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 195 (3), pp.1481-1493. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggt357⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 198 (3), pp.1458-1473. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggu214⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01826118v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02304699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical modelling of the upper-mantle anisotropy beneath a migrating strike-slip plate boundary: the San Andreas Fault system</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">James Wookey</w:t>
+                <w:t xml:space="preserve">Lateral uniformity of India Plate strength over central and eastern Nepal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theo Berthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gyoergy Hetenyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Cattin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soma Nath Sapkota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Champollion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Journal International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-246X.2012.05650.x⟩</w:t>
+              <w:t xml:space="preserve">, 2013, 195 (3), pp.1481-1493. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggt357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01236150v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01826118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Belt-parallel mantle flow beneath a halted continental collision: The Western Alps</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Numerical modelling of the upper-mantle anisotropy beneath a migrating strike-slip plate boundary: the San Andreas Fault system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Tommasi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riad Hassani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chevrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Wookey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2010.12.040⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-246X.2012.05650.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00617828v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01236150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Belt-parallel mantle flow beneath a halted continental collision: The Western Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Barruol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helle Pedersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Götz H.R. Bokelmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Tiberi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 302 (3-4), pp.429-438. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2010.12.040⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00617828v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Upper mantle deformation beneath the North American–Pacific plate boundary in California from SKS splitting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Barruol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Götz H.R. Bokelmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2009JB006438⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01236161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2622,114 +2756,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déformation et anisotropie sismique sous les frontières de plaques décrochantes en domaine continental</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Bonnin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Tectonique. Université Montpellier 2, 2011. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00767124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId110"/>
+      <w:footerReference w:type="default" r:id="rId112"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2876,51 +3010,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506921v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Alloncle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Bonnin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mocquet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034252v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120240122" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554832v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Cuvier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Beucler" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Garcia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220230305" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876400v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Diego Mercerat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Favretto-Cristini" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Deschamps" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120220141" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03869095v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Hourcade" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggac441" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03598273v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Garlan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Morio" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Demoulin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arrigoni" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JOE.2021.3111819" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945839v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Garcia" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Daubar" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliya Posiolova" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth Collins" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-022-01014-0" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161132v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Gaudot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mocquet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Drilleau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Haugmard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaa552" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03423460v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte van Vliet-Lano&#235;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Perrin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.86" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025225v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Drilleau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lognonn&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark A Panning" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Knapmeyer&#8208;endrun" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020EA001118" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580235v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John&#8208;robert Scholz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolf Widmer&#8208;schnidrig" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Davis" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Pinot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020ea001317" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306013v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Maguire" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Ritsema" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Van&#160;keken" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia Goes" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JB014730" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304709v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chevrot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ianis Gaudot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;ric Haugmard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggx193" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546672v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Petit" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Le Pourhiet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Scalabrino" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Corsini" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Bonnin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggv169" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304699v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Nolet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Villasenor" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gallart" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Thomas" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggu214" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690874v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rasendra" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Mazzotti" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Tiberi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120130233" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826118v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Berthet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gyoergy Hetenyi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Cattin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soma Nath Sapkota" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Champollion" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggt357" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01236150v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tommasi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riad Hassani" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Wookey" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2012.05650.x" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00617828v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Barruol" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helle Pedersen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#246;tz H.R. Bokelmann" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2010.12.040" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01236161v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009JB006438" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00767124v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034252v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Alloncle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Bonnin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mocquet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120240122" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506921v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554832v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Cuvier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Beucler" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Garcia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220230305" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876400v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Diego Mercerat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Favretto-Cristini" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Deschamps" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120220141" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03869095v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Hourcade" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggac441" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03598273v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Garlan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Morio" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Demoulin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arrigoni" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JOE.2021.3111819" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551802v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Arrigoni" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945839v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Garcia" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Daubar" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliya Posiolova" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth Collins" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-022-01014-0" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161132v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Gaudot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mocquet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Drilleau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Haugmard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggaa552" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03423460v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte van Vliet-Lano&#235;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Perrin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.86" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025225v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Drilleau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lognonn&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark A Panning" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Knapmeyer&#8208;endrun" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020EA001118" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580235v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John&#8208;robert Scholz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolf Widmer&#8208;schnidrig" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Davis" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Pinot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020ea001317" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306013v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Maguire" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Ritsema" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Van&#160;keken" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia Goes" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JB014730" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304709v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chevrot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ianis Gaudot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;ric Haugmard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggx193" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546672v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Petit" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Le Pourhiet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Scalabrino" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Corsini" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Bonnin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggv169" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690874v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rasendra" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Mazzotti" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Tiberi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120130233" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304699v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Nolet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Villasenor" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gallart" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Thomas" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggu214" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826118v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Berthet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gyoergy Hetenyi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Cattin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soma Nath Sapkota" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Champollion" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggt357" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01236150v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tommasi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riad Hassani" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Wookey" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-246X.2012.05650.x" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00617828v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Barruol" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helle Pedersen" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#246;tz H.R. Bokelmann" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2010.12.040" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01236161v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009JB006438" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00767124v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>