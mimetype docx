--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -226,252 +226,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05404971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When bears are bearing number acquisition: An early mathematical intervention for kindergarten children</w:t>
+                <w:t xml:space="preserve">Why do special education teachers have more positive attitudes toward the inclusion of students with autism? Examining the mediating role of self-efficacy and knowledge about autism among French teachers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Fayol</w:t>
+                <w:t xml:space="preserve">Cyrielle Derguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Darnon</w:t>
+                <w:t xml:space="preserve">Benoite Aube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ingrid Claracq</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Jury</w:t>
+                <w:t xml:space="preserve">Clément Vallée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Psychology of Education</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Educational Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/01443410.2025.2512992⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04810936v1</w:t>
+                <w:t xml:space="preserve">hal-05096294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why do special education teachers have more positive attitudes toward the inclusion of students with autism? Examining the mediating role of self-efficacy and knowledge about autism among French teachers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyrielle Derguy</w:t>
+                <w:t xml:space="preserve">When bears are bearing number acquisition: An early mathematical intervention for kindergarten children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Fayol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Darnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Claracq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Clément Vallée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Educational Psychology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Journal of Psychology of Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 40 (40)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05096294v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04810936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disability and competence: Insights from French teachers</w:t>
               </w:r>
@@ -842,51 +842,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Sierra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Derguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 194, pp.23-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1381,382 +1381,382 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04631784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Competitive and Cooperative Practices in Education: How Teachers’ Beliefs in School Meritocracy are Related to their Daily Practices with Students</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Darnon</w:t>
+                <w:t xml:space="preserve">French teachers' intentions to use accommodated materials in learning and assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamilla Khamzina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Desombre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marine Portex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social Psychology of Education</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11218-023-09824-9⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 58 (2), pp.209-220. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ejed.12553⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04164145v1</w:t>
+                <w:t xml:space="preserve">hal-04025747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French teachers' intentions to use accommodated materials in learning and assessment</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Caroline Desombre</w:t>
+                <w:t xml:space="preserve">Special education and meritocratic inclusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Stanczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Aelenei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Pironom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Toczek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Education</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ejed.12553⟩</w:t>
+              <w:t xml:space="preserve">Educational Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 38 (1), pp.85-103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/08959048231153606⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04025747v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03982612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Special education and meritocratic inclusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Stanczak</w:t>
+                <w:t xml:space="preserve">Competitive and Cooperative Practices in Education: How Teachers’ Beliefs in School Meritocracy are Related to their Daily Practices with Students</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Christine Toczek</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Goudeau Sebastien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Portex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Educational Policy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 38 (1), pp.85-103. </w:t>
+              <w:t xml:space="preserve">Social Psychology of Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 26 (6), pp.1789-1805. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/08959048231153606⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11218-023-09824-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03982612v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04164145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teachers’ concerns about inclusive education and the links with teachers’ attitudes</w:t>
               </w:r>
@@ -1876,51 +1876,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Aelenei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alyson Sicard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2001,64 +2001,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Stanczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Aelenei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Pironom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Rohmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2135,64 +2135,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Serour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Pironom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Toczek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Nouvelle revue – Éducation et société inclusives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 96 (2), pp.205-231. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2347,51 +2347,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Serour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Toczek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Orientation scolaire et professionnelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 50 (2), pp.287-310</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2761,365 +2761,365 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03365215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attitudes Toward Inclusive Education: An Exploration of the Interaction Between Teachers’ Status and Students’ Type of Disability Within the French Context</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The conflict between inclusive education and the selection function of schools in the minds of French teachers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamilla Khamzina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Odile Rohmer</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Ducreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Desombre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Education </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/feduc.2021.655356⟩</w:t>
+              <w:t xml:space="preserve">Teaching and Teacher Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 106, pp.103454. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tate.2021.103454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03220073v1</w:t>
+                <w:t xml:space="preserve">hal-03335880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The conflict between inclusive education and the selection function of schools in the minds of French teachers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kamilla Khamzina</w:t>
+                <w:t xml:space="preserve">Are teachers’ personal values related to their attitudes toward inclusive education? A correlational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Edwige Ducreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Desombre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Teaching and Teacher Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 106, pp.103454. </w:t>
+              <w:t xml:space="preserve">Social Psychology of Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 24 (4), pp.1085-1104. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tate.2021.103454⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11218-021-09646-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03335880v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03335887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are teachers’ personal values related to their attitudes toward inclusive education? A correlational study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Attitudes Toward Inclusive Education: An Exploration of the Interaction Between Teachers’ Status and Students’ Type of Disability Within the French Context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Jury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Jury</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Rohmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Desombre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social Psychology of Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 24 (4), pp.1085-1104. </w:t>
+              <w:t xml:space="preserve">Frontiers in Education </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11218-021-09646-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/feduc.2021.655356⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03335887v1</w:t>
+                <w:t xml:space="preserve">hal-03220073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are performance-avoidance goals always deleterious for academic achievement in college? The moderating role of social class</w:t>
               </w:r>
@@ -3131,64 +3131,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alisée Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Toczek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Social Psychology of Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 22 (3), pp.539-555</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3590,51 +3590,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Aelenei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chen Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J Elliot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3698,51 +3698,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Quiamzade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Mugny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3783,382 +3783,382 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01859626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Who benefits from mastery-approach and performance-approach goals in college? Students’ social class as a moderator of the link between goals and grade</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Darnon</w:t>
+                <w:t xml:space="preserve">Trait and perceived environmental competitiveness in achievement situations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew J Elliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cristina Aelenei</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kou Murayama</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Psychology of Education</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10212-017-0351-z⟩</w:t>
+              <w:t xml:space="preserve">Journal of Personality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 86 (3), pp.353 - 367. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jopy.12320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01649962v1</w:t>
+                <w:t xml:space="preserve">hal-01859634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trait and perceived environmental competitiveness in achievement situations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Doing better (or worse) than one's parents: Social status, mobility, and performance-avoidance goals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Kou Murayama</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alisée Bruno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Personality</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 86 (3), pp.353 - 367. </w:t>
+              <w:t xml:space="preserve">British Journal of Educational Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 88 (4), pp.659-674. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jopy.12320⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/bjep.12210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01859634v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01720321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Doing better (or worse) than one's parents: Social status, mobility, and performance-avoidance goals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Who benefits from mastery-approach and performance-approach goals in college? Students’ social class as a moderator of the link between goals and grade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Darnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Céline Darnon</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Aelenei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Educational Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 88 (4), pp.659-674. </w:t>
+              <w:t xml:space="preserve">European Journal of Psychology of Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 33 (4), pp.713-726. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/bjep.12210⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10212-017-0351-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01720321v1</w:t>
+                <w:t xml:space="preserve">hal-01649962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The social utility of performance-approach goals in a selective educational environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Dompnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4495,51 +4495,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annique Smeding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Court</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Contemporary Educational Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 41, pp.25 - 36. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4599,51 +4599,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annique Smeding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 6, pp.710. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4820,51 +4820,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annique Smeding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Sport Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 46, pp.258-273</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4881,555 +4881,684 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01859658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mieux comprendre les attitudes à l’égard de l’éducation inclusive : rôle du type de handicap de l’élève, du statut de l’enseignant et de la familiarité</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Kamilla Khamzina</w:t>
+                <w:t xml:space="preserve">Apprendre à inclure. Enseignants et accompagnants face au handicap à l’école : curricula et professionnalisation en France et ailleurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Dorison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS Editions. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’inclusion scolaire : perspectives psychosociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Editions de l'Université de Bruxelles, pp.27-50, 2022</w:t>
+              <w:t xml:space="preserve">Questions d’éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 978-2-271-16054-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03767918v1</w:t>
+                <w:t xml:space="preserve">hal-05570275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La réussite des élèves à besoins éducatifs particuliers à l’épreuve de la sélection et du backlash</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Jury</w:t>
+                <w:t xml:space="preserve">Mieux comprendre les attitudes à l’égard de l’éducation inclusive : rôle du type de handicap de l’élève, du statut de l’enseignant et de la familiarité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Serour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Desombre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Rohmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamilla Khamzina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...37 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’inclusion scolaire. Perspectives psychosociales</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.159-181, 2022, Psychologies et société, 978-2-8004-1790-5</w:t>
+              <w:t xml:space="preserve">L’inclusion scolaire : perspectives psychosociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions de l'Université de Bruxelles, pp.27-50, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03723966v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03767918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motivational dynamics underlying competition: The opposing processes model of competition and performance</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La réussite des élèves à besoins éducatifs particuliers à l’épreuve de la sélection et du backlash</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Stephen M. Garcia; Avishalom Tor; Andrew J. Elliot. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamilla Khamzina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Aelenei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Stanczak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Pironom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Odile Rohmer; Mickaël Jury; Maria Popa-Roch. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Oxford Handbook of Psychology of Competition</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L’inclusion scolaire. Perspectives psychosociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions de l'Université de Bruxelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.159-181, 2022, Psychologies et société, 978-2-8004-1790-5</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03365845v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03723966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Motivational dynamics underlying competition: The opposing processes model of competition and performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kou Murayama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew J. Elliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Jury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Stephen M. Garcia; Avishalom Tor; Andrew J. Elliot. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Oxford Handbook of Psychology of Competition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.189-209, 2021, 9780190060831. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/oxfordhb/9780190060800.013.8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03365845v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Réussir dans l’enseignement supérieur : un défi pour les plus défavorisés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annique Smeding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Aelenei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Wiederkehr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sabine Caillaud; Virginie Bonnot; Ewa Drozda-Senkowska. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Menaces sociales et environnementales : repenser la société des risques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PUR, pp.181-192, 2017, Psychologies, 978-2-7535-5264-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01908277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5439,120 +5568,120 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mettre en place des aménagements pour les élèves handicapés, c'est au détriment des autres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">En finir avec les idées fausses sur le handicap</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04920753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">École et handicap : les aménagements d’examens, une vraie garantie d’égalité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Stanczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5561,51 +5690,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04112775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5615,91 +5744,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mieux comprendre les inégalités dans le système éducatif français : un programme de recherche centré sur le rôle que peut jouer la fonction de sélection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Education. Université Clermont Auvergne (UCA), 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03722402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5709,100 +5838,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antécédents des buts d’accomplissement : le rôle du statut social, de la compétence et du contexte de sélection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Psychologie. Université Blaise Pascal - Clermont-Ferrand II, 2014. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2014CLF20021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01332412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5812,117 +5941,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'inclusion scolaire: Perspectives psychosociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Rohmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria-Antoneta Popa-Roch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Edition de l'Université de Bruxelles, 2022, Claudia Toma; Olivier Klein, 978-2-8004-1790-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03767923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5932,51 +6061,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accueil et pédagogie : où l’école inclusive en est-elle en France ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Desombre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5985,241 +6114,241 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03992540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tout enfant handicapé est de droit un élève</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Granjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoite Aube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria-Antoneta Popa-Roch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Rohmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03992524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quel regard les enseignants portent-ils sur l’école inclusive ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Jury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03767983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId154"/>
+      <w:footerReference w:type="default" r:id="rId159"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6366,51 +6495,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05404971v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian M&#252;ller" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Aelenei" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Jury" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tate.2025.105304" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810936v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fayol" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Darnon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Claracq" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05096294v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Derguy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoite Aube" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Vall&#233;e" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01443410.2025.2512992" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05446041v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Rohmer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pons" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Huron" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08856257.2025.2607050" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05044016v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie C&#232;be" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Massy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barbat" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gaillard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04633136v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Perrin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Desombre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08856257.2024.2372965" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05044022v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Portex" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Sierra" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04794998v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Legrain" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;l&#233;nie Brasselet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamilla Khamzina" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1471-3802.12735" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537987v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Vieira" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Delaval" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tate.2024.104569" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04795020v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Perrin-Glorieux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04631784v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Stanczak" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12b35" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04164145v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goudeau Sebastien" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-023-09824-9" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04025747v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejed.12553" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03982612v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pironom" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Toczek" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/08959048231153606" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03935793v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Laurence" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03885377v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyson Sicard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Maggio" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04123350v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-023-09806-x" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04025758v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Serour" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nresi.096.0205" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03353367v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bergara" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Cochetel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03258173v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160107v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rasd.2021.101746" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03258299v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guichardaz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/13668250.2020.1863773" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03365215v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.736535" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220073v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feduc.2021.655356" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03335880v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Ducreux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tate.2021.103454" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03335887v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-021-09646-7" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991735v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alis&#233;e Bruno" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859627v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lamotte" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01443410.2018.1472219" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139811v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Renard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy1.204.0251" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908262v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bag&#232;s" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00224545.2018.1544540" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991740v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Chen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J Elliot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859626v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Quiamzade" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Mugny" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/mot0000105" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649962v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10212-017-0351-z" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859634v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kou Murayama" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jopy.12320" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720321v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjep.12210" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643228v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dompnier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Butera" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-016-9354-x" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859636v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jieqiong Fan" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lindif.2017.01.001" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644824v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annique Smeding" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole M. Stephens" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica E. Nelson" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/josi.12202" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859639v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Court" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cedpsych.2014.11.001" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859638v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.00710" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348974v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sommet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.00769" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859658v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767918v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03723966v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ulb.be/fr/book/?gcoi=74530100345220" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03365845v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J. Elliot" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780190060800.013.8" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908277v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Wiederkehr" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04920753v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04112775v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/tel-03722402v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01332412v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014CLF20021" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03767923v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Antoneta Popa-Roch" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03992540v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03992524v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Granjon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03767983v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05404971v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian M&#252;ller" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Aelenei" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Jury" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tate.2025.105304" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05096294v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Derguy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoite Aube" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Vall&#233;e" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01443410.2025.2512992" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810936v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fayol" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Darnon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Claracq" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05446041v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Rohmer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pons" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Huron" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08856257.2025.2607050" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05044016v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie C&#232;be" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Massy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barbat" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gaillard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04633136v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Perrin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Desombre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08856257.2024.2372965" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05044022v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Portex" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Sierra" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04794998v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Legrain" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;l&#233;nie Brasselet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamilla Khamzina" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1471-3802.12735" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537987v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Vieira" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Delaval" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tate.2024.104569" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04795020v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Perrin-Glorieux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04631784v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Stanczak" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12b35" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04025747v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejed.12553" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03982612v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pironom" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Toczek" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/08959048231153606" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04164145v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goudeau Sebastien" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-023-09824-9" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03935793v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Laurence" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03885377v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyson Sicard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Maggio" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04123350v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-023-09806-x" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04025758v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Serour" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nresi.096.0205" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03353367v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bergara" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Cochetel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03258173v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160107v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rasd.2021.101746" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03258299v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guichardaz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/13668250.2020.1863773" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03365215v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.736535" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03335880v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Ducreux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tate.2021.103454" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03335887v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-021-09646-7" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220073v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feduc.2021.655356" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991735v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alis&#233;e Bruno" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859627v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lamotte" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01443410.2018.1472219" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139811v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Renard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy1.204.0251" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908262v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bag&#232;s" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00224545.2018.1544540" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991740v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Chen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J Elliot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859626v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Quiamzade" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Mugny" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/mot0000105" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859634v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kou Murayama" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jopy.12320" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720321v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjep.12210" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649962v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10212-017-0351-z" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01643228v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dompnier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Butera" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-016-9354-x" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859636v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jieqiong Fan" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lindif.2017.01.001" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644824v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annique Smeding" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole M. Stephens" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica E. Nelson" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/josi.12202" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859639v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Court" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cedpsych.2014.11.001" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859638v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.00710" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348974v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sommet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.00769" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859658v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05570275v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bernier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Brault" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dorison" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Gomez" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767918v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03723966v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ulb.be/fr/book/?gcoi=74530100345220" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03365845v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J. Elliot" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordhb/9780190060800.013.8" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908277v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Wiederkehr" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04920753v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04112775v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/tel-03722402v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01332412v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014CLF20021" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03767923v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Antoneta Popa-Roch" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03992540v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03992524v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Granjon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03767983v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>