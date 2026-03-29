--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -785,454 +785,454 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03757356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NMR-based metabolomics workflow for characterization and effect assessment of alternative plant-based diets on plasma and microbiote in rainbow trout</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">NMRProcFlow: A graphical and interactive tool dedicated to 1D spectra processing for NMR-based metabolomics.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Deborde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Jacob</w:t>
+                <w:t xml:space="preserve">Marie Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Maucourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Roques</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Annick Moing</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROMAR - European Magnetic Resonance Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Nantes, France. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02160639v1</w:t>
+                <w:t xml:space="preserve">hal-02733608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NMRProcFlow: A graphical and interactive tool dedicated to 1D spectra processing for NMR-based metabolomics.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniel Jacob</w:t>
+                <w:t xml:space="preserve">Primary metabolism investigation of fleshy fruit species using 1H-NMR profiling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Roch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coffi Belmys Cakpo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Deborde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Maucourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Berton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROMAR - European Magnetic Resonance Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Nantes, France. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02733608v1</w:t>
+                <w:t xml:space="preserve">hal-02737961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Primary metabolism investigation of fleshy fruit species using 1H-NMR profiling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Léa Roch</w:t>
+                <w:t xml:space="preserve">NMR-based metabolomics workflow for characterization and effect assessment of alternative plant-based diets on plasma and microbiote in rainbow trout</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Deborde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coffi Belmys Cakpo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Deborde</w:t>
+                <w:t xml:space="preserve">Blandine Madji Hounoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Maucourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Berton</w:t>
+                <w:t xml:space="preserve">Simon Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROMAR - European Magnetic Resonance Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Nantes, France. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737961v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02160639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative study of primary metabolite patterns in diverse fleshy fruit species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Roch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C B Cakpo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Berton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bernillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1287,51 +1287,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolomic study of tolerance to water limitation for sunflower germination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Berton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bernillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1589,51 +1589,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Bénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bernillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Berton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metabolomics 2016. 12. Annual Conference of the Metabolomics Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Dublin, Ireland. 2016</w:t>
@@ -1662,51 +1662,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining MS and proton NMR metabolomic profiling during tomato fruit development to study environment effect on metabolism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Roch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bernillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2212,77 +2212,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-omics quantitative data of tomato fruit unveils regulation modes of least variable metabolites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Moing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Berton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Roch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salimata Diarrassouba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2340,831 +2340,831 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04183193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolomic characterization of sunflower leaf allows discriminating genotype groups or stress levels with a minimal set of metabolic markers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Catherine Deborde</w:t>
+                <w:t xml:space="preserve">Central Metabolism Is Tuned to the Availability of Oxygen in Developing Melon Fruit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kentaro Mori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Beauvoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Biais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Chabane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. William Allwood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11306-019-1515-4⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.594. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2019.00594⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02487236v1</w:t>
+                <w:t xml:space="preserve">hal-02621412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Central Metabolism Is Tuned to the Availability of Oxygen in Developing Melon Fruit</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J. William Allwood</w:t>
+                <w:t xml:space="preserve">NMR-Based Tissular and Developmental Metabolomics of Tomato Fruit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Lemaire-Chamley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien F. Mounet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Deborde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Maucourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 10, pp.594. </w:t>
+              <w:t xml:space="preserve">Metabolites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (5), pp.93. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpls.2019.00594⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/metabo9050093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02621412v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NMR-Based Tissular and Developmental Metabolomics of Tomato Fruit</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabien F. Mounet</w:t>
+                <w:t xml:space="preserve">Metabolomic characterization of sunflower leaf allows discriminating genotype groups or stress levels with a minimal set of metabolic markers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Urrutia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Berton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bernillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Deborde</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Daniel Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolites</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9 (5), pp.93. </w:t>
+              <w:t xml:space="preserve">Metabolomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 15 (4), pp.56. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/metabo9050093⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11306-019-1515-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02621416v1</w:t>
+                <w:t xml:space="preserve">hal-02487236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1H-NMR metabolomic profiling reveals a distinct metabolic recovery response in shoots and roots of temporarily drought-stressed sugar beets.</w:t>
+                <w:t xml:space="preserve">The multistress-induced Translocator protein (TSPO) differentially modulates storage lipids metabolism in seeds and seedlings.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rita Wedeking</w:t>
+                <w:t xml:space="preserve">Pawel Jurkiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Su Melser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Maucourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Yves Gibon</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haitham Ayeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vasko Veljanovski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0196102⟩</w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 96 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tpj.14028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02622637v1</w:t>
+                <w:t xml:space="preserve">hal-02624614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The multistress-induced Translocator protein (TSPO) differentially modulates storage lipids metabolism in seeds and seedlings.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A systems biology study in tomato fruit reveals correlations between the ascorbate pool and genes involved in ribosome biogenesis, translation, and the heat-shock response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haitham Ayeb</w:t>
+                <w:t xml:space="preserve">Rebecca Stevens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vasko Veljanovski</w:t>
+                <w:t xml:space="preserve">Pierre Baldet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Causse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Deborde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tpj.14028⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (137), 16 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2018.00137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02624614v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01721265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A systems biology study in tomato fruit reveals correlations between the ascorbate pool and genes involved in ribosome biogenesis, translation, and the heat-shock response</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">1H-NMR metabolomic profiling reveals a distinct metabolic recovery response in shoots and roots of temporarily drought-stressed sugar beets.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Paul Bouchet</w:t>
+                <w:t xml:space="preserve">Rita Wedeking</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Maucourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Deborde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Moing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Causse</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Deborde</w:t>
+                <w:t xml:space="preserve">Yves Gibon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9 (137), 16 p. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 13 (5), pp.e0196102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpls.2018.00137⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0196102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01721265v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02622637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mycotoxin biosynthesis and central metabolism are two interlinked pathways in &amp;lt;em&amp;gt;Fusarium graminearum&amp;lt;/em&amp;gt;, as demonstrated by the extensive metabolic changes induced by caffeic acid exposure.</w:t>
               </w:r>
@@ -3336,51 +3336,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Deborde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chéreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metabolomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 14 (36), pp.1-12. </w:t>
@@ -3418,103 +3418,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NMRProcFlow: a graphical and interactive tool dedicated to 1D spectra processing for NMR-based metabolomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Deborde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Jacob</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marie Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Maucourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Moing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metabolomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 13 (4), pp.36. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4295,51 +4295,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="713F38D5"/>
+    <w:nsid w:val="1E9BC180"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4526,51 +4526,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mickael-maucourt" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8260-880X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450472v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Heuillet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Line Marais" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Maucourt" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Richard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Castelain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441915v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194945v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Millena C. Barros Santos" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Benaben" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Cabasson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cassan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Deogratias" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03757407v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Lemaire-Chamley" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Pag&#232;s" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Deborde" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mounet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Maucourt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03757356v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien F. Mounet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160639v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Madji Hounoum" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Jacob" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Roques" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733608v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefebvre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Moing" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737961v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Roch" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coffi Belmys Cakpo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berton" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04955742v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C B Cakpo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bernillon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Arrivault" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605791v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Falagan Sama" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603579v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma Belouah" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Balliau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Benard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Beauvoit" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Colombie" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741696v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Ballias" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille B&#233;nard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606414v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608225v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Adra" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vercambre" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pl&#233;net" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Bakan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Noblet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04799829v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Urrutia" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lisande Blein-Nicolas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fernandez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-024-02186-z" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04083263v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bournonville" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kentaro Mori" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Deslous" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Decros" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Blomeier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koad108" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183193v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salimata Diarrassouba" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-023-04370-0" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02487236v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-019-1515-4" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621412v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Biais" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Chabane" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. William Allwood" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.00594" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621416v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo9050093" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622637v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Wedeking" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gibon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0196102" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624614v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawel Jurkiewicz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Su Melser" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haitham Ayeb" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasko Veljanovski" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.14028" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721265v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Stevens" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baldet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bouchet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Causse" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.00137" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621110v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vessela Atanasova-Penichon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Legoahec" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01705-17" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624451v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ch&#233;reau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-018-1329-9" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606304v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-017-1178-y" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878405v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melisande Blein-Nicolas" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737991v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739719v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Nazaret" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603456v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753989v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cabasson" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Renaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mickael-maucourt" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8260-880X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450472v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Heuillet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Line Marais" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Maucourt" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Richard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Castelain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441915v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194945v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Millena C. Barros Santos" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Benaben" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Cabasson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Cassan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Deogratias" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03757407v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Lemaire-Chamley" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Pag&#232;s" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Deborde" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mounet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Maucourt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03757356v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien F. Mounet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733608v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Jacob" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefebvre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Moing" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737961v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Roch" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coffi Belmys Cakpo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berton" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160639v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Madji Hounoum" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Roques" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04955742v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C B Cakpo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bernillon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Arrivault" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605791v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Falagan Sama" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603579v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma Belouah" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Balliau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Benard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Beauvoit" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Colombie" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741696v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Ballias" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille B&#233;nard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606414v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608225v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Adra" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vercambre" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pl&#233;net" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Bakan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Noblet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04799829v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Urrutia" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lisande Blein-Nicolas" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fernandez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-024-02186-z" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04083263v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bournonville" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kentaro Mori" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Deslous" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Decros" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Blomeier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koad108" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183193v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salimata Diarrassouba" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-023-04370-0" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621412v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Biais" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Chabane" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. William Allwood" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.00594" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621416v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo9050093" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02487236v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-019-1515-4" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624614v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawel Jurkiewicz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Su Melser" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haitham Ayeb" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasko Veljanovski" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.14028" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721265v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Stevens" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baldet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bouchet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Causse" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.00137" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622637v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Wedeking" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gibon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0196102" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621110v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vessela Atanasova-Penichon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Legoahec" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01705-17" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624451v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ch&#233;reau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-018-1329-9" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606304v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-017-1178-y" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878405v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melisande Blein-Nicolas" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737991v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739719v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Nazaret" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603456v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753989v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cabasson" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Renaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>