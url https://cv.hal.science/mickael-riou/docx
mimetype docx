--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -66,329 +66,329 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (52)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (54)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intranasal spike and nucleoprotein fusion protein-based vaccine provides cross-protection and reduced transmission against SARS-CoV-2 variants</w:t>
+                <w:t xml:space="preserve">Characterization of Salmonella adaptation in response to phage treatment in broiler chickens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zineb Lakhrif</w:t>
+                <w:t xml:space="preserve">Lorna Agapé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agathe Poupée-Beaugé</w:t>
+                <w:t xml:space="preserve">Pierrette Menanteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Boursin</w:t>
+                <w:t xml:space="preserve">Florent Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Ducournau</w:t>
+                <w:t xml:space="preserve">Madeline Morinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis Lantier</w:t>
+                <w:t xml:space="preserve">Marianne Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NPJ vaccines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 10 (1), pp.75. </w:t>
+              <w:t xml:space="preserve">Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 56 (1), pp.167. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41541-025-01123-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13567-025-01589-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05046705v1</w:t>
+                <w:t xml:space="preserve">hal-05205727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Salmonella adaptation in response to phage treatment in broiler chickens</w:t>
+                <w:t xml:space="preserve">Intranasal spike and nucleoprotein fusion protein-based vaccine provides cross-protection and reduced transmission against SARS-CoV-2 variants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorna Agapé</w:t>
+                <w:t xml:space="preserve">Zineb Lakhrif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierrette Menanteau</w:t>
+                <w:t xml:space="preserve">Agathe Poupée-Beaugé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Kempf</w:t>
+                <w:t xml:space="preserve">Fanny Boursin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Madeline Morinet</w:t>
+                <w:t xml:space="preserve">Céline Ducournau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marianne Nicolas</w:t>
+                <w:t xml:space="preserve">Louis Lantier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 56 (1), pp.167. </w:t>
+              <w:t xml:space="preserve">NPJ vaccines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (1), pp.75. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13567-025-01589-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41541-025-01123-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05205727v1</w:t>
+                <w:t xml:space="preserve">hal-05046705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automated larval motility assays reveal links between eprinomectin treatment failure and drug resistance in Haemonchus contortus</w:t>
               </w:r>
@@ -502,20248 +502,20516 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05298273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acetaminophen, a new tool for the refinement of the experimental infection of toxoplasmosis in mice</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Mérat</w:t>
+                <w:t xml:space="preserve">Characterization of Salmonella adaptation in response to phage treatment in broiler chickens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorna Agapé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette Menanteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madeline Morinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-025-06849-2⟩</w:t>
+              <w:t xml:space="preserve">Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 56 (1), pp.167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13567-025-01589-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05140895v1</w:t>
+                <w:t xml:space="preserve">hal-05557640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'analyse d'image et sonore pour le relevé d'indicateurs de bien-être et de santé des volailles</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Riou</w:t>
+                <w:t xml:space="preserve">Acetaminophen, a new tool for the refinement of the experimental infection of toxoplasmosis in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Moiré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Cauty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Beaugé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Mérat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17180/ciag-2024-vol94-art23⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.22157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-06849-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04617675v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05140895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation du bien-être des chevaux sur le terrain : protocoles disponibles, conditions et limites d’utilisation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christine Briant</w:t>
+                <w:t xml:space="preserve">L'analyse d'image et sonore pour le relevé d'indicateurs de bien-être et de santé des volailles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Creach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henry Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Concordet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pajusco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/productions-animales.2024.37.3.7928⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 94, pp.344-358. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/ciag-2024-vol94-art23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04820346v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of plant commercial feed additives for equine cyathostomin control</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Évaluation du bien-être des chevaux sur le terrain : protocoles disponibles, conditions et limites d’utilisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Briant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Ruet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Equine Veterinary Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jevs.2024.105197⟩</w:t>
+              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 37 (3), pp.7928. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2024.37.3.7928⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04720133v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04820346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immunogenicity and safety in rabbits of a Clostridioides difficile vaccine combining novel toxoids and a novel adjuvant</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Evaluation of plant commercial feed additives for equine cyathostomin control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Malsa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Reigner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Noémie Perrot</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Gesbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Guégnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vaccine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.vaccine.2024.01.076⟩</w:t>
+              <w:t xml:space="preserve">Journal of Equine Veterinary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 142, pp.105197. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jevs.2024.105197⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04486205v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04720133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prophylactic phage administration reduces Salmonella Enteritidis infection in newly hatched chicks</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Olivier Boulesteix</w:t>
+                <w:t xml:space="preserve">Immunogenicity and safety in rabbits of a Clostridioides difficile vaccine combining novel toxoids and a novel adjuvant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aria Aminzadeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luuk Hilgers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Paul Platenburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MicrobiologyOpen</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mbo3.70002⟩</w:t>
+              <w:t xml:space="preserve">Vaccine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 42 (7), pp.1582-1592. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vaccine.2024.01.076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04847543v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04486205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of a Lateral Flow Immunochromatography Assay (LFIA) for Diagnosis and Surveillance of Brucellosis in French Alpine Ibex (Capra ibex)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yvette Game</w:t>
+                <w:t xml:space="preserve">Prophylactic phage administration reduces Salmonella Enteritidis infection in newly hatched chicks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorna Agapé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette Menanteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Schouler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boulesteix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms11081976⟩</w:t>
+              <w:t xml:space="preserve">MicrobiologyOpen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13 (6), pp.e70002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mbo3.70002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04175595v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04847543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In ovo administration of a phage cocktail partially prevents colibacillosis in chicks</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierrette Menanteau</w:t>
+                <w:t xml:space="preserve">Evaluation of a Lateral Flow Immunochromatography Assay (LFIA) for Diagnosis and Surveillance of Brucellosis in French Alpine Ibex (Capra ibex)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Freddi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acacia Ferreira Vicente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëline Ribeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvette Game</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Poultry Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psj.2023.102967⟩</w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (8), pp.1976. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms11081976⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04205854v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04175595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A pig model of chronic hepatitis E displaying persistent viremia and a downregulation of innate immune responses in the liver</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Moreau</w:t>
+                <w:t xml:space="preserve">In ovo administration of a phage cocktail partially prevents colibacillosis in chicks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Faurie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Girault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lavillatte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrette Menanteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hepatology Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/HC9.0000000000000274⟩</w:t>
+              <w:t xml:space="preserve">Poultry Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 102 (11), pp.102967. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psj.2023.102967⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04332121v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04205854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of ferrocenyl-containing γ-hydroxy-γ-lactam-derived tetramates as potential antiplasmodials</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne-Lise Bienvenu</w:t>
+                <w:t xml:space="preserve">A pig model of chronic hepatitis E displaying persistent viremia and a downregulation of innate immune responses in the liver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy León-Janampa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio Caballero-Posadas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Barc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Darrouzain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2022.114735⟩</w:t>
+              <w:t xml:space="preserve">Hepatology Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 7 (11), pp.e0274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/HC9.0000000000000274⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03798632v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-05545084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Airway administration of flagellin regulates the inflammatory response to Pseudomonas aeruginosa</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Olivier Michel</w:t>
+                <w:t xml:space="preserve">A pig model of chronic hepatitis E displaying persistent viremia and a downregulation of innate immune responses in the liver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy León-Janampa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio Caballero-Posadas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Barc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Darrouzain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Respiratory Cell and Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1165/rcmb.2021-0125OC⟩</w:t>
+              <w:t xml:space="preserve">Hepatology Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 7 (11), pp.e0274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/HC9.0000000000000274⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03258174v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04332121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmission of Bluetongue Virus Serotype 8 by Artificial Insemination with Frozen–Thawed Semen from Naturally Infected Bulls</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Isra Deblauwe</w:t>
+                <w:t xml:space="preserve">Evaluation of ferrocenyl-containing γ-hydroxy-γ-lactam-derived tetramates as potential antiplasmodials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bosson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shinya Iikawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Picot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Bienvenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viruses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/v13040652⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 243, pp.114735. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2022.114735⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03213304v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03798632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhaled bacteriophage therapy in a porcine model of pneumonia caused by Pseudomonas aeruginosa during mechanical ventilation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Céline Barc</w:t>
+                <w:t xml:space="preserve">Transmission of Bluetongue Virus Serotype 8 by Artificial Insemination with Frozen–Thawed Semen from Naturally Infected Bulls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kris de Clercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leen Vandaele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tine Vanbinst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isra Deblauwe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/bph.15526⟩</w:t>
+              <w:t xml:space="preserve">Viruses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (4), 17 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/v13040652⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03228074v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03213304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrative biology defines novel biomarkers of resistance to strongylid infection in horses</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Joshua Malsa</w:t>
+                <w:t xml:space="preserve">Airway administration of flagellin regulates the inflammatory response to Pseudomonas aeruginosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel López-Gálvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fleurot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Chamero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sascha Trapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-93468-2⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Respiratory Cell and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 65 (4), pp.378-389. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1165/rcmb.2021-0125OC⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03284457v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03258174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of cholesterol content on activity of P-glycoproteins and membrane physical state, and consequences for anthelmintic resistance in the nematode Haemonchus contortus</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christine Koch</w:t>
+                <w:t xml:space="preserve">Inhaled bacteriophage therapy in a porcine model of pneumonia caused by Pseudomonas aeruginosa during mechanical ventilation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeoffrey Pardessus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume L’hostis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Fevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Barc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/parasite/2019079⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 178 (18), pp.3829-3842. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bph.15526⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02622805v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03228074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de l'impact et choix de l'enrichissement du milieu sur l'élevage de lignées de souris transgéniques exempts d'organismes pathogènes spécifiques (EOPS) et opportunistes</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Integrative biology defines novel biomarkers of resistance to strongylid infection in horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Salle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Canlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Cortet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Koch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joshua Malsa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">STAL Sciences et Techniques de l'Animal de Laboratoire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), 15 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-93468-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03149508v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03284457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tetrafunctional Block Copolymers Promote Lung Gene Transfer in Newborn Piglets</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etude de l'impact et choix de l'enrichissement du milieu sur l'élevage de lignées de souris transgéniques exempts d'organismes pathogènes spécifiques (EOPS) et opportunistes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Beauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Riou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Therapy - Nucleic Acids</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">STAL Sciences et Techniques de l'Animal de Laboratoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 48, pp.42-52</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02080870v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03149508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brucella melitensis Rev.1 vaccination generates a higher shedding risk of the vaccine strain in Alpine ibex (Capra ibex) compared to the domestic goat (Capra hircus)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Fadeau</w:t>
+                <w:t xml:space="preserve">Effects of cholesterol content on activity of P-glycoproteins and membrane physical state, and consequences for anthelmintic resistance in the nematode Haemonchus contortus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Guégnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Vern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Grasseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13567-019-0717-0⟩</w:t>
+              <w:t xml:space="preserve">Parasite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 27 (3), 13 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/parasite/2019079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02388531v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02622805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A DNA Prime Immuno-Potentiates a Modified Live Vaccine against the Porcine Reproductive and Respiratory Syndrome Virus but Does Not Improve Heterologous Protection</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ivan Trus</w:t>
+                <w:t xml:space="preserve">Tetrafunctional Block Copolymers Promote Lung Gene Transfer in Newborn Piglets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio Caballero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Océane Hacquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chevaleyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Barc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Viruses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/v11060576⟩</w:t>
+              <w:t xml:space="preserve">Molecular Therapy - Nucleic Acids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 16, pp.186-193. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.omtn.2019.02.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02620618v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02080870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet RELAPA (génomique pour la REsistance génétique des LApins a la PAsteurellose) : statut hématologique de lapins résistants et sensibles</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Helloin</w:t>
+                <w:t xml:space="preserve">Brucella melitensis Rev.1 vaccination generates a higher shedding risk of the vaccine strain in Alpine ibex (Capra ibex) compared to the domestic goat (Capra hircus)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ponsart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Locatelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Fadeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cuniculture Magazine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 50 (1), 13 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13567-019-0717-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02628210v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02388531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Host factors determine the evolution of infection with Staphylococcus aureus to gangrenous mastitis in goats</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christophe Huau</w:t>
+                <w:t xml:space="preserve">A DNA Prime Immuno-Potentiates a Modified Live Vaccine against the Porcine Reproductive and Respiratory Syndrome Virus but Does Not Improve Heterologous Protection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Bernelin-Cottet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Urien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Fretaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Langevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Trus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13567-018-0564-4⟩</w:t>
+              <w:t xml:space="preserve">Viruses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (6), pp.1-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/v11060576⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02624214v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02620618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strongyle infection and gut microbiota : profiling of resistant and susceptible horses over a grazing season</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Annabelle Meynadier</w:t>
+                <w:t xml:space="preserve">Projet RELAPA (génomique pour la REsistance génétique des LApins a la PAsteurellose) : statut hématologique de lapins résistants et sensibles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gunia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lantier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Balmisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Helloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cuniculture Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 46, pp.73-76</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02625557v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vaccination anti-brucellique du bouquetin des Alpes (Capra ibex), une option pour l'assainissement du massif du Bargy ? Résultats d'une première expérimentation visant à comparer le niveau d'innocuité du vaccin REV.1 conjonctival chez le bouquetin des Alpes et la chèvre domestique (C. hircus)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Fadeau</w:t>
+                <w:t xml:space="preserve">Host factors determine the evolution of infection with Staphylococcus aureus to gangrenous mastitis in goats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Rainard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Chaumeil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fassier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Huau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidémiologie et Santé Animale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 49, pp.1-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13567-018-0564-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02620515v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02624214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fetopathic effects of experimental Schmallenberg virus infection in pregnant goats</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Riou</w:t>
+                <w:t xml:space="preserve">Strongyle infection and gut microbiota : profiling of resistant and susceptible horses over a grazing season</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allison Clark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Salle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Ballan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Reigner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.vetmic.2017.10.011⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2018.00272⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01640968v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02625557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Pig: A Relevant Model for Evaluating the Neutrophil Serine Protease Activities during Acute Pseudomonas aeruginosa Lung Infection.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Vaccination anti-brucellique du bouquetin des Alpes (Capra ibex), une option pour l'assainissement du massif du Bargy ? Résultats d'une première expérimentation visant à comparer le niveau d'innocuité du vaccin REV.1 conjonctival chez le bouquetin des Alpes et la chèvre domestique (C. hircus)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ponsart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Garin-Bastuji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Céline Barc</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Locatelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Fadeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Epidémiologie et Santé Animale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 74, pp.25-42</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01437131v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02620515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increase of efflux-mediated resistance in [i]Pseudomonas aeruginosa[/i] during antibiotic treatment in patients suffering from nosocomial pneumonia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Fetopathic effects of experimental Schmallenberg virus infection in pregnant goats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Laloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bréard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sascha Trapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Pozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Pirnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2015.11.004⟩</w:t>
+              <w:t xml:space="preserve">Veterinary Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 211, pp.141-149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vetmic.2017.10.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01281258v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Schmallenberg virus: experimental infection in goats and bucks</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">E. Bréard</w:t>
+                <w:t xml:space="preserve">The Pig: A Relevant Model for Evaluating the Neutrophil Serine Protease Activities during Acute Pseudomonas aeruginosa Lung Infection.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chevaleyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Brea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Vandebrouck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Barc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Veterinary Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12917-015-0516-4⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (12), pp.e0168577. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0168577⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03904522v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01437131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preliminary studies for the establishment of a model of CFTR-deficient piglets</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Increase of efflux-mediated resistance in [i]Pseudomonas aeruginosa[/i] during antibiotic treatment in patients suffering from nosocomial pneumonia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Pezant</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Avrain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylviane Carbonnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid El Garch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Pirnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des Maladies Respiratoires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rmr.2014.04.064⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 47 (1), pp.77-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2015.11.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01129879v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01281258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strong protection induced by an experimental DIVA subunit vaccine against bluetongue virus serotype 8 in cattle.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Siamak Zohari</w:t>
+                <w:t xml:space="preserve">Schmallenberg virus: experimental infection in goats and bucks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Laloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Barc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Belbis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bréard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vaccine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.vaccine.2014.09.066⟩</w:t>
+              <w:t xml:space="preserve">BMC Veterinary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 11 (1), pp.221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12917-015-0516-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02638674v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03904522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epizootic hemorrhagic disease virus serotype 6 experimentation on adult cattle</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Strong protection induced by an experimental DIVA subunit vaccine against bluetongue virus serotype 8 in cattle.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenna Anderson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Hagglund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Breard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Desprat</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siamak Zohari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research in Veterinary Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rvsc.2013.06.026⟩</w:t>
+              <w:t xml:space="preserve">Vaccine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 32 (49), pp.6614-6621. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vaccine.2014.09.066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02645366v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02638674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Schmallenberg virus experimental infection of sheep</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Claire Ponsart</w:t>
+                <w:t xml:space="preserve">Preliminary studies for the establishment of a model of CFTR-deficient piglets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Leroux-Barc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chevaleyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Pezant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.vetmic.2013.06.030⟩</w:t>
+              <w:t xml:space="preserve">Revue des Maladies Respiratoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 18ème Congrès de Pneumologie de Langue Française, 31 (7), pp.672. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rmr.2014.04.064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02644406v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01129879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Host-seeking activity of bluetongue virus vectors: endo/exophagy and circadian rhythm of Culicoides in Western Europe</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Gardes.</w:t>
+                <w:t xml:space="preserve">Epizootic hemorrhagic disease virus serotype 6 experimentation on adult cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bréard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Belbis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Viarouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Desprat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0048120⟩</w:t>
+              <w:t xml:space="preserve">Research in Veterinary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 95 (2), pp.794-798. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rvsc.2013.06.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02645046v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02645366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The &amp;lt;em&amp;gt;Pseudomonas aeruginosa&amp;lt;/em&amp;gt; membranes: a target for a new amphiphilic aminoglycoside derivative?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">David Alsteens</w:t>
+                <w:t xml:space="preserve">Schmallenberg virus experimental infection of sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerstin Wernike</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernd Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Breard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anette Bøtner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ponsart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta:Biomembranes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbamem.2011.01.014⟩</w:t>
+              <w:t xml:space="preserve">Veterinary Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 166 (3-4), pp.461-466. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vetmic.2013.06.030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02651147v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02644406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Membrane lipidomics for the discovery of new antiparasitic drug targets.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre Chaminade</w:t>
+                <w:t xml:space="preserve">Host-seeking activity of bluetongue virus vectors: endo/exophagy and circadian rhythm of Culicoides in Western Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elvina Viennet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Garros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignace Rakotoarivony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Allene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Gardes.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends Parasitol</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pt.2011.07.002⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (10), pp.e48120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0048120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00636739v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02645046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La maîtrise des pompes d'efflux, un progrès dans la lutte contre les nématodes parasites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de l'Académie Vétérinaire de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 164 (3), pp.257-264</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02650457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Membrane drug transport in helminths</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The &amp;lt;em&amp;gt;Pseudomonas aeruginosa&amp;lt;/em&amp;gt; membranes: a target for a new amphiphilic aminoglycoside derivative?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Ouberai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid El Garch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Bussière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">David Alsteens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anti-Infective Agents</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta:Biomembranes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1808 (6), pp.1716-1727. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbamem.2011.01.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02660857v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02651147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and antimicrobial evaluation of amphiphilic neamine derivatives.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Myriam Ouberai</w:t>
+                <w:t xml:space="preserve">Membrane lipidomics for the discovery of new antiparasitic drug targets.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Maréchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Beugnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chaminade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jm900615h⟩</w:t>
+              <w:t xml:space="preserve">Trends Parasitol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 27 (11), pp.496-504. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pt.2011.07.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00526380v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00636739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cryptic Color Change in a Crab Spider (Misumena vatia): Identification and Quantification of Precursors and Ommochrome Pigments by HPLC</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Membrane drug transport in helminths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Christidès</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Neveu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Issouf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Ecology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Anti-Infective Agents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 9 (3), pp.113-129</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00551104v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02660857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drug resistance is affected by colocalization of P-glycoproteins in raft-like structures unexpected in eggshells of the nematode &amp;lt;em&amp;gt;Haemonchus contortus&amp;lt;/em&amp;gt;</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Synthesis and antimicrobial evaluation of amphiphilic neamine derivatives.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Baussanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Bussière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Somnath Halder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Ganem-Elbaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Ouberai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemistry and Cell Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1139/O09-126⟩</w:t>
+              <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 53 (1), pp.119-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jm900615h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02663103v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00526380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vivo development of antimicrobial resistance in Pseudomonas aeruginosa strains isolated from the lower respiratory tract of Intensive Care Unit patients with nosocomial pneumonia and receiving antipseudomonal therapy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Cryptic Color Change in a Crab Spider (Misumena vatia): Identification and Quantification of Precursors and Ommochrome Pigments by HPLC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Christidès</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2010.08.005⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 36 (4), pp.412-423. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10886-010-9765-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00640446v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00551104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From eggs per gram to genes&amp;quot; [21st International Conference of the World Association for the Advancement of Veterinary Parasitology (WAAVP 2007)]</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Drug resistance is affected by colocalization of P-glycoproteins in raft-like structures unexpected in eggshells of the nematode &amp;lt;em&amp;gt;Haemonchus contortus&amp;lt;/em&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Guégnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Py Sizaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Vern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasite</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biochemistry and Cell Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 88 (3), pp.459-467. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1139/O09-126⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02657232v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02663103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flavonoids and related compounds in parasitic disease control</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">In vivo development of antimicrobial resistance in Pseudomonas aeruginosa strains isolated from the lower respiratory tract of Intensive Care Unit patients with nosocomial pneumonia and receiving antipseudomonal therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylviane Carbonnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Avrain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narcisa Mesaros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Pirnay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mini-Reviews in Medicinal Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 36 (6), pp.513. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijantimicag.2010.08.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02661353v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00640446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationships between sterol/phospholipid composition and xenobiotic transport in nematodes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">From eggs per gram to genes&amp;quot; [21st International Conference of the World Association for the Advancement of Veterinary Parasitology (WAAVP 2007)]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasotol. Res</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Parasite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 15 (3), pp.183-184</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00136827v1</w:t>
+                <w:t xml:space="preserve">hal-02657232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nematodes as Models for the Study of the Regulation of Activity of Pglycoproteins in Multidrug Resistance (MDR)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId219" w:history="1">
+                <w:t xml:space="preserve">Flavonoids and related compounds in parasitic disease control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Guégnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anti-Infective Agents</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Mini-Reviews in Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 8 (2), pp.116-128</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02654746v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02661353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immunolocalisation of an ABC transporter, P-glycoprotein, in the eggshells and cuticles of free-living and parasitic stages of &amp;lt;em&amp;gt;Haemonchus contortus&amp;lt;/em&amp;gt;</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Relationships between sterol/phospholipid composition and xenobiotic transport in nematodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Grasseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Blesbois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasitology Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00436-005-1345-3⟩</w:t>
+              <w:t xml:space="preserve">Parasotol. Res</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 100, pp.1125-1134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00436-006-0455-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02677154v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00136827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increased resistance to anthelmintics of Haemonchus contortus eggs associated with changes in membrane fluidity of eggshells during embryonation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId219" w:history="1">
+                <w:t xml:space="preserve">Nematodes as Models for the Study of the Regulation of Activity of Pglycoproteins in Multidrug Resistance (MDR)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasitology Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Anti-Infective Agents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 5 (4), pp.389-402. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2174/187152106778520442⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02669461v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02654746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulation of the multidrug resistance (MDR) system in the nematode Haemonchus contortus by changing cholesterol content: effects on resistance to anthelmintics</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId219" w:history="1">
+                <w:t xml:space="preserve">Immunolocalisation of an ABC transporter, P-glycoprotein, in the eggshells and cuticles of free-living and parasitic stages of &amp;lt;em&amp;gt;Haemonchus contortus&amp;lt;/em&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Koch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Delaleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Berthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Parasitology Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 96 (3), pp.142-148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00436-005-1345-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02672629v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02677154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avidité des anticorps: application au diagnostic d'infection récente à VIH1</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Increased resistance to anthelmintics of Haemonchus contortus eggs associated with changes in membrane fluidity of eggshells during embryonation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Koch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 59 (1), pp.41-47</w:t>
+              <w:t xml:space="preserve">Parasitology Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 95, pp.266-272</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02677069v1</w:t>
+                <w:t xml:space="preserve">hal-02669461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude dynamique de l'avidité des anticorps anti-VIH lors de la restauration de l'immunité cellulaire sous traitement antirétroviral</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Modulation of the multidrug resistance (MDR) system in the nematode Haemonchus contortus by changing cholesterol content: effects on resistance to anthelmintics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Guégnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Vern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 52, pp.180-187</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02672629v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avidité des anticorps: application au diagnostic d'infection récente à VIH1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Le Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Le Meur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 59 (1), pp.41-47</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02677069v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude dynamique de l'avidité des anticorps anti-VIH lors de la restauration de l'immunité cellulaire sous traitement antirétroviral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Renier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Mattman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Fialaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Loison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2000, 58 (6), pp.715-720</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02694818v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flagellin aerosol administration improves the efficacy of antibiotic treatment in Actinobacillus pleuropneumoniae infected pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fleurot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanaique Guillory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Barc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Deslis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05306629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (47)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement de mesures automatisées d'indicateurs de bien-être et de santé des volailles : cas particulier de la bronchite infectieuse aviaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickaël Riou</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pajusco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Travel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariette F. Ducatez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">49ème colloque de l'Association Française des sciences et techniques de l'animal de laboratoire : Des animaux et des machines (AFSTAL 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Nantes, France. , 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05533478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de stress physique et chimique sur l’infectiosité des oocystes de coccidies : Etude in vitro et in vivo du modèle aviaire, Eimeria tenella.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Sedano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dubés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cazeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana El Husseiny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie La Carbona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès conjoint des Sociétés Françaises de Parasitologie et Mycologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Amiens, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05533687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation de la réponse inflammatoire locale contre l’infection à Staphylococcus aureus dans un modèle murin de plaies aigües.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astrée Monnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Mentheour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Kasal-Hoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Mérat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'animation scientifique - Département Santé animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Seignosse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04954314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation de la réponse inflammatoire locale contre l’infection à Staphylococcus aureus dans un modèle murin de plaies aigües.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astrée Monnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Mentheour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Kasal-Hoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Mérat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48e Colloque d’Association Française des Sciences et Techniques de l'Animal de Laboratoire (AFSTAL), “En route vers la Recherche de demain”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Lille, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04954251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation de la réponse inflammatoire locale contre l’infection à Staphylococcus aureus dans un modèle murin de plaies aigües</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astrée Monnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Mentheour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Kasal-Hoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Mérat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">44. Réunion Interdisciplinaire de Chimiothérapie Anti-Infectieuse - RICAI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04905619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d'un modèle murin de plaies pseudo-chroniques et soins péri-opératoires associés à la gestion de la douleur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Kasal-Hoc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faruk Akay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Rossignol</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Axel Cauty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Mérat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">47. Colloque de l'Association Française des Sciences et Techniques de l’Animal de Laboratoire (AFSTAL 2023) : La chirurgie de A à Z</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Bordeaux, France. , 2023, 47e Colloque AFSTAL : La chirurgie de A à Z</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04171718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation des effets du traitement au plasma à froid sur le processus de cicatrisation des plaies pseudo-chroniques chez la souris : nouveau traitement alternatif aux antibiotiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dozias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Kasal-Hoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clarisse Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Mérat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. Congrès national de la SFM - Microbes 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04226077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of phage cocktails to prevent avian colibacillosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrette Menanteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Girault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mylène Girault</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Arnaud Faurie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Chaumeil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Viruses of Microbes 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Guimaraes, Portugal. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03729546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d’un modèle murin de plaies chroniques et soins péri-opératoires associés</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christelle Rossignol</w:t>
+                <w:t xml:space="preserve">Développement de mesures automatisées d'indicateurs sonores pour la détection précoce de troubles respiratoires chez les volailles : cas de la Bronchite Infectieuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Creach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pajusco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Brouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17. Congrès national de la SFM - Microbes 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Montpellier, France. , AA-P28</w:t>
+              <w:t xml:space="preserve">Rencontres Nationales de Santé Publique Vétérinaire et Environnementale (RNSPV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Bourges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03908297v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03845540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement de mesures automatisées d'indicateurs sonores pour la détection précoce de troubles respiratoires chez les volailles : cas de la Bronchite Infectieuse</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Riou</w:t>
+                <w:t xml:space="preserve">Développement d’un modèle murin de plaies chroniques et soins péri-opératoires associés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Cauty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Kasal-Hoc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Beauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Mérat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres Nationales de Santé Publique Vétérinaire et Environnementale (RNSPV)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Bourges, France</w:t>
+              <w:t xml:space="preserve">17. Congrès national de la SFM - Microbes 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Montpellier, France. , AA-P28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03845540v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03908297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inhaled bacteriophage therapy in a porcine model of pneumonia caused by Pseudomonas aeruginosa during mechanical ventilation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeoffrey Pardessus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume L'Hostis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Fevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Barc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifique de la FéRI 2022- FéRI Scientific Days 2022, Région Centre Val de Loire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03735811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the prophylactic and therapeutic effect of a phage cocktail to control Salmonella Enteritidis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorna Agapé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrette Menanteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Deslis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Viruses of Microbes 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Guimaraes, Portugal. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03729513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact du traitement au paracétamol sur le bien-être et la physiopathologie des souris infectées par Toxoplasma gondii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Cauty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axel Cauty</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nathalie Moiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Beauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Mérat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. Congrès national de la SFM - Microbes 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Nantes, France. , PR-P03</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03389758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of paracetamol treatment on the welfare and the pathophysiology of mice to toxoplasmosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Cauty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axel Cauty</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nathalie Moiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Beauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Mérat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès annuel conjoint des Sociétés Françaises de Mycologie Médicale et de Parasitologie (SFP-SFMM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Lyon, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03477033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelle approche de raffinement du suivi immunologique de la toxoplasmose chez la brebis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Ducournau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chapey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Pinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dany Leguéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">46. Colloque de l'Association Française des Sciences et Techniques de l’Animal de Laboratoire (AFSTAL 2019) : Expérimenter c'est aussi anticiper</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Marseille, France. , 46. Colloque AFSTAL : Expérimenter c'est aussi anticiper</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03477900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling Hepatitis E infection in immunocompromised patients using a new pig model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nancy León Janampa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Barc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Darrouzain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gatault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. International Symposium on Viral Hepatitis and Liver Diseases (ISVHLD)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Taipei, Taiwan. 345</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03388900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of automated measures of indicators of wellbeing and health of poultry: special case of avian infectious bronchitis</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId308" w:history="1">
+                <w:t xml:space="preserve">Développement de mesures automatisées des indicateurs de bien-être et de santé des volailles : cas particulier de la bronchite infectieuse aviaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pajusco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Travel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariette F Ducatez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World's Poultry Congress (WPC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Online, France</w:t>
+              <w:t xml:space="preserve">16. Congrès national de la SFM - Microbes 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Nantes, France. , V-P05</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03385257v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03390115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement de mesures automatisées des indicateurs de bien-être et de santé des volailles : cas particulier de la bronchite infectieuse aviaire</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId308" w:history="1">
+                <w:t xml:space="preserve">Development of automated measures of indicators of wellbeing and health of poultry: special case of avian infectious bronchitis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Pajusco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelique Travel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariette F Ducatez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. Congrès national de la SFM - Microbes 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Nantes, France. , V-P05</w:t>
+              <w:t xml:space="preserve">World's Poultry Congress (WPC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03390115v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03385257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proof of concept: efficacy of surgical titanium implants coated with linear gentamicin against osteomyelitis in pigs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Kasal-Hoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Barc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30. European Congress of Clinical Microbiology and Infectious Diseases (ECCMID 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Online, France. , 2193</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03385108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de la toxicité tissulaire du paracétamol et mesure télémétrique de la variation de température lors d'une toxoplasmose chez la souris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Guionnière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Ducournau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Beauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorine Branger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">45. Colloque de l'Association Française des Sciences et Techniques de l’Animal de Laboratoire (AFSTAL 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, La Rochelle, France. , pp.164, 2019, 45e Colloque AFSTAL : Origine et devenir de l'animal de laboratoire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02735758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cycle de vie de lignée murine C3HeB/FeJ exempts d'organismes pathogènes spécifiques (EOPS) : Modèle d'excellence pour l'étude de la tuberculose bovine</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sybille Brochard</w:t>
+                <w:t xml:space="preserve">Développement d’un modèle porcin d’infection intra-osseuse à &amp;lt;em&amp;gt;Staphylococcus aureus&amp;lt;/em&amp;gt; suite à la pose chirurgicale d’implants en titane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Kasal-Hoc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Barc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45. Colloque de l'Association Française des Sciences et Techniques de l’Animal de Laboratoire (AFSTAL 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, La Rochelle, France. , pp.164, 2019, 45e Colloque AFSTAL : Origine et devenir de l'animal de laboratoire</w:t>
+              <w:t xml:space="preserve">15. Congrès National de la Société Française de Microbiologie (SFM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Paris, France. , pp.436, 2019, Microbes - 15e congrès national de la SFM</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02736616v1</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02735716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d’un modèle porcin d’infection intra-osseuse à &amp;lt;em&amp;gt;Staphylococcus aureus&amp;lt;/em&amp;gt; suite à la pose chirurgicale d’implants en titane</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christelle Rossignol</w:t>
+                <w:t xml:space="preserve">Cycle de vie de lignée murine C3HeB/FeJ exempts d'organismes pathogènes spécifiques (EOPS) : Modèle d'excellence pour l'étude de la tuberculose bovine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Beauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorine Branger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Girault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Lortscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sybille Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. Congrès National de la Société Française de Microbiologie (SFM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Paris, France. , pp.436, 2019, Microbes - 15e congrès national de la SFM</w:t>
+              <w:t xml:space="preserve">45. Colloque de l'Association Française des Sciences et Techniques de l’Animal de Laboratoire (AFSTAL 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, La Rochelle, France. , pp.164, 2019, 45e Colloque AFSTAL : Origine et devenir de l'animal de laboratoire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02735716v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02736616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The European Platform for animal experimentation to study veterinary and emerging diseases and to develop new vaccine against pathogens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Dimier-Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Valarcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Schwartz-Cornil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès SFP-SFMM 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Tours, France. , 2019, One Health - De l'animal à l'homme en parasitologie-mycologie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement et validation d'outils de raffinements (3Rs) pour les modèles murins (lignée C57bl/6) en infectiologie expérimentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sybille Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Beauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorine Branger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'animation scientifique de la fédération de recherche en infectiologie (FéRI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Tours, France. , 47 p., 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The European Platform for animal experimentation on infectious diseases, to study animal and emerging diseases and the immune response to vaccination against pathogens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Dimier-Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Francois Valarcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Schwartz-Cornil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Biofit 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Lille, France. , 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02785306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innocuité du vaccin anti-brucellique Rev.1 chez le bouquetin des Alpes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ponsart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Locatelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Fadeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Jaÿ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. Congrès national de la Société Française de Microbiologie (SFM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Paris, France. , 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The European platform for animal experimentation on infectious diseases, to study animal and emerging diseases and the immune response to vaccination against pathogens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Dimier-Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Valarcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Schwartz-Cornil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Vaccine Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Budapest, Hungary. , 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02733634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&amp;lt;em&amp;gt;Brucella melitensis&amp;lt;/em&amp;gt; Rev.1 conjunctival vaccination in Alpine ibex (&amp;lt;em&amp;gt;Capra ibex&amp;lt;/em&amp;gt;). Comparison of kinetics and distribution of &amp;lt;em&amp;gt;B. melitensis&amp;lt;/em&amp;gt; Rev.1 infection and antibody response with domestic goat (&amp;lt;em&amp;gt;Capra hircus&amp;lt;/em&amp;gt;)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ponsart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Locatelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Fadeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Vaccine Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Budapest, Hungary. , 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transparisation par la technique &amp;quot;Clarity&amp;quot; : de l'immunomarquage vers l'imagerie 3D d'organes entiers infectés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fleurdès Berson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Cochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Epardaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Lantier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'animation scientifique de la fédération de recherche en infectiologie (FéRI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Tours, France. , 47 p., 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification et caractérisation de marqueurs liés aux infestations par les petits strongles pour l'optimisation des shémas de vermifugation chez les équins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Salle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Núria Mach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Cortet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Reigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">43. Journée de la Recherche Equine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Paris, France. IFCE - Institut Français du Cheval et de l'Equitation, Journée de la Recherche Equine, 43, 182 p., 2017, Journée de la Recherche Equine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01604763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protocole d'évaluation du bien-être chez le cheval &amp;quot;AWIN Horse&amp;quot; : essai en conditions expérimentales et premières évaluations sur le terrain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Dany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Vidament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Yvon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Reigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Barrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">43. Journée de la Recherche Equine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Paris, France. IFCE - Institut Français du Cheval et de l'Equitation, Journée de la Recherche Equine, 43, 182 p., 2017, Journée de la Recherche Equine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrichissement du milieu au cours d'infections expérimentales de souris en confinement A2 et A3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanaïque Guillory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Beauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Chahnamian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lortscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">41. Colloque AFSTAL : Biosécurité et Infectiologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Lille, France. , 1 p., 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02798339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gestion et impact de l'enrichissement du milieu des souris durant des expérimentations infectieuses en haut confinement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanaïque Guillory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Beauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Chahnamian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Lortscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">41. Colloque AFSTAL : Biosécurité et Infectiologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Lille, France. , 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The pig as a model for the study of the early immune response to &amp;lt;em&amp;gt;Pseudomonas Aeruginosa&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha M. Berri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Barc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Brea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire C. Chevaleyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Swine in Biomedical Research Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Raleigh, United States. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02795088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of computed tomography (CT) scan to extend the lifespan of a porcine CFTR - / - model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ignacio Caballero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Barc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El Mostafa Berri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire C. Chevaleyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. European CF Young Investigator Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2014, Paris, France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02798139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the in utero infection caused by SBV on goats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Laloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Pozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Breard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Barc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Annual Epizone Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Copenhague, Denmark. , 2014, Epizone "Primed for tomorrow"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02741841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Schmallenberg virus experimental infection on pregant goats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Laloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Cordonnier-Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bréard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sascha Trapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Joint European Congress of the ESVP, ESTP and ECVP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Berlin, Germany. , 2014, Cutting Edge Pathology</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01123032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d'un modèle d'infection respiratoire aiguë à Pseudomonas aeruginosa chez le porc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire C. Chevaleyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Brea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Barc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clarisse Vandebrouck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Journées d'Animation Scientifique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Parcay Meslay, France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02801096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental infection of pregnant goats with schmallenberg virus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Laloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Cordonnier-Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Breard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sascha Trapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Joint European Congress of the ESVP, ESTP and ECVP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Berlin, Germany. Journal of Comparative Pathology, 152 (1), 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and evaluation of a DIVA subunit vaccine against Bluetongue virus serotype 8 in cattle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenna Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Hagglund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bréard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siamak Zohari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7.EPIZONE Annual Meeting : "Nothing permanent, except change"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Bruxelles, Belgium. , 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01187505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preliminary studies for the establishment of a model of lung colonization caused by Pseudomonas aeruginosa in piglets - Perspectives of application in the CFTR-deficient piglets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire C. Chevaleyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El Mostafa Berri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Cognie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venturi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de Recherche Respiratoire (J2R)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Montpellier, France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02803866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preliminary studies for the establishment of a model of CFTR-deficient piglets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Barc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire C. Chevaleyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Pezant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Journées de Recherche Respiratoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Montpellier, France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02810478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacterial membrane bilayer as drug target</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ouberai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. El Garch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bussiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Alsteens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Congrès de Lipidomique "Membranes &amp; Lipides bioactifs"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2011, Lyon, France. , 1 p., 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02809970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of lipids on the active transport of xenobiotics in nematodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Guégnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Vern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21. International Conference of the World Association for the Advancement of Veterinary Parasitology (WAAVP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Ghent, Belgium. pp.Inconnu, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02815412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of membrane cholesterol in anthelmintic transport mechanisms in parasitic nematodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Congress of Parasitologists ICOPA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2006, Glasgow, United Kingdom. pp.Inconnu, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02811968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co-localisation de P-glycoprotéines avec des microdomaines lipidiques chez un nématode parasite, Haemonchus contortus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Guégnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Vern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19e Colloque Biotechnocentre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2006, Seillac, France. 1p, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02823210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régulation par l'environnement membranaire de l'activité des P-glycoproteines d'un nématode parasite responsables de chimio-résistance aux traitements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Guégnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Vern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Grasseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Colloque Biotechnocentre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2004, Fondjouan, France. pp.39, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02828416v1</w:t>
-              </w:r>
-[...148 lines deleted...]
-                <w:t xml:space="preserve">hal-05306629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (68)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’IA valorise l’intelligence (naturelle) de nos anciens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Karadjian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Desoubeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès des Sociétés Françaises de Parasitologie (SFP) et de Mycologie Médicale (SFMM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05170278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proof of concept: antibacterial effect of cold plasmas against Staphylococcus aureus infection in a mouse model of acute wounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Escot Bocanegra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dozias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Kasal-Hoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alicia Lasneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20ème congrés de la SFM, Microbes 2025 : Microbes dans un monde en transition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05533640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise au point de mesures automatisées d’indicateurs du bien-être et de la santé des volailles.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le numérique au service de la santé, du bien être animal et des 3R</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04953980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of automated sound indicator measurements for the early detection of respiratory disorders in poultry: the case of Infectious Bronchitis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Creach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pajusco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Brouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 11th European Conference on Precision Livestock Farming</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Bologna, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04951160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AVITHRAPID. WP2 : Preclinical developments in vivo &amp; PharmacoKinetic/PD, ADME, Tox.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AVITHRAPID consortium, Kick off meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2024, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04952605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vaccine safety of a new toxoid-based vaccine against Clostridioides difficile infection in rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aria Aminzadeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luuk Hilgers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Paul Platenburg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. Congrès national de la SFM - Microbes 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Microbiologie, Oct 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04225874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new immunosuppressed pig model to study chronic Hepatitis E infection and the genetic viral diversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nancy León Janampa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ignacio Caballero-Posadas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Barc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Darrouzain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gatault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Congrès national de la SFM - Microbes 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Microbiologie, Oct 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03908226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of automated measures of sound indicators for the early detection of health disorders in poultry : the case of infectious bronchitis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Creach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Pajusco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Brouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World's Poultry Congress (WPC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03845353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement de mesures automatisées d'indicateurs sonores pour la détection précoce de troubles respiratoires chez les volailles : cas de la Bronchite Infectieuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Creach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pajusco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Brouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. Journées de la Recherche Avicole et Palmipèdes à Foie-Gras (JRA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03771907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new immunosuppressed pig model to study chronic Hepatitis E infection and its impact on host innate immune responses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Marlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nancy León Janampa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ignacio Caballero-Posadas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Barc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Darrouzain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifique de la FéRI 2022 - FéRi Scientific Days 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fédération de Recherche en Infectiologie (FéRI), Centre Val de Loire, Jul 2022, Joué-Lès-Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03735443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pasteurella multocida experimental infection 1): resistance and hematological response</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lantier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bed’hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Helies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03508584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New ethical diagnostic tool for immunological monitoring of toxoplasmosis in sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Ducournau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Chapey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Pinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dany Leguéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès annuel conjoint des Sociétés Françaises de Mycologie Médicale et de Parasitologie (SFP-SFMM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03476965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pasteurella multocida experimental infection (2): genetic parameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lantier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Bed’hom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Helies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03508609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelle stratégie de modulation par les stérols de la résistance aux antihelminthiques médiée par les P-glycoprotéines chez Haemonchus contortus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Guégnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Vern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Journées du Consortium anti-Parasitaire et -Fongique (CaPF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Consortium anti-Parasitaire et -Fongique (CaPF), Mar 2020, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03154515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel approaches boosting innate immunity against &amp;lt;em&amp;gt;Pseudomonas aeruginosa&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fleurot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chevaleyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Melo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Congrès National de la Société Française de Microbiologie (SFM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Microbiologie (SFM). FRA., Sep 2019, Paris, France. pp.436</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet RELAPA (génomique pour la REsistance génétique des LApins a la PAsteurellose) : statut hématologique de lapins résistants et sensibles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Gunia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lantier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Balmisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Helloin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. Journées de la Recherche Cunicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Technique de l'Aviculture et des Elevages de Petits Animaux (ITAVI). FRA., May 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les modèles précliniques (petits et gros animaux) proposés à l’INRA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">What's up : Immunothérapie et alternatives aux anti-infectieux : innover avec l'INRA en santé animale et humaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Atlanpole Biotherapies., Dec 2019, Nouzilly, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02787431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse multiparamétrique du transport des anthelminthiques après une altération lipidique induite des membranes chez &amp;lt;em&amp;gt;Haemonchus contortus&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Guégnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Vern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Grasseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Journées du Consortium anti-Parasitaire et anti-Fongique (CaPF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Consortium Anti-Parasitaire et Fongique (CaPF). FRA., Mar 2019, Rouen, France. 15 diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02787432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">g-Hydroxy- g- lactam derivated tetramates as a new family of antimalarials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Medebielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chopin N.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shinya Likawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Picot S.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lavoignat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du Consortium anti-parasitaire et anti-fongique (8, 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02389204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">γ-Hydroxy-γ-lactam derived tetramates as a new family of antimalarials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice F Médebielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Chopin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shinya Iikawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bosson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Picot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Journées du Consortium anti-Parasitaire et anti-Fongique (CaPF) 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Lyon, France. 31 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maîtrise de la douleur en relation avec le comportement observé (stress) liés à une hyperthermie infectieuse parasitaire ou bactérienne chez la souris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Cognie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Ducournau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Bienvenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Beauge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">44. Colloque de l'Association Française des Sciences et Techniques de l’Animal de Laboratoire (AFSTAL 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Française des Sciences et Techniques de l'Animal de Laboratoire (AFSTAL). FRA., Jun 2018, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02735802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of Rev.1 live vaccine innocuousness between Alpine ibex (&amp;lt;em&amp;gt;Capra ibex&amp;lt;/em&amp;gt;) and domestic goats (&amp;lt;em&amp;gt;Capra hircus&amp;lt;/em&amp;gt;): an unexpected strong species effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ponsart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Locatelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Fadeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Jay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. European Wildlife Disease Association Conference (EWDA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Larissa, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02735131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salivary Veterinary ELISA Diagnosis for Apicomplexa Detection combined with a ethical saliva collection tool</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Dimier-Poisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Biofit 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Lille, France. 6 diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02784984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de l’impact du paracétamol sur la réponse immunitaire induite et comportementale lors d’une toxoplasmose aiguë et chronique chez la souris</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">INRA's infectiology platform (PFIE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'animation scientifique de la fédération de recherche en infectiologie (FéRI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Tours, France. 47 p</w:t>
+              <w:t xml:space="preserve">7. Biofit 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Syndicat de l'Industrie du Médicament et Réactif Vétérinaires (SIMV). FRA., Dec 2018, Lille, France. 19 diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738114v1</w:t>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02784944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">INRA's infectiology platform (PFIE)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Étude de l’impact du paracétamol sur la réponse immunitaire induite et comportementale lors d’une toxoplasmose aiguë et chronique chez la souris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Ducournau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Beauge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorine Branger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Girault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Biofit 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Syndicat de l'Industrie du Médicament et Réactif Vétérinaires (SIMV). FRA., Dec 2018, Lille, France. 19 diapositives</w:t>
+              <w:t xml:space="preserve">Journées d'animation scientifique de la fédération de recherche en infectiologie (FéRI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Tours, France. 47 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02784944v1</w:t>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude in vitro de l'effet ovicide et larvicide de dérivés ferrocéniques et quinoléiques des Benzimidazoles vis-à-vis d'un helminthe parasite de petits ruminants, &amp;lt;em&amp;gt;Haemonchus contortus&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Dubar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Guégnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Journées du Consortium anti-Parasitaire et anti-Fongique (CaPF) 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Lyon, France. 31 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02735644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vaccination anti-brucellique du bouquetin des Alpes (&amp;lt;em&amp;gt;Capra ibex&amp;lt;/em&amp;gt;), une option pour l'assainissement du massif du Bargy ? Résultats d'une première expérimentation visant à comparer le niveau d'innocuité du vaccin REV.1 conjonctival chez le bouquetin des Alpes et la chèvre domestique (&amp;lt;em&amp;gt;C. hircus&amp;lt;/em&amp;gt;)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ponsart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Garin-Bastuji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Locatelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Fadeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de l'AEEMA 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association pour l'Etude de l'Epidémiologie des Maladies Animales (AEEMA). FRA., May 2018, Maisons-Alfort, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02787527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet éthique et bien-être animal: contrôle de la douleur liée à l'hyperthermie au cours du processus infectieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice de Boyer Des Roches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Prouillac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Cognie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Dimier-Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Ducournau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'animation scientifique de la fédération de recherche en infectiologie (FéRI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01603213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of fluorinated mixed aminoquinoline gamma-lactams - Biological evaluation as possible anti-malarial agents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oleksandr S. Kanishchev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Chopin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shinya Iikawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Bienvenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Picot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">French-Czech Vltava Chemistry Meeting (7, 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Orléans, France. 31 diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02799211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Récents développements pour la recherche de nouvelles molécules antipaludiques : hétérocycles azotés dérivés d’acides tétramiques et de pyrimidines</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La Plateforme d'infectiologie expérimentale du centre INRA Val de Loire : Une animalerie protégée pour«Modèles animaux en Infectiologie» de dimension européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Riou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. Journées du Consortium antiParasitaire et antiFongique : CaPF-2016 " A la croisée des Mondes !"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Consortium Anti-Parasitaire et Fongique (CaPF). FRA., Mar 2016, Tours, France. 49 p</w:t>
+              <w:t xml:space="preserve">Journées Nématodes "LUNEPAR - INTERNEM 2016"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Tours, France. 38 diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02742433v1</w:t>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02793498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Plateforme d'infectiologie expérimentale du centre INRA Val de Loire : Une animalerie protégée pour«Modèles animaux en Infectiologie» de dimension européenne</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Récents développements pour la recherche de nouvelles molécules antipaludiques : hétérocycles azotés dérivés d’acides tétramiques et de pyrimidines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Médebielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shinya Iikawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude-Bernard Paultre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Joseph</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nématodes "LUNEPAR - INTERNEM 2016"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Tours, France. 38 diapositives</w:t>
+              <w:t xml:space="preserve">6. Journées du Consortium antiParasitaire et antiFongique : CaPF-2016 " A la croisée des Mondes !"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Consortium Anti-Parasitaire et Fongique (CaPF). FRA., Mar 2016, Tours, France. 49 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId429" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02793498v1</w:t>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02742433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouveaux dérivés antipaludiques dérivés de acides gamma-hydroxy tétramiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Medebielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chopin N.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shinya Likawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Picot S.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bienvenu A.-L.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du Consortium anti-parasitaire et anti-fongique (6, 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02379237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hétérocycles azotés dérivés d’acides tétramiques et de pyrimidines comme nouveaux agents anti-infectieux : activité antipaludique et anti-pneumocystose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Médebielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Chopin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shinya Iikawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude-Bernard Paultre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Joseph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Journée Rhône-Alpes des Biomolécules (JRAB 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Jun 2016, Lyon Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Schmallenberg &amp;lt;em&amp;gt;in vivo&amp;lt;/em&amp;gt; à la PFIE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sarradin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Crochet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Barc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Delaunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire sur la maladie de Schmallenberg</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Agence nationale de sécurité sanitaire de l'alimentation, de l'environnement et du travail (ANSES). Maisons-Alfort, FRA. Réseau Français pour la Santé Animale (RFSA), FRA., Jan 2015, Maisons-Alfort, France. 19 diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02801266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'accès aux dispositifs d'expérimentation animale toutes espèces : accompagner les entreprises vers les acteurs de la recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Rencontres Pour une recherche publique accessibles aux entreprises</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Instituts Carnot. FRA., Mar 2015, Rennes, France. 21 diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02795102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neutrophils in cystic fibrosis. Are they intrinsically defective?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Brea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Soler Vasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire C. Chevaleyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Barc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifique de la Fédération de Recherche d'Infectiologie (FéRI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Orléans, France. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02799967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of computed tomography (CT) scan to extend the lifespan of a porcine CFTR - / - model</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le point sur la réglementation animale dans le domaine des antiparasitaires et antifongiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Riou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. European CF Young Investigator Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2014, Paris, France. 19 Diapositives</w:t>
+              <w:t xml:space="preserve">4. Journées Consortium anti-Parasitaire et -Fongique "Voyage au centre de la cible"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Consortium Anti-Parasitaire et Fongique (CaPF). FRA., Feb 2014, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02793962v1</w:t>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02795076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inhibiteurs de pompes d'efflux : un progrès pour le contrôle des maladies liées aux helminthes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Journées Consortium anti-Parasitaire et -Fongique "Voyage au centre de la cible"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Consortium Anti-Parasitaire et Fongique (CaPF). FRA., Feb 2014, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02795073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le point sur la réglementation animale dans le domaine des antiparasitaires et antifongiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Contribution of computed tomography (CT) scan to extend the lifespan of a porcine CFTR - / - model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio Caballero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Barc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El Mostafa Berri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire C. Chevaleyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Journées Consortium anti-Parasitaire et -Fongique "Voyage au centre de la cible"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Consortium Anti-Parasitaire et Fongique (CaPF). FRA., Feb 2014, Nantes, France</w:t>
+              <w:t xml:space="preserve">8. European CF Young Investigator Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2014, Paris, France. 19 Diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02795076v1</w:t>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02793962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d'un modèle d'infection respiratoire aiguë à Pseudomonas aeruginosa chez le porc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire C. Chevaleyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Brea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Barc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clarisse Vandebrouck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34. Réunion Interdisciplinaire de Chimiothérapie Anti-Infectieuse (RICAI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02799765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulation de la résistance aux antiparasitaires par les stérols chez un nématode &amp;lt;em&amp;gt;Haemonchus contortus&amp;lt;/em&amp;gt;, parasite des petits ruminants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Guégnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Vern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Journées du Consortium anti-Parasitiare CaP 2013 "De la conception de molécules à l'effet biologique"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Consortium Anti-Parasitaire (CaP). Châtenay-Malabry, FRA., Feb 2013, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02748119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preliminary studies for the establishment of a model of lung colonization caused by Pseudomonas aeruginosa in piglets - Perspectives of application in the CFTR-deficient piglets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire C. Chevaleyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El Mostafa Berri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Cognie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Venturi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. Colloque des Jeunes Chercheurs en mucoviscidose</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Vaincre la Mucoviscidose. Paris., Feb 2013, Paris, France. 18 diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02809976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Plate-forme d'infectiologie expérimentale du centre INRA de Tours : une animalerie protégée pour &amp;quot;Modèles animaux en infectiologie&amp;quot; de dimension européenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sarradin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Schwartz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire du LDRI Louvain Drug Research Institue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Catholique de Louvain (UCLouvain). Bruxelles, BEL., Apr 2012, Bruxelles, Belgique. 33 diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02811497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental infection of cattle with Epizootic Haemorrhagic Disease virus serotype 6 strain from la Réunion Island</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphan Zientara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Sailleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Viarouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27. World Buiatrics Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, World Association for Buiatrics (WAB). HUN., Jun 2012, Lisbonne, Portugal. 21 diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02808867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact du cholestérol sur la résistance aux antiparasitaires par mécanisme d'efflux chez les trichostrongles des petits ruminants</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">La plate-forme d'infectiologie expérimentale du centre Inra de Tours : une animalerie protégée &amp;quot;gros animaux&amp;quot; de dimension européenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Schwartz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Séminaire du Consortium Anti-Parasitaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jan 2011, Annecy, France. 14 p</w:t>
+              <w:t xml:space="preserve">, Jan 2011, Annecy, France. 21 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId453" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02804165v1</w:t>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02805540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La plate-forme d'infectiologie du centre INRA de Tours : une animalerie protégée pour modèles animaux en infectiologie à dimension européenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Schwartz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31° Réunion interdisciplinaire de chimiothérapie anti-infectieuse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02750397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La plate-forme d'infectiologie expérimentale du centre Inra de Tours : une animalerie protégée &amp;quot;gros animaux&amp;quot; de dimension européenne</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Impact du cholestérol sur la résistance aux antiparasitaires par mécanisme d'efflux chez les trichostrongles des petits ruminants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId448" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Schwartz</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Guégnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Koch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Vern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Séminaire du Consortium Anti-Parasitaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jan 2011, Annecy, France. 21 p</w:t>
+              <w:t xml:space="preserve">, Jan 2011, Annecy, France. 14 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId455" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02805540v1</w:t>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02804165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La plateforme d'infectiologie du centre INRA de Tours : une animalerie protégée pour &amp;quot;modèles animaux en infectiologie&amp;quot; à dimension européenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Schwartz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Conjoint Société Française de Mycologie Médicale, Société Française de Parasitologie, Groupement des Protistologues de Langue Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Strasbourg, France. p.106</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02811387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gene transfer strategy to promote axonal regeneration in the injured spinal cord : towards clinical application</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Desclaux</w:t>
+                <w:t xml:space="preserve">Endo/exophagy and circadian rhythm of Culicoides biting midges (Diptera: Ceratopogonidae), vectors of bluetongue virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elvina Viennet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Garros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignace Rakotoarivony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Allene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Chan Seng</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">A. Do Thi</w:t>
+                <w:t xml:space="preserve">L. Gardes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19. Annual ESGCT and BSGT Collaborative Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, Brighton, United Kingdom</w:t>
+              <w:t xml:space="preserve">1. International Congress on One Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2011, Melbourne, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId457" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02748836v1</w:t>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02746108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endo/exophagy and circadian rhythm of Culicoides biting midges (Diptera: Ceratopogonidae), vectors of bluetongue virus</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Xavier Allene</w:t>
+                <w:t xml:space="preserve">Gene transfer strategy to promote axonal regeneration in the injured spinal cord : towards clinical application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.J. Lecomte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Desclaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Gardes</w:t>
+                <w:t xml:space="preserve">E. Chan Seng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Lonjon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Do Thi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. International Congress on One Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2011, Melbourne, Australia</w:t>
+              <w:t xml:space="preserve">19. Annual ESGCT and BSGT Collaborative Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Brighton, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02746108v1</w:t>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02748836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pompes d'efflux et résistance aux xénobiotiques chez les nématodes parasites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Guégnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Vern</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’Animation Scientifique du Département Santé Animale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Port d'Albret, France. pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02822158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changes in P-glycoprotein activities associated with drug resistance in nematodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Guégnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Vern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ATP-Binding Cassette (ABC) Proteins: From multidrug resistance to genetic diseases. 2nd FEBS Special Meeting .</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Innsbruck, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02751801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implication des P-glycoproteines et des microdomaines lipidiques dans la résistance aux antiparasitaires</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId468" w:history="1">
+                <w:t xml:space="preserve">Effets des lipides sur le transport actif des xénobiotiques chez les nématodes parasites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Koch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Guégnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Vern</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christine Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum de l'Ecole Doctorale - Santé, Sciences, Technologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Tours, France. pp.Inconnu</w:t>
+              <w:t xml:space="preserve">20e Colloque Biotechnocentre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Seillac, France. pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId467" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02814938v1</w:t>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02816237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets des lipides sur le transport actif des xénobiotiques chez les nématodes parasites</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId468" w:history="1">
+                <w:t xml:space="preserve">Implication des P-glycoproteines et des microdomaines lipidiques dans la résistance aux antiparasitaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Guégnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Vern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Koch</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yves Le Vern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20e Colloque Biotechnocentre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Seillac, France. pp.Inconnu</w:t>
+              <w:t xml:space="preserve">Forum de l'Ecole Doctorale - Santé, Sciences, Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Tours, France. pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId469" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02816237v1</w:t>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02814938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of membrane environment in the P-glycoprotein activity of parasitic nematodes Relationships with anthelmintic resistance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Guégnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Vern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Fassot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COST Action B16: European Conference on the reversal of multidrug resistance from bacteria to cancer cells and parasites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2006, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02750615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un ABC transporteur - glycoprotéine-P - colocalise avec des microdomaines lipidiques chez un nématode parasite, Session 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Guégnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Vern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th Meeting Franco-Belge : ABC Transporteurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2006, Paris, France. 1p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02817710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relation entre la composition lipidique et la résistance aux anthelminthiques due aux P-glycoprotéines chez Haemonchus contortus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Guégnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Vern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Fassot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion de la Société Française de Parasitologie en partenariat avec les 7es Journées Nationales d'Infectiologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2006, Bordeaux, France. pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02812502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôle des lipides membranaires dans la résistance des parasites aux anthelminthiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Fassot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Guégnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Vern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Animation Scientifique de l'IFR 136 - Agents transmissibles et infectiologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2006, Tours, France. pp.Inconnu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02813272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de l'activité des P-glycoprotéines chez un nématode parasite, role dans la chimiorésistance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Guégnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Kock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Vern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès ABC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2005, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02759834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P-glycoproteins in nematodes: detection, activity and role in the resistance to anthelmintics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Guégnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Vern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Koch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COST Action B 16</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2004, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02758919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Localization of P-glycoproteins in free-living and parasitic stages of a nematode: Haemonchus contortus resistant isolate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Guégnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Delaleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2004, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02761608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Localisation des P-glycoproteines dans les différentes enveloppes du nématode Haemonchus contortus</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
+                <w:t xml:space="preserve">Mechanisms of anthelmintic transport in parasitic nematodes, regulation by cholesterol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Guégnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Vern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum de l'Ecole Doctorale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2004, Tours, France</w:t>
+              <w:t xml:space="preserve">Nematode Parasites Symposium: Genetic diversity, virulence genes, diagnosis and control methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2004, Maisons-Alfort, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId479" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02763351v1</w:t>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02759893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanisms of anthelmintic transport in parasitic nematodes, regulation by cholesterol</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
+                <w:t xml:space="preserve">Localisation des P-glycoproteines dans les différentes enveloppes du nématode Haemonchus contortus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Delaleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Koch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Guégnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nematode Parasites Symposium: Genetic diversity, virulence genes, diagnosis and control methods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2004, Maisons-Alfort, France</w:t>
+              <w:t xml:space="preserve">Forum de l'Ecole Doctorale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2004, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId480" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02759893v1</w:t>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02763351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation of P-glycoprotein activities related to the alterations of membrane environment in parasitic nematodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Guégnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Vern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Grasseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. European Multicolloquium of Parasitology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2004, Valence, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02759020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulation par le cholesterol de la fluidité membranaire : influence sur l'activité des P-glycoprotéines chez Haemonchus contortus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Guégnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. Colloque Biotechnocentre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2003, Seillac, France. pp.51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02832359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de la teneur en cholesterol des oeufs d'Haemonchus contortus sur la modulation de l'activité des P-glycoprotéines par leur environnement membranaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum de l'Ecole Doctorale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2003, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02758948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulation par le cholestérol de l'activité des P-glycoproteines chez les nématodes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
+                <w:t xml:space="preserve">Effects of cholesterol in the indirect modulation of resistance of Haemonchus contortus eggs to anthelmintics: example with thiabendazole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. Colloque Biotechnocentre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2002, Seillac, France</w:t>
+              <w:t xml:space="preserve">6. Annual Meeting on Health, Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2002, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId484" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02760831v1</w:t>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02761704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of cholesterol in the indirect modulation of resistance of Haemonchus contortus eggs to anthelmintics: example with thiabendazole</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
+                <w:t xml:space="preserve">Modulation par le cholestérol de l'activité des P-glycoproteines chez les nématodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Guégnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Vern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Kerboeuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. Annual Meeting on Health, Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2002, Tours, France</w:t>
+              <w:t xml:space="preserve">15. Colloque Biotechnocentre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2002, Seillac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId485" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02761704v1</w:t>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02760831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article de blog scientifique (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un kit novateur de diagnostic des toxoplasmoses animales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Le Rouzic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Dimier-Poisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02788078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment lutter contre les parasites et les champignons en santé humaine et animale ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Duchet Suchaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Silvestre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016, 3 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId490" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02795536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coup de projecteur sur les vers parasites à Tours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Duchet Suchaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016, 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02791967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -20753,147 +21021,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expérimentation visant à comparer le niveau d’innocuité du vaccin Rev.1 conjonctival chez le bouquetin des Alpes (&amp;lt;em&amp;gt;Capra ibex&amp;lt;/em&amp;gt;) et la chèvre domestique (&amp;lt;em&amp;gt;Capra hircus&amp;lt;/em&amp;gt;)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Ponsart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Locatelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Fadeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Jay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] 2017, 55 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02787530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -20903,124 +21171,124 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A la croisée des mondes !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Silvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Pisciotta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. Journées du Consortium antiParasitaire et antiFongique : CaPF-2016 " A la croisée des Mondes !"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Tours, France. , 49 p., 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02797653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -21030,114 +21298,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roles et régulation des P-glycoprotéines de membrane impliquées dans les mécanismes de résistance multiple des nématodes parasites des petits ruminants aux anthelminthiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Riou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université François Rabelais (Tours), 2005. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02828141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId498"/>
+      <w:footerReference w:type="default" r:id="rId500"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -21284,51 +21552,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05046705v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Lakhrif" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Poup&#233;e-Beaug&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Boursin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ducournau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Lantier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41541-025-01123-y" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05205727v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorna Agap&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Menanteau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Kempf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeline Morinet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Nicolas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-025-01589-7" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298273v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Petermann" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Garcia" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Guegnard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Grisez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jouffroy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-025-01622-9" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140895v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Moir&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Cauty" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Rossignol" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Beaug&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia M&#233;rat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-06849-2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04617675v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Creach" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Brunet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Concordet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pajusco" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Riou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol94-art23" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04820346v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Briant" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Ruet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2024.37.3.7928" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04720133v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Malsa" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Reigner" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gesbert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gu&#233;gnard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jevs.2024.105197" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04486205v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aria Aminzadeh" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luuk Hilgers" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Paul Platenburg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Perrot" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2024.01.076" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04847543v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Schouler" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boulesteix" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mbo3.70002" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04175595v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Freddi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Acacia Ferreira Vicente" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Petit" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;line Ribeiro" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Game" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11081976" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04205854v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Faurie" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Girault" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lavillatte" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psj.2023.102967" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332121v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Le&#243;n-Janampa" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Caballero-Posadas" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Darrouzain" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Moreau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HC9.0000000000000274" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798632v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chopin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bosson" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinya Iikawa" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Picot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Bienvenu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2022.114735" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03258174v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel L&#243;pez-G&#225;lvez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fleurot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Chamero" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Trapp" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Michel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1165/rcmb.2021-0125OC" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03213304v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kris de Clercq" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leen Vandaele" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tine Vanbinst" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isra Deblauwe" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v13040652" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03228074v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guillon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeoffrey Pardessus" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume L&#8217;hostis" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Fevre" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bph.15526" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03284457v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Salle" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cortet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Koch" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Malsa" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-93468-2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622805v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Riou" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Vern" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Grasseau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2019079" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03149508v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Beauge" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02080870v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Caballero" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Hacquin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chevaleyre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omtn.2019.02.016" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388531v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ponsart" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Locatelli" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jacques" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fadeau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-019-0717-0" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620618v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Bernelin-Cottet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Urien" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Fretaud" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Langevin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Trus" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v11060576" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628210v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gunia" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lantier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Balmisse" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Guitton" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Helloin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624214v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Rainard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gitton" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chaumeil" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fassier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Huau" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-018-0564-4" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625557v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Clark" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Ballan" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Meynadier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2018.00272" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620515v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Garin-Bastuji" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640968v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Laloy" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Br&#233;ard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pozzi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2017.10.011" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1GMFXKXH-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437131v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Brea" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Vandebrouck" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0168577" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281258v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Avrain" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Carbonnelle" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid El Garch" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Pirnay" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2015.11.004" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D9QZVFMG-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03904522v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Laloy" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Riou" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Belbis" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Br&#233;ard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12917-015-0516-4" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129879v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Leroux-Barc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pezant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmr.2014.04.064" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638674v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenna Anderson" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Hagglund" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Breard" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siamak Zohari" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2014.09.066" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645366v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Belbis" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Viarouge" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Desprat" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rvsc.2013.06.026" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QZ5ZLGHV-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644406v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Wernike" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Hoffmann" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anette B&#248;tner" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2013.06.030" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DWB1S9FQ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645046v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvina Viennet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Garros" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignace Rakotoarivony" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Allene" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Gardes." TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0048120" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651147v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Ouberai" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bussi&#232;re" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alsteens" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2011.01.014" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636739v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mar&#233;chal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Kerboeuf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Beugnet" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chaminade" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pt.2011.07.002" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BVJT3MJP-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650457v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660857v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Neveu" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Issouf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00526380v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Baussanne" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Somnath Halder" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Ganem-Elbaz" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm900615h" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551104v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Christid&#232;s" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10886-010-9765-7" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-58JBNDWH-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663103v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Py Sizaret" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/O09-126" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640446v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narcisa Mesaros" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2010.08.005" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657232v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661353v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136827v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Blesbois" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-006-0455-x" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654746v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/187152106778520442" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677154v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Delaleu" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Berthon" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-005-1345-3" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-TW97G0V5-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669461v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672629v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677069v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Le Guillou" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Le Meur" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bourdon" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Loison" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694818v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Renier" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Mattman" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Fialaire" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05533478v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Travel" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette F. Ducatez" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05533687v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sedano" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dub&#233;s" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cazeaux" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana El Husseiny" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie La Carbona" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04954314v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astr&#233;e Monnot" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Mentheour" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Kasal-Hoc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04954251v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04905619v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04171718v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faruk Akay" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04226077v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dozias" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Charrier" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03729546v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03908297v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03845540v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Brouard" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Simon" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03735811v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume L'Hostis" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03729513v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gauthier" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Deslis" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03389758v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03477033v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03477900v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chapey" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pinard" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Legu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03388900v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Le&#243;n Janampa" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gatault" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03385257v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Pajusco" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Travel" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette F Ducatez" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03390115v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03385108v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Voisin" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735758v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Guionni&#232;re" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorine Branger" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736616v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lortscher" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sybille Brochard" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735716v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737681v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dimier-Poisson" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Valarcher" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Schwartz-Cornil" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737320v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785306v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Francois Valarcher" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738256v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Ja&#255;" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733634v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734572v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737674v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleurd&#232;s Berson" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cochard" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Epardaud" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604763v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mach" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602722v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dany" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Vidament" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Yvon" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barri&#232;re" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798339v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vana&#239;que Guillory" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Chahnamian" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743748v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795088v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha M. Berri" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Barc" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire C. Chevaleyre" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798139v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Mostafa Berri" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741841v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123032v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cordonnier-Lefort" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801096v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738782v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187505v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803866v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cognie" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Venturi" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810478v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809970v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ouberai" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. El Garch" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bussiere" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Alsteens" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815412v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Garnier" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811968v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823210v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828416v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05306629v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanaique Guillory" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170278v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Gay" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grenouillet" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Karadjian" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Desoubeaux" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05533640v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Escot Bocanegra" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Lasneau" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04953980v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04951160v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04952605v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04225874v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03908226v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845353v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03771907v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735443v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Marlet" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03508584v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bed&#8217;hom" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Helies" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03476965v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03508609v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03154515v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736599v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Melo" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Olivier" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736041v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787431v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787432v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02389204v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Medebielle" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chopin N." TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinya Likawa" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Picot S." TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lavoignat" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737512v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice F M&#233;debielle" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bosson" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735802v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735131v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jay" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784984v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738114v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784944v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735644v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dubar" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787527v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603213v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice de Boyer Des Roches" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Prouillac" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799211v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleksandr S. Kanishchev" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742433v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice M&#233;debielle" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Bernard Paultre" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Joseph" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793498v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02379237v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bienvenu A.-L." TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743599v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801266v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sarradin" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Crochet" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Delaunay" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795102v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bernard" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799967v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Soler Vasco" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793962v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795073v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795076v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799765v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748119v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809976v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811497v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Schwartz" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808867v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Zientara" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sailleau" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Moreau" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804165v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750397v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805540v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811387v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748836v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Lecomte" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Desclaux" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chan Seng" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lonjon" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Do Thi" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746108v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gardes" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822158v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751801v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814938v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Garnier" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816237v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750615v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fassot" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817710v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812502v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813272v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759834v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kock" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758919v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761608v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763351v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759893v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759020v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832359v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758948v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760831v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761704v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788078v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Le Rouzic" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795536v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Duchet Suchaux" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Silvestre" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791967v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Blanchard" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787530v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797653v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pisciotta" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02828141v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05205727v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorna Agap&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Menanteau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Kempf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeline Morinet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Nicolas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-025-01589-7" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05046705v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Lakhrif" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Poup&#233;e-Beaug&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Boursin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ducournau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Lantier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41541-025-01123-y" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298273v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Petermann" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Garcia" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Guegnard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Grisez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jouffroy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-025-01622-9" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557640v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140895v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Moir&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Cauty" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Rossignol" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Beaug&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia M&#233;rat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-06849-2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04617675v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Creach" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Brunet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Concordet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pajusco" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Riou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol94-art23" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04820346v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Briant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Ruet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2024.37.3.7928" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04720133v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Malsa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Reigner" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gesbert" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gu&#233;gnard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jevs.2024.105197" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04486205v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aria Aminzadeh" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luuk Hilgers" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Paul Platenburg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Perrot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2024.01.076" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04847543v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Schouler" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boulesteix" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mbo3.70002" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04175595v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Freddi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Acacia Ferreira Vicente" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Petit" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;line Ribeiro" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Game" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11081976" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04205854v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Faurie" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Girault" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lavillatte" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psj.2023.102967" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05545084v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Le&#243;n-Janampa" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Caballero-Posadas" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Darrouzain" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Moreau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HC9.0000000000000274" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332121v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798632v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chopin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bosson" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinya Iikawa" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Picot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Bienvenu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2022.114735" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03213304v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kris de Clercq" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leen Vandaele" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tine Vanbinst" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isra Deblauwe" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v13040652" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03258174v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel L&#243;pez-G&#225;lvez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fleurot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Chamero" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha Trapp" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Michel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1165/rcmb.2021-0125OC" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03228074v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guillon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeoffrey Pardessus" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume L&#8217;hostis" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Fevre" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bph.15526" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03284457v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Salle" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cortet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Koch" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Malsa" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-93468-2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03149508v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Beauge" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Riou" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622805v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Vern" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Grasseau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2019079" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02080870v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Caballero" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Hacquin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chevaleyre" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omtn.2019.02.016" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388531v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ponsart" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Locatelli" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jacques" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fadeau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-019-0717-0" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620618v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Bernelin-Cottet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Urien" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Fretaud" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Langevin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Trus" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v11060576" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628210v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gunia" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lantier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Balmisse" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Guitton" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Helloin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624214v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Rainard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gitton" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chaumeil" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fassier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Huau" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-018-0564-4" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625557v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Clark" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Ballan" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Meynadier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2018.00272" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620515v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Garin-Bastuji" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640968v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Laloy" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Br&#233;ard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pozzi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2017.10.011" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1GMFXKXH-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437131v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Brea" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Vandebrouck" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0168577" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281258v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Avrain" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Carbonnelle" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid El Garch" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Pirnay" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2015.11.004" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D9QZVFMG-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03904522v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Laloy" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Riou" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Belbis" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Br&#233;ard" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12917-015-0516-4" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638674v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenna Anderson" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Hagglund" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Breard" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siamak Zohari" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2014.09.066" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129879v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Leroux-Barc" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pezant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmr.2014.04.064" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645366v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Belbis" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Viarouge" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Desprat" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rvsc.2013.06.026" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QZ5ZLGHV-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644406v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Wernike" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Hoffmann" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anette B&#248;tner" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2013.06.030" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DWB1S9FQ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645046v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvina Viennet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Garros" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignace Rakotoarivony" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Allene" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Gardes." TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0048120" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650457v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Kerboeuf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651147v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Ouberai" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bussi&#232;re" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alsteens" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2011.01.014" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636739v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mar&#233;chal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Beugnet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chaminade" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pt.2011.07.002" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BVJT3MJP-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660857v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Neveu" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Issouf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00526380v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Baussanne" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Somnath Halder" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Ganem-Elbaz" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm900615h" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00551104v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Christid&#232;s" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10886-010-9765-7" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-58JBNDWH-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663103v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Py Sizaret" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/O09-126" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640446v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narcisa Mesaros" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2010.08.005" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657232v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661353v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00136827v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Blesbois" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-006-0455-x" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654746v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/187152106778520442" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677154v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Delaleu" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Berthon" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-005-1345-3" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-TW97G0V5-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669461v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672629v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677069v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Le Guillou" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Le Meur" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bourdon" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Loison" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694818v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Renier" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Mattman" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Fialaire" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05306629v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanaique Guillory" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Deslis" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05533478v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Travel" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette F. Ducatez" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05533687v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sedano" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dub&#233;s" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cazeaux" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana El Husseiny" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie La Carbona" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04954314v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astr&#233;e Monnot" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Mentheour" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Kasal-Hoc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04954251v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04905619v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04171718v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faruk Akay" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04226077v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dozias" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Charrier" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03729546v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03845540v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Brouard" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Simon" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03908297v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03735811v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume L'Hostis" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03729513v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gauthier" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03389758v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03477033v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03477900v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chapey" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pinard" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Legu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03388900v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Le&#243;n Janampa" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gatault" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03390115v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette F Ducatez" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03385257v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Pajusco" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Travel" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03385108v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Voisin" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735758v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Guionni&#232;re" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorine Branger" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735716v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736616v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lortscher" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sybille Brochard" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737681v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dimier-Poisson" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Valarcher" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Schwartz-Cornil" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737320v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785306v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Francois Valarcher" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738256v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Ja&#255;" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733634v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734572v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737674v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleurd&#232;s Berson" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cochard" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Epardaud" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604763v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mach" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602722v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dany" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Vidament" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Yvon" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barri&#232;re" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798339v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vana&#239;que Guillory" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Chahnamian" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743748v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795088v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha M. Berri" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Barc" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire C. Chevaleyre" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798139v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Mostafa Berri" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741841v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123032v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Cordonnier-Lefort" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801096v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738782v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187505v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803866v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cognie" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Venturi" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810478v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809970v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ouberai" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. El Garch" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bussiere" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Alsteens" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815412v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Garnier" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811968v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823210v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828416v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170278v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Gay" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grenouillet" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Karadjian" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Desoubeaux" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05533640v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Escot Bocanegra" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Lasneau" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04953980v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04951160v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04952605v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04225874v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03908226v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845353v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03771907v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735443v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Marlet" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03508584v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bed&#8217;hom" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Helies" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03476965v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03508609v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03154515v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736599v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Melo" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Olivier" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736041v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787431v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787432v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02389204v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Medebielle" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chopin N." TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinya Likawa" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Picot S." TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lavoignat" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737512v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice F M&#233;debielle" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bosson" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735802v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735131v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jay" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784984v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784944v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738114v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735644v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dubar" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787527v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603213v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice de Boyer Des Roches" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Prouillac" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799211v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleksandr S. Kanishchev" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793498v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742433v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice M&#233;debielle" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Bernard Paultre" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Joseph" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02379237v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bienvenu A.-L." TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743599v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801266v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sarradin" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Crochet" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Delaunay" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795102v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bernard" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799967v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Soler Vasco" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795076v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795073v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793962v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799765v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748119v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809976v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811497v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Schwartz" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808867v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Zientara" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sailleau" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Moreau" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805540v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750397v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804165v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811387v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746108v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gardes" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748836v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Lecomte" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Desclaux" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chan Seng" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lonjon" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Do Thi" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822158v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751801v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816237v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Garnier" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814938v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750615v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fassot" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817710v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812502v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813272v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759834v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kock" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758919v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761608v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759893v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763351v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759020v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832359v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758948v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761704v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760831v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788078v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Le Rouzic" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795536v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Duchet Suchaux" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Silvestre" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791967v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Blanchard" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787530v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797653v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pisciotta" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02828141v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>