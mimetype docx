--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -310,291 +310,291 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Analysis of Human and Large Language Model Performance in Pharmacology Multiple-Choice Questions</w:t>
+                <w:t xml:space="preserve">An Empirical Analysis of Discrete Unit Representations in Speech Language Modeling Pre-training</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ricardo Rodriguez</w:t>
+                <w:t xml:space="preserve">Yanis Labrak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Huet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mickael Rouvier</w:t>
+                <w:t xml:space="preserve">Richard Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Rouvier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th Recent Advances in Natural Language Processing Conference (RANLP 2025)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.26615/978-954-452-098-4-117⟩</w:t>
+              <w:t xml:space="preserve">International Conference on Text, Speech, and Dialogue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Kamil Ekštein; Miloslav Konopík; Ondřej Pražák; František Pártl, Aug 2025, Erlangen, Germany. pp.13-24, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-032-02548-7_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05377384v1</w:t>
+                <w:t xml:space="preserve">hal-05225350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Empirical Analysis of Discrete Unit Representations in Speech Language Modeling Pre-training</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparative Analysis of Human and Large Language Model Performance in Pharmacology Multiple-Choice Questions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yanis Labrak</w:t>
+                <w:t xml:space="preserve">Benoît Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Dufour</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Rouvier</w:t>
+                <w:t xml:space="preserve">Mickael Rouvier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Text, Speech, and Dialogue</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Kamil Ekštein; Miloslav Konopík; Ondřej Pražák; František Pártl, Aug 2025, Erlangen, Germany. pp.13-24, </w:t>
+              <w:t xml:space="preserve">15th Recent Advances in Natural Language Processing Conference (RANLP 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Varna, Bulgaria. pp.1022--1029, </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-032-02548-7_2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.26615/978-954-452-098-4-117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05225350v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05377384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude comparative de réponses humaines et de grands modèles de langue à des QCM en pharmacie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ricardo Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -684,51 +684,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Wottawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 31st International Conference on Computational Linguistics (COLING 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Abu Dhabi, United Arab Emirates. pp.5094-5101</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -747,1370 +747,1370 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04838211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Important Is Tokenization in French Medical Masked Language Models?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">BioMistral: A Collection of Open-Source Pretrained Large Language Models for Medical Domains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Labrak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Bazoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Daille</w:t>
+                <w:t xml:space="preserve">Emmanuel Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre‐antoine Gourraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourteenth Language Resources and Evaluation Conference (LREC-COLING 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nicoletta Calzolari; Min-Yen Kan, May 2024, Torino, Italy</w:t>
+              <w:t xml:space="preserve">62th Annual Meeting of the Association for Computational Linguistics (ACL'24)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Bangkok, Thailand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04472399v2</w:t>
+                <w:t xml:space="preserve">hal-04621178v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Zero-shot and Few-shot Study of Instruction-Finetuned Large Language Models Applied to Clinical and Biomedical Tasks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tâches et systèmes de sélection automatique de réponses à des QCM dans le domaine médical : Présentation de la campagne DEFT 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Bazoge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Labrak Yanis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yanis Labrak</w:t>
+                <w:t xml:space="preserve">Benoît Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Rouvier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Richard Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourteenth Language Resources and Evaluation Conference (LREC-COLING 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nicoletta Calzolari; Min-Yen Kan, May 2024, Torino, Italy</w:t>
+              <w:t xml:space="preserve">35èmes Journées d'Études sur la Parole (JEP 2024) 31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024) 26ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.1-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04470883v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04635890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DrBenchmark: A Large Language Understanding Evaluation Benchmark for French Biomedical Domain</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Oumaima El Khettari</w:t>
+                <w:t xml:space="preserve">Un paradigme pour l'interprétation des métriques et pour mesurer la gravité des erreurs de reconnaissance automatique de la parole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Bañeras-Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jane Wottawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourteenth Language Resources and Evaluation Conference (LREC-COLING 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nicoletta Calzolari; Min-Yen Kan, May 2024, Torino, Italy</w:t>
+              <w:t xml:space="preserve">35èmes Journées d'Études sur la Parole (JEP 2024) 31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024) 26ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.191-199</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04470938v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04623072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comprehensive Analysis of Tokenization and Self-Supervised Learning in End-to-End Automatic Speech Recognition Applied on French Language</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">DrBenchmark: A Large Language Understanding Evaluation Benchmark for French Biomedical Domain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanis Labrak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Bazoge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oumaima El Khettari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Rouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pacôme Constant Dit Beaufils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 32nd European Signal Processing Conference (EUSIPCO)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fourteenth Language Resources and Evaluation Conference (LREC-COLING 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nicoletta Calzolari; Min-Yen Kan, May 2024, Torino, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05536628v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04470938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un paradigme pour l'interprétation des métriques et pour mesurer la gravité des erreurs de reconnaissance automatique de la parole</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thibault Bañeras-Roux</w:t>
+                <w:t xml:space="preserve">A Zero-shot and Few-shot Study of Instruction-Finetuned Large Language Models Applied to Clinical and Biomedical Tasks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanis Labrak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35èmes Journées d'Études sur la Parole (JEP 2024) 31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024) 26ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.191-199</w:t>
+              <w:t xml:space="preserve">Fourteenth Language Resources and Evaluation Conference (LREC-COLING 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nicoletta Calzolari; Min-Yen Kan, May 2024, Torino, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04623072v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04470883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comprehensive Analysis of Tokenization and Self-Supervised Learning in End-to-End Automatic Speech Recognition applied on French Language</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">A Comprehensive Analysis of Tokenization and Self-Supervised Learning in End-to-End Automatic Speech Recognition Applied on French Language</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Bañeras-Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Wottawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32th European Signal Processing Conference (EUSIPCO)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2024 32nd European Signal Processing Conference (EUSIPCO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Lyon, France. pp.141-145, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/eusipco63174.2024.10715397⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04584931v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05536628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Paradigm for Interpreting Metrics and Measuring Error Severity in Automatic Speech Recognition</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">How Important Is Tokenization in French Medical Masked Language Models?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanis Labrak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Bazoge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Daille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Rouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Text, Speech and Dialogue</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, Brno, Czech Republic</w:t>
+              <w:t xml:space="preserve">Fourteenth Language Resources and Evaluation Conference (LREC-COLING 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nicoletta Calzolari; Min-Yen Kan, May 2024, Torino, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04615039v2</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04472399v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zero-Shot End-To-End Spoken Question Answering In Medical Domain</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Adel Moumen</w:t>
+                <w:t xml:space="preserve">A Comprehensive Analysis of Tokenization and Self-Supervised Learning in End-to-End Automatic Speech Recognition applied on French Language</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Bañeras-Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mickael Rouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jane Wottawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Richard Dufour</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Rouvier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Kos Island, Greece</w:t>
+              <w:t xml:space="preserve">32th European Signal Processing Conference (EUSIPCO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04684874v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04584931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tâches et systèmes de sélection automatique de réponses à des QCM dans le domaine médical : Présentation de la campagne DEFT 2024</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Labrak Yanis</w:t>
+                <w:t xml:space="preserve">A Paradigm for Interpreting Metrics and Measuring Error Severity in Automatic Speech Recognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Bañeras-Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mickael Rouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jane Wottawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Richard Dufour</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Rouvier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35èmes Journées d'Études sur la Parole (JEP 2024) 31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024) 26ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.1-10</w:t>
+              <w:t xml:space="preserve">Text, Speech and Dialogue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Brno, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04635890v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04615039v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BioMistral: A Collection of Open-Source Pretrained Large Language Models for Medical Domains</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Zero-Shot End-To-End Spoken Question Answering In Medical Domain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Labrak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre‐antoine Gourraud</w:t>
+                <w:t xml:space="preserve">Adel Moumen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Rouvier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">62th Annual Meeting of the Association for Computational Linguistics (ACL'24)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Bangkok, Thailand</w:t>
+              <w:t xml:space="preserve">Interspeech 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Kos Island, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04621178v2</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04684874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DrBERT: A Robust Pre-trained Model in French for Biomedical and Clinical domains</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Tâches et systèmes de détection automatique des réponses correctes dans des QCMs liés au domaine médical : Présentation de la campagne DEFT 2023</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Labrak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Bazoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Daille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">61th Annual Meeting of the Association for Computational Linguistics (ACL'23)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Toronto, Canada</w:t>
+              <w:t xml:space="preserve">18e Conférence en Recherche d'Information et Applications -- 16e Rencontres Jeunes Chercheurs en RI -- 30e Conférence sur le Traitement Automatique des Langues Naturelles -- 25e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Paris, France. pp.57-67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04056658v1</w:t>
+                <w:t xml:space="preserve">hal-04131586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DrBERT: Un modèle robuste pré-entraîné en français pour les domaines biomédical et clinique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Labrak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Bazoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Dufour</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mickael Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18e Conférence en Recherche d'Information et Applications -- 16e Rencontres Jeunes Chercheurs en RI -- 30e Conférence sur le Traitement Automatique des Langues Naturelles -- 25e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Paris, France. pp.109-120</w:t>
@@ -2139,103 +2139,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HATS: An Open data set Integrating Human Perception Applied to the Evaluation of Automatic Speech Recognition Metrics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Bañeras-Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Wottawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teva Merlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Text, Speech and Dialogue 2023 - Interspeech Satellite</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Faculty of Applied Sciences University of West Bohemia Plzeň (Pilsen); NTIS P2 Research Center University of West Bohemia Plzeň (Pilsen); Faculty of Informatics Masaryk University Brno, Sep 2023, Plzeň (Pilsen), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2254,234 +2254,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04125590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tâches et systèmes de détection automatique des réponses correctes dans des QCMs liés au domaine médical : Présentation de la campagne DEFT 2023</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">DrBERT: A Robust Pre-trained Model in French for Biomedical and Clinical domains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Labrak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Bazoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Rouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18e Conférence en Recherche d'Information et Applications -- 16e Rencontres Jeunes Chercheurs en RI -- 30e Conférence sur le Traitement Automatique des Langues Naturelles -- 25e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Paris, France. pp.57-67</w:t>
+              <w:t xml:space="preserve">61th Annual Meeting of the Association for Computational Linguistics (ACL'23)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Toronto, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04131586v1</w:t>
+                <w:t xml:space="preserve">hal-04056658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HATS : Un jeu de données intégrant la perception humaine appliquée à l'évaluation des métriques de transcription de la parole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Bañeras-Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Wottawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teva Merlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18e Conférence en Recherche d'Information et Applications -- 16e Rencontres Jeunes Chercheurs en RI -- 30e Conférence sur le Traitement Automatique des Langues Naturelles -- 25e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Paris, France. pp.10-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2506,77 +2506,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MORFITT : A multi-label corpus of French scientific articles in the biomedical domain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Labrak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30e Conférence sur le Traitement Automatique des Langues Naturelles (TALN) Atelier sur l'Analyse et la Recherche de Textes Scientifiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Florian Boudin, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2614,77 +2614,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesures linguistiques automatiques pour l'évaluation des systèmes de Reconnaissance Automatique de la Parole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Bañeras Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Wottawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2722,77 +2722,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualitative Evaluation of Language Model Rescoring in Automatic Speech Recognition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Bañeras Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Wottawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interspeech</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Incheon, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2817,90 +2817,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correction automatique d'examens écrits par approche neuronale profonde et attention croisée bidirectionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Labrak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Turcotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Rouvier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DEFT - Traitement Automatique des Langues Naturelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2919,282 +2919,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03694362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of speaker pre-training on character voice representation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Studying Squeeze-and-Excitation Used in CNN for Speaker Verification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Rouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathias Quillot</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Bonastre</w:t>
+                <w:t xml:space="preserve">Pierre-Michel Bousquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd International Conference on Speech and Computer (SPECOM)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2021 IEEE Automatic Speech Recognition and Understanding Workshop (ASRU)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Cartagena, Colombia. pp.1110-1115, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ASRU51503.2021.9687936⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03348578v1</w:t>
+                <w:t xml:space="preserve">hal-04155036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studying Squeeze-and-Excitation Used in CNN for Speaker Verification</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Influence of speaker pre-training on character voice representation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Quillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jarod Duret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Michel Bousquet</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Bonastre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 IEEE Automatic Speech Recognition and Understanding Workshop (ASRU)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">23rd International Conference on Speech and Computer (SPECOM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Saint Petersburg, Russia</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04155036v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03348578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation strategy and clustering from scratch for new domains in speaker recognition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Michel Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Rouvier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Speaker Odyssey 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Tokyo Institute of Technology; NEC Corporation, Nov 2020, Tokyo, Japan. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3228,64 +3228,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On robustness of unsupervised domain adaptation for speaker recognition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Michel Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Rouvier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">InterSpeech</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Graz University of Technology, Sep 2019, Graz, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3323,51 +3323,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Duration mismatch compensation using four-covariance model and deep neural network for speaker verification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Michel Bousquet Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Rouvier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">InterSpeech</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Stockholm, Sweden. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3401,51 +3401,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multimodal embedding fusion for robust speaker role recognition in video broadcast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Delecraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3531,64 +3531,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LIA @ MediaEval 2011 : Compact Representation of Heterogeneous Descriptors for Video Genre Classification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Linarès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3684,64 +3684,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Late Fusion and Multi-Level Fission Amplify Cross-Modal Transfer in Text-Speech LMs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santiago Cuervo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Moumen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Labrak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sameer Khurana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3821,103 +3821,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actes du Défi Fouille de Textes@TALN 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Bazoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Labrak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">35èmes Journées d'Études sur la Parole (JEP 2024) 31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024) 26ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ATALA &amp; AFPC, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3974,103 +3974,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FrenchMedMCQA: A French Multiple-Choice Question Answering Dataset for Medical domain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Labrak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Bazoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Daille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre‐antoine Gourraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Empirical Methods in Natural Language Processing 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Abu Dhabi, United Arab Emirates. , 2022</w:t>
@@ -4189,51 +4189,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="503DC7AD"/>
+    <w:nsid w:val="C8260F7F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4420,51 +4420,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mickael-rouvier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3541-3385" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110014v2" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laurent" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sameer Khurana" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Larcher" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Klement" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Rouvier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377384v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Rodriguez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Huet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Favre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rouvier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26615/978-954-452-098-4-117" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225350v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Labrak" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dufour" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-02548-7_2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05330606v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Favre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04838211v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tholly" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Wottawa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472399v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bazoge" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Daille" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470883v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470938v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima El Khettari" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pac&#244;me Constant Dit Beaufils" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536628v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Ba&#241;eras-Roux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/eusipco63174.2024.10715397" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623072v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584931v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615039v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684874v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Moumen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04635890v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Labrak Yanis" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621178v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Morin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;antoine Gourraud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056658v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130214v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125590v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teva Merlin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131586v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130218v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125879v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688029v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Ba&#241;eras Roux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712735v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694362v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Turcotte" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348578v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Quillot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarod Duret" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bonastre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155036v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Michel Bousquet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASRU51503.2021.9687936" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960026v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/odyssey.2020-12" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960015v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159806v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Michel Bousquet Bousquet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2017-93" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475413v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Delecraz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Bendris" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bechet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASRU.2015.7404820" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320178v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Linar&#232;s" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Est&#232;ve" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378288v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Cuervo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04635889v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913329v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mickael-rouvier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3541-3385" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110014v2" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laurent" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sameer Khurana" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Larcher" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Klement" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Rouvier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225350v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Labrak" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dufour" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-02548-7_2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377384v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Rodriguez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Huet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Favre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rouvier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26615/978-954-452-098-4-117" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05330606v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Favre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04838211v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tholly" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Wottawa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621178v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bazoge" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Morin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;antoine Gourraud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04635890v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Labrak Yanis" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623072v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Ba&#241;eras-Roux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470938v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima El Khettari" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pac&#244;me Constant Dit Beaufils" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470883v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536628v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/eusipco63174.2024.10715397" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472399v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Daille" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584931v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615039v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684874v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Moumen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131586v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130214v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125590v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teva Merlin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056658v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130218v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125879v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688029v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Ba&#241;eras Roux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712735v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694362v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Turcotte" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155036v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Michel Bousquet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASRU51503.2021.9687936" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348578v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Quillot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarod Duret" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bonastre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960026v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/odyssey.2020-12" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960015v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159806v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Michel Bousquet Bousquet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2017-93" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475413v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Delecraz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Bendris" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bechet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASRU.2015.7404820" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320178v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Linar&#232;s" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Est&#232;ve" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378288v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Cuervo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04635889v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913329v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>