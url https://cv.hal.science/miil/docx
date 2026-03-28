--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -21,51 +21,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ahmed Chaibet </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="641e6e"/>
         </w:rPr>
-        <w:t xml:space="preserve">Maitre de Conférences, ISAT, Université de Bourgogne</w:t>
+        <w:t xml:space="preserve">Maitre de Conférences, HDR, ISAT, Université  Bourgogne Europe (UBE)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2981,399 +2981,399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01576639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Speed sensor fault tolerant controller design for induction motor drive in EV</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Chadli</w:t>
+                <w:t xml:space="preserve">Intelligent energy management for hybrid fuel cell/battery system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadir Ouddah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toufik Azib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Chaibet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cherif Larouci</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurocomputing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neucom.2016.06.001⟩</w:t>
+              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 35 (5), pp.1850-1864. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/COMPEL-08-2015-0309⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04549366v1</w:t>
+                <w:t xml:space="preserve">hal-04549605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved gas turbine supervision system based on fuzzy estimation of their reliability and availability</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Kouzou Abdellah</w:t>
+                <w:t xml:space="preserve">Speed sensor fault tolerant controller design for induction motor drive in EV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Aouaouda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Chadli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Azib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherif Larouci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chaibet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Journal of Advanced Research in Science and Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neurocomputing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 214, pp.32-43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neucom.2016.06.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04552695v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04549366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intelligent energy management for hybrid fuel cell/battery system</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Toufik Azib</w:t>
+                <w:t xml:space="preserve">Improved gas turbine supervision system based on fuzzy estimation of their reliability and availability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadji Hadroug</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Hafaifa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kouzou Abdellah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chaibet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cherif Larouci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> Journal of Advanced Research in Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 3 (2), pp.313-323</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04549605v1</w:t>
+                <w:t xml:space="preserve">hal-04552695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faults detection in gas turbine using hybrid adaptive network based fuzzy inference systems</w:t>
               </w:r>
@@ -3839,64 +3839,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust fault tolerant tracking controller design for vehicle dynamics: A descriptor approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Aouaouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Chadli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toufik Azib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5168,825 +5168,795 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04567659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (46)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (47)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic and Static Obstacles Avoidance Strategies using Parallel Elliptic Limit-Cycle Approach for Autonomous Robots</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">El-Hassane Aglzim</w:t>
+                <w:t xml:space="preserve">Optimizing Autonomous Vehicle Safety and Performance: Advanced CLF-CBF Integration for Adaptive Cruise Control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Chaibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Salim Hima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Ali Kribeche</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The IEEE 11th International Conference on Control, Mechatronics and Automation (IEEE ICCMA 2023)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">23rd European Control Conference (ECC 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Thessaloniki, Greece. pp.1477--1482, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/ECC65951.2025.11186828⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04161031v1</w:t>
+                <w:t xml:space="preserve">hal-05543215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Static Obstacles Avoidance of Autonomous Mobile Robots Based on Limit Cycle Approach</w:t>
+                <w:t xml:space="preserve">Dynamic and Static Obstacles Avoidance Strategies using Parallel Elliptic Limit-Cycle Approach for Autonomous Robots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Abdallaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El-Hassane Aglzim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Kribeche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halima Ikaouassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chaibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Advanced Systems and Emergent Technologies (IEEE IC_ASET 2023)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The IEEE 11th International Conference on Control, Mechatronics and Automation (IEEE ICCMA 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Agder, Norway</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04155131v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04161031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-time and multi-layered energy management strategies for fuel cell electric vehicle overview</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mcharek Mehdi</w:t>
+                <w:t xml:space="preserve">Static Obstacles Avoidance of Autonomous Mobile Robots Based on Limit Cycle Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Abdallaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El-Hassane Aglzim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Kribeche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chaibet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halima Ikaouassen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 IEEE 95th Vehicular Technology Conference (VTC2022-Spring)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/vtc2022-spring54318.2022.9860790⟩</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Advanced Systems and Emergent Technologies (IEEE IC_ASET 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, HAMMAMET (Tunisie), Tunisia. pp.01-05, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IC_ASET58101.2023.10150527⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04509063v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04155131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remote sensing techniques to recognize road surface conditions for autonomous vehicles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Real-time and multi-layered energy management strategies for fuel cell electric vehicle overview</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matignon Matthieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azib Toufik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hongyi Zhang</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mcharek Mehdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Chaibet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sia Vision Digital</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022 IEEE 95th Vehicular Technology Conference (VTC2022-Spring)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Helsinki, Finland. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/vtc2022-spring54318.2022.9860790⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04577355v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04509063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lane Change Decision Algorithm based on Risk Prediction and Fuzzy Logic Method</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Remote sensing techniques to recognize road surface conditions for autonomous vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hongyi Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheherazade Azouigui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabia Sehab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Azib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherif Larouci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 25th International Conference on System Theory, Control and Computing (ICSTCC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Sia Vision Digital</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04446993v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04577355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fault Detection and Isolation Current Sensor of Electrical Powertrain System</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dehbia Ouamara</w:t>
+                <w:t xml:space="preserve">Lane Change Decision Algorithm based on Risk Prediction and Fuzzy Logic Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amin Mechernene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Judalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Chaibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICCAD'2020 - the 4th International Conference on Control, Automation and Diagnosis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICCAD49821.2020.9260549⟩</w:t>
+              <w:t xml:space="preserve">2021 25th International Conference on System Theory, Control and Computing (ICSTCC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Iasi, France. pp.707-713, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICSTCC52150.2021.9607228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03059410v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04446993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Risk Analysis Method for a Lane Change Maneuvers on Highways</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Mechernene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6018,1457 +5988,1474 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 International Conference on Control, Automation and Diagnosis (ICCAD)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Paris, France. pp.1-7, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICCAD49821.2020.9260515⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04447012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Automatic Fault Detection and Localization Strategy for Switched Reluctance Machine Open-Circuit Fault in EVs Applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fault Detection and Isolation Current Sensor of Electrical Powertrain System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dehbia Ouamara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Chaibet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed) Maidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yakoub Saadi</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alexandre Sava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 International Conference on Control, Automation and Diagnosis (ICCAD 2019)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/iccad46983.2019.9037933⟩</w:t>
+              <w:t xml:space="preserve">ICCAD'2020 - the 4th International Conference on Control, Automation and Diagnosis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICCAD49821.2020.9260549⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04502950v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03059410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decentralized observer-based fuzzy control for interconnected networked control systems with quantization and random packets dropout</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chedia Latrech</w:t>
+                <w:t xml:space="preserve">An Automatic Fault Detection and Localization Strategy for Switched Reluctance Machine Open-Circuit Fault in EVs Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yakoub Saadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabia Sehab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chaibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Glaser</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mousaa Boukhnifer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 IEEE International Conference on Industrial Technology (ICIT)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/icit.2018.8352165⟩</w:t>
+              <w:t xml:space="preserve">2019 International Conference on Control, Automation and Diagnosis (ICCAD 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Grenoble, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/iccad46983.2019.9037933⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04445859v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04502950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensorless control of Switched Reluctance Motor with unknown load torque for EV application using Extended Kalman Filter and second order sliding mode observer</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rabia Sehab</w:t>
+                <w:t xml:space="preserve">Decentralized observer-based fuzzy control for interconnected networked control systems with quantization and random packets dropout</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chedia Latrech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chaibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Demba Diallo</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Glaser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 IEEE International Conference on Industrial Technology (ICIT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Feb 2018, Lyon, France. pp.522-528, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Feb 2018, Lyon, France. pp.135-140, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/icit.2018.8352165⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICIT.2018.8352231⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02402543v1</w:t>
+                <w:t xml:space="preserve">hal-04445859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensorless control of switched reluctance motor for EV application using a sliding mode observer with unknown inputs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId155" w:history="1">
+                <w:t xml:space="preserve">Sensorless control of Switched Reluctance Motor with unknown load torque for EV application using Extended Kalman Filter and second order sliding mode observer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yakoub Saadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabia Sehab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chaibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mousaa Boukhnifer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 IEEE International Conference on Industrial Technology (ICIT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Feb 2018, Lyon, France. pp.516-521, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Feb 2018, Lyon, France. pp.522-528, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICIT.2018.8352231⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICIT.2018.8352230⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02402524v1</w:t>
+                <w:t xml:space="preserve">hal-02402543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Voting algorithm approach for autonomous vehicle safe driving</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Ryad Boukhari</w:t>
+                <w:t xml:space="preserve">Sensorless control of switched reluctance motor for EV application using a sliding mode observer with unknown inputs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yakoub Saadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabia Sehab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chaibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Glaser</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mousaa Boukhnifer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 IEEE International Conference on Industrial Technology (ICIT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Feb 2018, Lyon, France. pp.327-332, </w:t>
+              <w:t xml:space="preserve">, Feb 2018, Lyon, France. pp.516-521, </w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/icit.2018.8352198⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ICIT.2018.8352230⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04446575v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02402524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gas Turbine Monitoring using Fuzzy Control approaches: Comparison between Fuzzy Type 1 and 2</w:t>
+                <w:t xml:space="preserve">Voting algorithm approach for autonomous vehicle safe driving</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hakim Bagua</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Hafaifa</w:t>
+                <w:t xml:space="preserve">Mohamed Ryad Boukhari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chaibet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Glaser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 International Conference on Applied Smart Systems (ICASS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/icass.2018.8652012⟩</w:t>
+              <w:t xml:space="preserve">2018 IEEE International Conference on Industrial Technology (ICIT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Lyon, France. pp.327-332, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/icit.2018.8352198⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04446097v1</w:t>
+                <w:t xml:space="preserve">hal-04446575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative study between battery and supercapacitor hybridization with fuel cells for automotive applications</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Farid Bouchafaa</w:t>
+                <w:t xml:space="preserve">Gas Turbine Monitoring using Fuzzy Control approaches: Comparison between Fuzzy Type 1 and 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Bagua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nassim Rizoug</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Moulod Guemana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Hafaifa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Chaibet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 4th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Barcelona, Spain. pp.0833-0838, </w:t>
+              <w:t xml:space="preserve">2018 International Conference on Applied Smart Systems (ICASS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Medea, Algeria. pp.1-6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/codit.2017.8102698⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/icass.2018.8652012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04581196v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04446097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement of Gas Turbine Availability Using Reliability Modeling Based on Fuzzy System</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Comparative study between battery and supercapacitor hybridization with fuel cells for automotive applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bachir Bendjedia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Bouchafaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nassim Rizoug</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Azib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 6th International Congress on Technical Diagnostics, ICTD2016</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-62042-8_2⟩</w:t>
+              <w:t xml:space="preserve">2017 4th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Barcelona, Spain. pp.0833-0838, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/codit.2017.8102698⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04514816v1</w:t>
+                <w:t xml:space="preserve">hal-04581196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fault-Tolerant Control for Lipschitz Nonlinear Systems: Vehicle Inter-Distance Control Application</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Riad Boukhari</w:t>
+                <w:t xml:space="preserve">Improvement of Gas Turbine Availability Using Reliability Modeling Based on Fuzzy System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadji Hadroug</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Hafaifa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellah Kouzou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chaibet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Glaser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 20th World Congress of the International Federation of Automatic Control, 9-14 July 2017</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the 6th International Congress on Technical Diagnostics, ICTD2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Gliwice, Poland. pp.15 - 28, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-62042-8_2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01576634v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04514816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fault Tolerant Design for Autonomous Vehicle</w:t>
+                <w:t xml:space="preserve">Fault-Tolerant Control for Lipschitz Nonlinear Systems: Vehicle Inter-Distance Control Application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Riad Boukhari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chaibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Glaser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4 th International Conference on Control, Decision and Information Technologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Barcelone, Spain</w:t>
+              <w:t xml:space="preserve">The 20th World Congress of the International Federation of Automatic Control, 9-14 July 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01486599v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01576634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensor Fault-Tolerant Control Strategy for Autonomous Vehicle Driving</w:t>
+                <w:t xml:space="preserve">Fault Tolerant Design for Autonomous Vehicle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Riad Boukhari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Glaser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chaibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Glaser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Multi-Conference on Systems, Signals &amp; Devices (SSD) - Conference on Systems, Automation &amp; Control</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">4 th International Conference on Control, Decision and Information Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Barcelone, Spain</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01391938v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01486599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sizing and Energy Management Strategy for hybrid FC/Battery electric vehicle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bachir Bendjedia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamza Alloui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassim Rizoug</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7477,855 +7464,842 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Bouchafaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IECON 2016 - 42nd Annual Conference of the IEEE Industrial Electronics Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Florence, Italy. pp.2111-2116, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/iecon.2016.7793271⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04583614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Active fault tolerant control based on a fuzzy system applied to a turbocharger</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sensor Fault-Tolerant Control Strategy for Autonomous Vehicle Driving</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Riad Boukhari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Chaibet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Glaser</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 8th International Conference on Modelling, Identification and Control (ICMIC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">13th International Multi-Conference on Systems, Signals &amp; Devices (SSD) - Conference on Systems, Automation &amp; Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Leipzig, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.1.4025.6884⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/icmic.2016.7804175⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04584805v1</w:t>
+                <w:t xml:space="preserve">hal-01391938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical Sensor FTC Using Sub-Optimal Sliding Mode Observer for Electrical Vehicle Induction Motor Drive</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Active fault tolerant control based on a fuzzy system applied to a turbocharger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadji Hadroug</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Hafaifa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellah Kouzou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bachir Nail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouloud Guemana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 13th International Multi-Conference on Systems, Signals &amp; Devices (SSD)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE, Mar 2016, Leipzig, Germany. </w:t>
+              <w:t xml:space="preserve">2016 8th International Conference on Modelling, Identification and Control (ICMIC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Algiers, Algeria. pp.560-565, </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/SSD.2016.7473762⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/icmic.2016.7804175⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01301218v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04584805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RISE-Backsteppping feedback control for induction machine in electric vehicle applications</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jawhar Ghommam</w:t>
+                <w:t xml:space="preserve">Mechanical Sensor FTC Using Sub-Optimal Sliding Mode Observer for Electrical Vehicle Induction Motor Drive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziz Raisemeche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Chaibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Demba Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 23th Mediterranean Conference on Control and Automation (MED)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Torremolinos, Spain. pp.596-602, </w:t>
+              <w:t xml:space="preserve">2016 13th International Multi-Conference on Systems, Signals &amp; Devices (SSD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Mar 2016, Leipzig, Germany. </w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/med.2015.7158812⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/SSD.2016.7473762⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04585471v1</w:t>
+                <w:t xml:space="preserve">hal-01301218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental evaluation of second sliding modes observer and Extended Kalman Filter in a sensorless robust control of Switched Reluctance Motor for EV application</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nadir Ouddah</w:t>
+                <w:t xml:space="preserve">RISE-Backsteppping feedback control for induction machine in electric vehicle applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yosra Rkhissi-Kammoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jawhar Ghommam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nassim Loukkas</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Faisal Mnif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Azib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MED 2015 - 23rd Mediterranean Conference on Control and Automation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Torremolinos, Spain. </w:t>
+              <w:t xml:space="preserve">2015 23th Mediterranean Conference on Control and Automation (MED)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Torremolinos, Spain. pp.596-602, </w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/MED.2015.7158886⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/med.2015.7158812⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01734547v1</w:t>
+                <w:t xml:space="preserve">hal-04585471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real time fixed order robust H-infinity orientation control for 3-DOF helicopter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alaa Chabir</w:t>
+                <w:t xml:space="preserve">Experimental evaluation of second sliding modes observer and Extended Kalman Filter in a sensorless robust control of Switched Reluctance Motor for EV application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadir Ouddah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nassim Loukkas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Chaibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Monmasson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 12th International Multi-Conference on Systems, Signals &amp; Devices (SSD)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SSD.2015.7348215⟩</w:t>
+              <w:t xml:space="preserve">MED 2015 - 23rd Mediterranean Conference on Control and Automation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Torremolinos, Spain. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MED.2015.7158886⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04586588v1</w:t>
+                <w:t xml:space="preserve">hal-01734547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Passive fault tolerant control design of energy management system for electric vehicle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raouia Oubellil</w:t>
+                <w:t xml:space="preserve">Real time fixed order robust H-infinity orientation control for 3-DOF helicopter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaa Chabir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Cherif Larouci</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Bouteraa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chaibet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jawhar Ghommam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2014 IEEE 23rd International Symposium on Industrial Electronics (ISIE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Istanbul, Turkey. pp.1402-1408, </w:t>
+              <w:t xml:space="preserve">2015 12th International Multi-Conference on Systems, Signals &amp; Devices (SSD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Mahdia, Tunisia. pp.1-7, </w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/isie.2014.6864819⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/SSD.2015.7348215⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04588565v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04586588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental second order sliding mode fault tolerant control for moment gyroscope system with sensor fault</w:t>
               </w:r>
@@ -8422,1616 +8396,1642 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04588694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust controller designs of switched reluctance motor for electrical vehicle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nadir Ouddah</w:t>
+                <w:t xml:space="preserve">Passive fault tolerant control design of energy management system for electric vehicle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raouia Oubellil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Azib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherif Larouci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chaibet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Monmasson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2014 22nd Mediterranean Conference of Control and Automation (MED)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/MED.2014.6961373⟩</w:t>
+              <w:t xml:space="preserve">2014 IEEE 23rd International Symposium on Industrial Electronics (ISIE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Istanbul, Turkey. pp.1402-1408, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/isie.2014.6864819⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01736540v1</w:t>
+                <w:t xml:space="preserve">hal-04588565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observer-based fault tolerant controller design for Induction Motor drive in EV</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sabrina Aouaouda</w:t>
+                <w:t xml:space="preserve">Robust controller designs of switched reluctance motor for electrical vehicle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadir Ouddah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chaibet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Monmasson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2014 IEEE Conference on Control Applications (CCA)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2014 22nd Mediterranean Conference of Control and Automation (MED)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Palermo, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MED.2014.6961373⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/cca.2014.6981490⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04588575v1</w:t>
+                <w:t xml:space="preserve">hal-01736540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensor fault observer design for uncertain Takagi-Sugeno systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Observer-based fault tolerant controller design for Induction Motor drive in EV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Aouaouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toufik Azib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cherif Larouci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Chaibet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2014 IEEE 23rd International Symposium on Industrial Electronics (ISIE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Istanbul, Turkey. pp.236-241, </w:t>
+              <w:t xml:space="preserve">2014 IEEE Conference on Control Applications (CCA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Juan Les Antibes, France. pp.1190-1195, </w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/isie.2014.6864617⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/cca.2014.6981490⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04588494v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04588575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two control energy management schemes for electrical hybrid vehicle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nadir Ouddah</w:t>
+                <w:t xml:space="preserve">Sensor fault observer design for uncertain Takagi-Sugeno systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Aouaouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aziz Raisemche</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Bouhali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toufik Azib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cherif Larouci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 10th International Multi-Conference on Systems, Signals &amp; Devices (SSD)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ssd.2013.6564135⟩</w:t>
+              <w:t xml:space="preserve">2014 IEEE 23rd International Symposium on Industrial Electronics (ISIE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Istanbul, Turkey. pp.236-241, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/isie.2014.6864617⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04588790v1</w:t>
+                <w:t xml:space="preserve">hal-04588494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental passive fault tolerant control for gyroscope system</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Chaibet</w:t>
+                <w:t xml:space="preserve">Two control energy management schemes for electrical hybrid vehicle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadir Ouddah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziz Raisemche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toufik Azib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cherif Larouci</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 21st Mediterranean Conference on Control &amp; Automation (MED)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2013 10th International Multi-Conference on Systems, Signals &amp; Devices (SSD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2013, Hammamet, Tunisia. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ssd.2013.6564135⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/med.2013.6608716⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04588826v1</w:t>
+                <w:t xml:space="preserve">hal-04588790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Commande robuste d'un hélicoptère à trois degrés de liberté (03ddl)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental passive fault tolerant control for gyroscope system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Chaibet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Chaibet</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Azib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherif Larouci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Conference Internationale Francophone d'Automatique CIFA</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2013 21st Mediterranean Conference on Control &amp; Automation (MED)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Platanias, Greece. pp.167-172, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/med.2013.6608716⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04590055v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04588826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fuel-cell/Ultracapacitor Based Hybrid Emergency Power System for More Electric Aircraft</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cherif Larouci</w:t>
+                <w:t xml:space="preserve">Commande robuste d'un hélicoptère à trois degrés de liberté (03ddl)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chaibet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MEA 2012 - More Electric Aircraft Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, Bordeaaux, France. pp.1-5</w:t>
+              <w:t xml:space="preserve">IEEE Conference Internationale Francophone d'Automatique CIFA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04589533v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04590055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H-infinity robust control of 3-DOF helicopter</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fuel-cell/Ultracapacitor Based Hybrid Emergency Power System for More Electric Aircraft</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Azib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherif Larouci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Chaibet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cherif Larouci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2012 IEEE 9th International Multi-Conference on Systems, Signals and Devices (SSD)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">MEA 2012 - More Electric Aircraft Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Bordeaaux, France. pp.1-5</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04589439v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04589533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tele-control electrical vehicle system using wave variables</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Toufik Azib</w:t>
+                <w:t xml:space="preserve">H-infinity robust control of 3-DOF helicopter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Chaibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cherif Larouci</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2012 IEEE 9th International Multi-Conference on Systems, Signals and Devices (SSD)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2012, Chemnitz, Germany. pp.1-6, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ssd.2012.6198011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ssd.2012.6198010⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04589161v1</w:t>
+                <w:t xml:space="preserve">hal-04589439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fuzzy logic design for tele-control electrical vehicle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tele-control electrical vehicle system using wave variables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Azib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherif Larouci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Chaibet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cherif Larouci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2012 IEEE 9th International Multi-Conference on Systems, Signals and Devices (SSD)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2012, Chemnitz, Germany. pp.1-6, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ssd.2012.6198010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/SSD.2012.6198009⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04589489v1</w:t>
+                <w:t xml:space="preserve">hal-04589161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental H-infinity robust control of aerial vehicle flight</w:t>
+                <w:t xml:space="preserve">Fuzzy logic design for tele-control electrical vehicle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chaibet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Azib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cherif Larouci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th Mediterranean conference on control and automation (MED)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2012 IEEE 9th International Multi-Conference on Systems, Signals and Devices (SSD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Chemnitz, Germany. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SSD.2012.6198009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/med.2011.5982999⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04591174v1</w:t>
+                <w:t xml:space="preserve">hal-04589489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controller Design for Trajectory Tracking of Autonomous Passenger Vehicles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Glaser</w:t>
+                <w:t xml:space="preserve">Experimental H-infinity robust control of aerial vehicle flight</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chaibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benoît Vanholme</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherif Larouci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intelligent Transportation Systems Conference (ITSC 2011)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ITSC.2011.6083126⟩</w:t>
+              <w:t xml:space="preserve">19th Mediterranean conference on control and automation (MED)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Corfu, Greece. pp.242-247, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/med.2011.5982999⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00654073v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04591174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Electric Simulator of a Vehicle Transmission Chain Coupled to a Vehicle Dynamic Model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Controller Design for Trajectory Tracking of Autonomous Passenger Vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salim Hima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Glaser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chaibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">E Grunn</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Vanholme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2008 34th Annual Conference of IEEE Industrial Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5772/7095⟩</w:t>
+              <w:t xml:space="preserve">Intelligent Transportation Systems Conference (ITSC 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Washington DC, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ITSC.2011.6083126⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04593210v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00654073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">State estimation for integrated longitudinal and lateral car following control</w:t>
+                <w:t xml:space="preserve">An Electric Simulator of a Vehicle Transmission Chain Coupled to a Vehicle Dynamic Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chaibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cherif Larouci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Grunn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2009 IEEE International Conference on Control Applications (CCA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, St. Petersburg, Russia. pp.1140-1145, </w:t>
+              <w:t xml:space="preserve">2008 34th Annual Conference of IEEE Industrial Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Orlando (FL), United States. pp.1578-1583, </w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/cca.2009.5281127⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5772/7095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04592372v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04593210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fault tolerant control of piezoelectric traveling wave ultrasonic motor</w:t>
               </w:r>
@@ -10115,558 +10115,662 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04592890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Vehicle Transmission Simulator Applied to the Automated Driving</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">State estimation for integrated longitudinal and lateral car following control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Chaibet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cherif Larouci</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2009 IEEE 69th Vehicular Technology Conference Spring</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, Barcelone, Spain. pp.1-5, </w:t>
+              <w:t xml:space="preserve">2009 IEEE International Conference on Control Applications (CCA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, St. Petersburg, Russia. pp.1140-1145, </w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/vetecs.2009.5073353⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/cca.2009.5281127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04592913v1</w:t>
+                <w:t xml:space="preserve">hal-04592372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A robust speed control architecture for ultrasonic motor</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Vehicle Transmission Simulator Applied to the Automated Driving</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherif Larouci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Chaibet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cherif Larouci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IECON 2009 - 35th Annual Conference of IEEE Industrial Electronics (IECON 2009)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, Porto, Portugal. pp.1409-1414, </w:t>
+              <w:t xml:space="preserve">2009 IEEE 69th Vehicular Technology Conference Spring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Barcelone, Spain. pp.1-5, </w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/iecon.2009.5414730⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/vetecs.2009.5073353⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04592927v1</w:t>
+                <w:t xml:space="preserve">hal-04592913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling of a vehicle transmission chain simulator using a sliding mode control with a vehicle dynamic model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A robust speed control architecture for ultrasonic motor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Chaibet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cherif Larouci</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">E Grunn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2008 IEEE Vehicle Power and Propulsion Conference (VPPC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Harbin, China. pp.1-6, </w:t>
+              <w:t xml:space="preserve">IECON 2009 - 35th Annual Conference of IEEE Industrial Electronics (IECON 2009)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Porto, Portugal. pp.1409-1414, </w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/vppc.2008.4677733⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/iecon.2009.5414730⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04593164v1</w:t>
+                <w:t xml:space="preserve">hal-04592927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust Second Order Sliding mode Observer for Estimation of Vehicle States</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coupling of a vehicle transmission chain simulator using a sliding mode control with a vehicle dynamic model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherif Larouci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chaibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Said Mammar</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Grunn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mediterranean Conference on Intelligent Systems and Automation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.2952992⟩</w:t>
+              <w:t xml:space="preserve">2008 IEEE Vehicle Power and Propulsion Conference (VPPC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Harbin, China. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/vppc.2008.4677733⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00342798v1</w:t>
+                <w:t xml:space="preserve">hal-04593164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Robust Second Order Sliding mode Observer for Estimation of Vehicle States</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Chaibet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Nouveliere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salim Hima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Mammar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mediterranean Conference on Intelligent Systems and Automation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Annaba, Algeria. pp.27--32, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.2952992⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00342798v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Backstepping Control Synthesis For Both Longitudinal And Lateral Automated Low Speed Vehicle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chaibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Nouveliere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Mammar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Netto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Intelligent Vehicle Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Las Vegas, United States. pp.n.a</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00342801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10676,51 +10780,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exteroceptive Fault-tolerant Control for Autonomous and Safe Driving</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Riad Boukhari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10752,92 +10856,92 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Glaser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Automation Challenges of Socio‐technical Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chapter 5, Wiley-ISTE; 1st edition, pp.151-178, 2019, 9781119644576. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781119644576.ch5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04480110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust Shaping Indirect Field Oriented Control for Induction Motor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussa Boukhnifer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10856,84 +10960,84 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Chaibet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechatronic Systems Simulation Modeling and Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, InTech, 2010, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5772/9135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04600177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId249"/>
+      <w:footerReference w:type="default" r:id="rId251"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -11080,51 +11184,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344817v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Matignon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Mcharek" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Azib" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Chaibet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en18164340" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04154971v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dehbia Ouamara" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Boukhnifer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Maidi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29354/diag/161309" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04504942v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Abdallaoui" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Ikaouassen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Krib&#232;che" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Hassane Aglzim" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/tje2.12333" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04155000v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanan Rizk" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app13116700" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04154986v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Ceschia" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16062645" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03977489v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15041358" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493463v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Mechernene" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Judalet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22218148" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483174v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ben Rahmoune" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Hafaifa" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Kouzou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoqi Chen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2020.07.017" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271456v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadir Ouddah" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Monmasson" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13123081" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500615v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Riad Boukhari" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Glaser" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2018.08.002" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480298v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509670v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31875/2409-9694.2018.05.5" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446536v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachir Nail" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500097v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s18061893" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446315v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chedia Latrech" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s18093085" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445710v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadji Hadroug" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Batel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08839514.2018.1483114" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542175v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosra Rkhissi-Kammoun" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawhar Ghommam" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fai&#231;al Mnif" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/compel-06-2016-0261" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595526v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548850v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2016.11.099" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542224v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachir Bendjedia" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Bouchafaa" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Larouci" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-08-2016-0336" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543308v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Guemana" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abudura Salam" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40929-017-0017-8" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549324v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demba Diallo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Raisemche" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/ijdsss.2017.10011014" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01733299v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1687814017733440" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576639v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Glaser" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549366v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Aouaouda" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Chadli" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucom.2016.06.001" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552695v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouzou Abdellah" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549605v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-08-2015-0309" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552727v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552927v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guemana Mouloud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549529v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Chabir" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Bouteraa" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-06-2015-0217" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552896v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552940v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechatronics.2014.09.011" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554253v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;rif Larouci" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tee.22004" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DMPBM2R7-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565802v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4130/jaev.9.1483" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554240v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mousa Boukhnifer" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/maes.2014.130034" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559484v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1541/ieejjia.2.132" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565610v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/v10187-012-0032-8" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564595v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/52895" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566388v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4130/jaev.9.1537" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566602v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2010.2041134" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567631v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Fall" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ferreira" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20080706-5-kr-1001.01563" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567659v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Kratz" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20080706-5-kr-1001.02002" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04161031v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Kribeche" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04155131v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IC_ASET58101.2023.10150527" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509063v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matignon Matthieu" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azib Toufik" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mcharek Mehdi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/vtc2022-spring54318.2022.9860790" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577355v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongyi Zhang" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheherazade Azouigui" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Sehab" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446993v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSTCC52150.2021.9607228" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03059410v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed) Maidi" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Sava" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCAD49821.2020.9260549" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447012v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCAD49821.2020.9260515" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502950v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yakoub Saadi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mousaa Boukhnifer" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iccad46983.2019.9037933" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445859v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icit.2018.8352165" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02402543v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2018.8352231" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02402524v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2018.8352230" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446575v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ryad Boukhari" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icit.2018.8352198" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446097v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Bagua" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moulod Guemana" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icass.2018.8652012" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581196v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Rizoug" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/codit.2017.8102698" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514816v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-62042-8_2" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576634v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486599v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391938v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.4025.6884" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583614v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Alloui" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon.2016.7793271" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584805v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icmic.2016.7804175" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01301218v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Raisemeche" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSD.2016.7473762" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585471v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faisal Mnif" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/med.2015.7158812" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01734547v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Loukkas" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED.2015.7158886" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586588v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSD.2015.7348215" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588565v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raouia Oubellil" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/isie.2014.6864819" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588694v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/codit.2014.6996928" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736540v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED.2014.6961373" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588575v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cca.2014.6981490" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588494v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Bouhali" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/isie.2014.6864617" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588790v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ssd.2013.6564135" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588826v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/med.2013.6608716" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590055v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589533v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589439v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ssd.2012.6198011" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589161v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ssd.2012.6198010" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589489v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSD.2012.6198009" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591174v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/med.2011.5982999" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00654073v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Hima" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Vanholme" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2011.6083126" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593210v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Grunn" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/7095" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592372v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cca.2009.5281127" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592890v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cca.2009.5281170" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592913v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/vetecs.2009.5073353" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592927v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon.2009.5414730" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593164v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/vppc.2008.4677733" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342798v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Nouveliere" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Mammar" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2952992" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342801v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Netto" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480110v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119644576.ch5" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600177v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/9135" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344817v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Matignon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Mcharek" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Azib" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Chaibet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en18164340" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04154971v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dehbia Ouamara" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Boukhnifer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Maidi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29354/diag/161309" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04504942v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Abdallaoui" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Ikaouassen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Krib&#232;che" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Hassane Aglzim" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/tje2.12333" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04155000v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanan Rizk" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app13116700" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04154986v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Ceschia" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16062645" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03977489v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15041358" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493463v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Mechernene" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Judalet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22218148" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483174v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ben Rahmoune" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Hafaifa" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Kouzou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoqi Chen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2020.07.017" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271456v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadir Ouddah" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Monmasson" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13123081" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500615v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Riad Boukhari" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Glaser" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2018.08.002" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480298v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509670v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31875/2409-9694.2018.05.5" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446536v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachir Nail" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500097v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s18061893" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446315v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chedia Latrech" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s18093085" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445710v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadji Hadroug" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Batel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08839514.2018.1483114" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542175v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosra Rkhissi-Kammoun" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawhar Ghommam" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fai&#231;al Mnif" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/compel-06-2016-0261" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595526v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548850v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2016.11.099" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542224v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachir Bendjedia" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Bouchafaa" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Larouci" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-08-2016-0336" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04543308v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Guemana" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abudura Salam" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40929-017-0017-8" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549324v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demba Diallo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Raisemche" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/ijdsss.2017.10011014" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01733299v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1687814017733440" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576639v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Glaser" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549605v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-08-2015-0309" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549366v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Aouaouda" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Chadli" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucom.2016.06.001" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552695v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouzou Abdellah" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552727v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552927v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guemana Mouloud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549529v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Chabir" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Bouteraa" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-06-2015-0217" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552896v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552940v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechatronics.2014.09.011" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554253v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;rif Larouci" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tee.22004" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DMPBM2R7-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565802v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4130/jaev.9.1483" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04554240v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mousa Boukhnifer" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/maes.2014.130034" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559484v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1541/ieejjia.2.132" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565610v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/v10187-012-0032-8" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564595v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/52895" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566388v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4130/jaev.9.1537" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566602v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2010.2041134" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567631v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Fall" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ferreira" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20080706-5-kr-1001.01563" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567659v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Kratz" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20080706-5-kr-1001.02002" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-05543215v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Hima" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Kribeche" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC65951.2025.11186828" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04161031v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04155131v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IC_ASET58101.2023.10150527" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509063v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matignon Matthieu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azib Toufik" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mcharek Mehdi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/vtc2022-spring54318.2022.9860790" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577355v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongyi Zhang" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheherazade Azouigui" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Sehab" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446993v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSTCC52150.2021.9607228" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447012v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCAD49821.2020.9260515" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03059410v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed) Maidi" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Sava" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCAD49821.2020.9260549" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502950v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yakoub Saadi" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mousaa Boukhnifer" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iccad46983.2019.9037933" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445859v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icit.2018.8352165" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02402543v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2018.8352231" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02402524v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2018.8352230" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446575v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ryad Boukhari" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icit.2018.8352198" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446097v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Bagua" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moulod Guemana" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icass.2018.8652012" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581196v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Rizoug" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/codit.2017.8102698" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514816v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-62042-8_2" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576634v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486599v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583614v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Alloui" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon.2016.7793271" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01391938v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.4025.6884" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584805v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icmic.2016.7804175" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01301218v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Raisemeche" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSD.2016.7473762" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585471v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faisal Mnif" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/med.2015.7158812" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01734547v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Loukkas" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED.2015.7158886" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586588v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSD.2015.7348215" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588694v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/codit.2014.6996928" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588565v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raouia Oubellil" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/isie.2014.6864819" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736540v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED.2014.6961373" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588575v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cca.2014.6981490" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588494v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Bouhali" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/isie.2014.6864617" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588790v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ssd.2013.6564135" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588826v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/med.2013.6608716" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590055v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589533v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589439v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ssd.2012.6198011" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589161v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ssd.2012.6198010" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589489v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSD.2012.6198009" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591174v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/med.2011.5982999" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00654073v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Vanholme" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2011.6083126" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593210v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Grunn" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/7095" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592890v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cca.2009.5281170" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592372v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cca.2009.5281127" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592913v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/vetecs.2009.5073353" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592927v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iecon.2009.5414730" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593164v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/vppc.2008.4677733" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342798v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Nouveliere" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Mammar" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2952992" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342801v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Netto" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480110v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119644576.ch5" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600177v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/9135" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>