--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1515,429 +1515,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04176634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A newly emerging alphasatellite affects banana bunchy top virus replication, transcription, siRNA production and transmission by aphids</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">GENOME SEQUENCE ANALYSIS, RT-PCR DIAGNOSTICS AND CONSTRUCTION OF VIRAL PROTEIN-EXPRESSION CASSETES FOR KAZAKH ISOLATE OF ORDINARY AND ANDEAN STRAINS OF POTATO VIRUS S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rajendran Rajeswaran</w:t>
+                <w:t xml:space="preserve">A.M. Alexandrova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Huong Cam Chu</w:t>
+                <w:t xml:space="preserve">Y.A. Yeriskina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chockalingam Karthikeyan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Laboureau</w:t>
+                <w:t xml:space="preserve">R.M. Nargilova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.V. Kryldakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zh.A. Tokbergenova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1010448⟩</w:t>
+              <w:t xml:space="preserve">Eurasian Journal of Applied Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2, pp.72-82. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11134/btp.2.2022.10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-03659357v1</w:t>
+                <w:t xml:space="preserve">hal-04948862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GENOME SEQUENCE ANALYSIS, RT-PCR DIAGNOSTICS AND CONSTRUCTION OF VIRAL PROTEIN-EXPRESSION CASSETES FOR KAZAKH ISOLATE OF ORDINARY AND ANDEAN STRAINS OF POTATO VIRUS S</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Y.A. Yeriskina</w:t>
+                <w:t xml:space="preserve">Transcriptome responses of the aphid vector Myzus persicae are shaped by identities of the host plant and the virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Chesnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Golyaev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Velt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R.M. Nargilova</w:t>
+                <w:t xml:space="preserve">Camille Rustenholz Russell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R.V. Kryldakov</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Zh.A. Tokbergenova</w:t>
+                <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurasian Journal of Applied Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.11134/btp.2.2022.10⟩</w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2, pp.e82. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.208⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04948862v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03942207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptome responses of the aphid vector Myzus persicae are shaped by identities of the host plant and the virus</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Amandine Velt</w:t>
+                <w:t xml:space="preserve">A newly emerging alphasatellite affects banana bunchy top virus replication, transcription, siRNA production and transmission by aphids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajendran Rajeswaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Rustenholz Russell</w:t>
+                <w:t xml:space="preserve">Huong Cam Chu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Verdier</w:t>
+                <w:t xml:space="preserve">Chockalingam Karthikeyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Laboureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 2, pp.e82. </w:t>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 18 (4), pp.e1010448. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.208⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1010448⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03942207v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03659357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative Plant Transcriptome Profiling of Arabidopsis thaliana Col-0 and Camelina sativa var. &amp;lt;i&amp;gt;Celine&amp;lt;/i&amp;gt; Infested with Myzus persicae Aphids Acquiring Circulative and Noncirculative Viruses Reveals Virus- and Plant-Specific Alterations Relevant to Aphid Feeding Behavior and Transmission</w:t>
               </w:r>
@@ -2217,51 +2217,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Holeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athanasios Sklavounos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rajendran Rajeswaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikhail M. Pooggin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2468,51 +2468,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cauliflower mosaic virus protein P6‐TAV plays a major role in alteration of aphid vector feeding behaviour but not performance on infected Arabidopsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Burckbuchler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3236,239 +3236,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01977336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small RNA-Omics for Virome Reconstruction and Antiviral Defense Characterization in Mixed Infections of Cultivated Solanum Plants</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Small RNA-Omics for Plant Virus Identification, Virome Reconstruction, and Antiviral Defense Characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhail Pooggin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1094/MPMI-12-17-0301-R⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.02779⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02628890v1</w:t>
+                <w:t xml:space="preserve">hal-02624505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small RNA-Omics for Plant Virus Identification, Virome Reconstruction, and Antiviral Defense Characterization</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Small RNA-Omics for Virome Reconstruction and Antiviral Defense Characterization in Mixed Infections of Cultivated Solanum Plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Turco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Golyaev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Seguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Gilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Farinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9, </w:t>
+              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 31 (7), pp.707-723. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.02779⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1094/MPMI-12-17-0301-R⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02624505v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ribosome Shunting, Polycistronic Translation, and Evasion of Antiviral Defenses in Plant Pararetroviruses and Beyond</w:t>
               </w:r>
@@ -3640,51 +3640,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisiting the roles of tobamovirus replicase complex proteins in viral replication and silencing suppression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nachelli Malpica-Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rajendran Rajeswaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daria Beknazariants</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3813,51 +3813,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Turco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ekaterina G. Gubaeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rajendran Rajeswaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Phytologist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 211 (3), pp.1020-1034. </w:t>
@@ -4068,51 +4068,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Otten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Baerlocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Farinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikhail Pooggin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4159,51 +4159,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emergence of a Latent Indian Cassava Mosaic Virus from Cassava Which Recovered from Infection by a Non-Persistent Sri Lankan Cassava Mosaic Virus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chockalingam Karthikeyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basavaprabhu L. Patil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4332,51 +4332,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Otten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Baerlocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Farinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikhail Pooggin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4423,51 +4423,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactions of Rice Tungro Bacilliform Pararetrovirus and Its Protein P4 with Plant RNA-Silencing Machinery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rajendran Rajeswaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Golyaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4475,51 +4475,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna S. Zvereva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Farinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 27 (12), pp.1370-1378. </w:t>
@@ -4557,51 +4557,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evasion of Short Interfering RNA-Directed Antiviral Silencing in Musa acuminata Persistently Infected with Six Distinct Banana Streak Pararetroviruses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rajendran Rajeswaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4704,51 +4704,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De Novo Reconstruction of Consensus Master Genomes of Plant RNA and DNA Viruses from siRNAs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rajendran Rajeswaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nachelli Malpica-Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5609,51 +5609,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Golyaev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Velt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5734,51 +5734,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Ravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rajendran Rajeswaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Laboureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5820,51 +5820,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular characterization of the complexity in banana bunchy top virus genome. [P.57]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rajendran Rajeswaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6236,51 +6236,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do DCL proteins play a role in the viral manipulation of host plants and vectors?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Chesnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Verdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6603,77 +6603,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A newly emerging alphasatellite of banana bunchy top virus affects viral replication, transcription, siRNA production and transmission by aphids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rajendran Rajeswaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huong Cam Chu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chockalingam Karthikeyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Laboureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6853,51 +6853,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel alphasatellite associated with Banana bunchy top virus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rajendran Rajeswaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Laboureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7299,51 +7299,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EE53EC0F"/>
+    <w:nsid w:val="9C0B9281"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7530,51 +7530,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mikhail-pooggin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2308-393X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/190854138" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190019v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Rubino" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Abrahamian" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenxia An" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Aranda" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; T Ascencio-Iba&#241;ez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jgv.0.002114" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190372v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fani Gousi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Belabess" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Laboureau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Peterschmitt" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail M Pooggin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens14070714" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861396v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Chesnais" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Golyaev" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Velt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rustenholz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brault" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.01924-24" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04531417v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Guyot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tien-Dung Trieu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oudomphone Insisiengmay" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Zhang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Iskra-Caruana" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ve/vead076" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04531146v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Jammes" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Fuentes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cica Urbino" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1011941" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04767201v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;Olivier Duroy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Seguin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ravel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajeswaran Rajendran" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.20112" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04867733v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Sukhikh" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Clavijo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms252313199" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04531033v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccolo Miotti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Casati" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants12233925" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04532281v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Sam Ly" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens12111289" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176634v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicken Aknadibossian" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose C Huguet-Tapia" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail M. Pooggin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Y Folimonova" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1162613" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03659357v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajendran Rajeswaran" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huong Cam Chu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chockalingam Karthikeyan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1010448" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04948862v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Alexandrova" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.A. Yeriskina" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. Nargilova" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.V. Kryldakov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zh.A. Tokbergenova" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11134/btp.2.2022.10" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942207v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rustenholz Russell" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Verdier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.208" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03747649v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.00136-22" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03747765v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyona Alexandrova" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oxana Karpova" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruslan Kryldakov" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rufina Nargilova" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23148020" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03747778v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Holeva" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Sklavounos" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Voloudakis" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants10050963" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03408043v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Reynard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Turco" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Brodard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kellenberger" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Maclot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.723350" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03239295v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Burckbuchler" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.13069" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03434196v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Ricciuti" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Noumbissi&#233;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chabannes" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jgv.0.001670" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03025267v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Teycheney" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew D W Geering" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idranil Dasgupta" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Hull" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan F Kreuze" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jgv.0.001497" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628261v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Candresse" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Rabenstein" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Pooggin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-55547-3" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627121v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Massart" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Chiumenti" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kris de Jonghe" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Glover" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelies Haegeman" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-02-18-0067-R" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01977336v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart Krupovic" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Blomberg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Coffin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indranil Dasgupta" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung Fan" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00515-18" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628890v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Gilli" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Farinelli" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-12-17-0301-R" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624505v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.02779" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289592v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyuba Ryabova" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00644" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625206v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coviro.2017.07.010" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607395v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nachelli Malpica-Lopez" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Beknazariants" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/mpmi-07-17-0164-r" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639310v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna S. Zvereva" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina G. Gubaeva" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.13967" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639315v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Carlos" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoslaine Ruiz" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danay Callard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yadira Sanchez" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-08-15-0181-R" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636856v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Otten" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Baerlocher" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jviromet.2016.03.005" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634441v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basavaprabhu L. Patil" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basanta K. Borah" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thulasi R. Resmi" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v8100264" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641307v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jviromet.2013.10.013" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637328v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-07-14-0201-R" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637162v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Duroy" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.01496-14" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634925v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert R. Martin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Kasschau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0088513" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680362v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Pooggin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rajeswaran" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schepetilnikov" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ryabova" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1002568" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00595540v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Hu" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hollunder" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Niehl" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J K&#248;rner" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gereige" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0019549" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093222v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La Ryabova" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mm Pooggin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hohn" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093210v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. He" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Futterer" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007882v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Granier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181006v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754108v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177591v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173721v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Galzi" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Caruana" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604506v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Adams" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Koloniuk" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180546v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753694v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Drucker" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179810v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Plissonneau" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179828v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179927v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737924v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Svanella-Dumas" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxin Ma" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Marais" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Theil" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Faure" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173699v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03131013v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie German-Retana" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gallois" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Ortiz" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Moury" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798767v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-25489-0_6" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mikhail-pooggin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2308-393X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/190854138" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190019v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Rubino" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Abrahamian" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenxia An" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Aranda" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; T Ascencio-Iba&#241;ez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jgv.0.002114" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190372v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fani Gousi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Belabess" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Laboureau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Peterschmitt" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail M Pooggin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens14070714" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861396v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Chesnais" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Golyaev" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Velt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rustenholz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brault" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.01924-24" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04531417v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Guyot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tien-Dung Trieu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oudomphone Insisiengmay" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Zhang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Iskra-Caruana" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ve/vead076" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04531146v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Jammes" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Fuentes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cica Urbino" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1011941" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04767201v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;Olivier Duroy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Seguin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ravel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajeswaran Rajendran" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.20112" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04867733v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Sukhikh" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Clavijo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms252313199" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04531033v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccolo Miotti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Casati" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants12233925" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04532281v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Sam Ly" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens12111289" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176634v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicken Aknadibossian" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose C Huguet-Tapia" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail M. Pooggin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Y Folimonova" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1162613" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04948862v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Alexandrova" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.A. Yeriskina" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. Nargilova" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.V. Kryldakov" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zh.A. Tokbergenova" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11134/btp.2.2022.10" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942207v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rustenholz Russell" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Verdier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.208" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03659357v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajendran Rajeswaran" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huong Cam Chu" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chockalingam Karthikeyan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1010448" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03747649v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.00136-22" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03747765v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyona Alexandrova" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oxana Karpova" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruslan Kryldakov" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rufina Nargilova" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23148020" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03747778v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Holeva" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Sklavounos" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Voloudakis" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants10050963" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03408043v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Reynard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Turco" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Brodard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kellenberger" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Maclot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.723350" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03239295v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Burckbuchler" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.13069" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03434196v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Ricciuti" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Noumbissi&#233;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chabannes" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jgv.0.001670" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03025267v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Teycheney" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew D W Geering" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idranil Dasgupta" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Hull" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan F Kreuze" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jgv.0.001497" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628261v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Candresse" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Rabenstein" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Pooggin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-55547-3" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627121v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Massart" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Chiumenti" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kris de Jonghe" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Glover" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelies Haegeman" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-02-18-0067-R" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01977336v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart Krupovic" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Blomberg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Coffin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indranil Dasgupta" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung Fan" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00515-18" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624505v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.02779" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628890v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Gilli" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Farinelli" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-12-17-0301-R" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02289592v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyuba Ryabova" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00644" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625206v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coviro.2017.07.010" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607395v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nachelli Malpica-Lopez" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Beknazariants" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/mpmi-07-17-0164-r" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639310v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna S. Zvereva" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina G. Gubaeva" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.13967" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639315v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Carlos" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoslaine Ruiz" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danay Callard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yadira Sanchez" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-08-15-0181-R" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636856v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Otten" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Baerlocher" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jviromet.2016.03.005" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634441v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basavaprabhu L. Patil" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basanta K. Borah" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thulasi R. Resmi" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v8100264" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641307v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jviromet.2013.10.013" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637328v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-07-14-0201-R" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637162v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Duroy" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.01496-14" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634925v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert R. Martin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Kasschau" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0088513" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680362v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Pooggin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rajeswaran" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schepetilnikov" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ryabova" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1002568" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00595540v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Hu" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hollunder" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Niehl" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J K&#248;rner" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gereige" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0019549" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093222v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La Ryabova" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mm Pooggin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hohn" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00093210v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. He" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Futterer" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007882v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Granier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181006v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754108v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177591v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173721v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Galzi" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Caruana" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604506v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Adams" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Koloniuk" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180546v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753694v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Drucker" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179810v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Plissonneau" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179828v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179927v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737924v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Svanella-Dumas" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxin Ma" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Marais" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Theil" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Faure" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173699v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03131013v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie German-Retana" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gallois" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Ortiz" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Moury" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798767v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-25489-0_6" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>