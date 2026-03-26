--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.33333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Miki Mori </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences HDR à l'Université de La Réunion, membre permanente de l'EA Dire à l'Université de La Réunion</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">miki-mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-8025-5473</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">233540385</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passé, Présent et Avenir à Mayotte : contribution à l’étude des temporalités en contexte pluriculturel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Le Duff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefer Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque scientifique international en sciences sociales sur la thématique : Mayotte entre passé, présent et avenir Université de Mayotte (Dembéni)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Dembeni, Mayotte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05026280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PAC in the Indian Ocean’s French territories: Students' Attitudinal Perceptions of Five English Varieties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th edition of the PAC international conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PAC programme (Phonologie de l’Anglais Contemporain: usages, variétés et structure - The Phonology of Contemporary English: usage, varieties and structure), Jun 2025, Aix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05218768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enseignement des langues vivantes à la marge des pratiques pédagogiques dans le premier degré : comment construire une formation plurîlingue à Mayotte ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Uribe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international JRE-RIICLAS 2024, "Interroger les marges en éducation et en formation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de La Réunion, Oct 2024, Saint Denis (La Réunion), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place actuelle des langues de culture et d’expression orale dans la traduction des textes écrits : le cas du Petit Prince en kibushi (Mayotte, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahamada Kassime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laudy Arida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXII Coloquio Internacional de la AFUE L’ancien et le nouveau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad de Oviedo, May 2024, Oviedo, Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04583282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place des langues dans le « vivre ensemble » : le fantasme d’une société plurilingue, la réalité d’un terrain multilingue ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Vivre ensemble » dans l'océan Indien et au-delà : pratiques, représentations, discours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Saint Denis (97400), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le PFC à Mayotte : Les voyelles moyennes, la loi de position, et le sens social du [i] en position finale dans les mots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">(I)PFC 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux linguistiques de la traduction : Cas du Petit Prince , entre langue écrite (français) et langue orale (kibushi)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahamada Kassime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soihabati Issa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Petit Prince dans tous ses états. Regards interdisciplinaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ELLIADD, université Bourgogne Franche-Comté, Oct 2023, Besacon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04583251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner les LVE en contexte scolaire plurilingue et pluriculturel : quels enjeux pour Mayotte ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Uribe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JRPP (Journées de Rencontres Professionnelles Plurîlingues)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CUFR de Mayotte, Oct 2023, Dembeni, Mayotte</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Petit Prince lors d’ateliers participatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soihabati Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahamada Kassime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Universitaire de Formation et de Recherche de Mayotte, May 2023, Dembéni, Mayotte</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing media discourse in two languages: Transformation of meaning, slippage and binary conflicts.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociolinguistics symposium 24 : Inside and beyond binaries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Ghent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The acoustic characteristics of implosive and plosive bilabials in Shimaore - conference presentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bantu 9, 9th International conference on Bantu languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Mikolongwe, Malawi</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les français parlés à Mayotte : ce que les méthodologies du projet PFC ainsi que des observations peuvent nous dire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres scientifiques universitaires MONTPELLIER-SHERBROOKE, 8e édition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variation in the production of bilabials and rhotics in Kibushi dialects of Mayotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahamada Kassime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference on Austronesian Linguistics.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Olomouc, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Being Maore, teaching and becoming &amp;quot;French&amp;quot;: identity (re)creation of graduate students in Mayotte. An analysis of teacher-in-training language attitudes towards the use of local and (inter)national languages in primary schools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multilingualism and Identity: Interdisciplinary Perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’avenir linguistique de Mayotte par rapport à la politique linguistique, l’éducation plurilingue et la forme écrite des langues autochtones : la perception des étudiants du premier cycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structure Fédérative d’Études et de Recherches en Éducation de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilingual Students’ Development of Academic Writing Literacies and Identity through Source Engagement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Association of Applied Linguistics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Portland, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Modality and Evidence in Argumentative Writing: The Influences of Plagiarism and Intertextuality on Undergraduate ESL Student Writers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SSLW (Symposium on Second Language Writing)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Lafayette, Indiana, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passion and Policy in Teaching: English-only ‘on the Ground</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CATESOL (California Teachers of English to Speakers of Other Languages)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Long Beach, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classrooms and Technology: Typing versus Handwriting an In-class Essay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CATESOL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Santa Clara (CA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner les Langues Vivantes en contexte plurîlingue mahorais : les inégalités de terrain au prisme des représentations des acteurs pédagogiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Uribe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Charpentier; Séverine Ferrière. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les inégalités scolaires à Mayotte et à La Réunion : vers des pratiques éducatives plus équitables</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires Indianocéaniques, pp.157-188, 2025, 978-2-38444-105-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05307480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mettre en mots un phénomène impensé en conditions extrêmes à Mayotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahamada Kassime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nathalie WALLIAN Gaëlle LEFER-SAUVAGE Marie-Paule POGGI. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LES SAVOIRS DE L'EXTRÊME - MÉDIATION/APPROPRIATION EN CONTEXTES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions des Archives contemporaines, pp.271 - 296, 2024, 9782813004901. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17184/eac.8111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04583220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’identité, les langues et l’école : une analyse des attitudes linguistiques chez le professeur des écoles stagiaire mahorais.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maryvonne Priolet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’école à Mayotte. Approches plurielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp. 209-258., 2021, 979-10-334-0144-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03426089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Values in the ELT classroom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Menard-Warwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Moglen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Reznik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Routledge Handbook of English Language Teaching</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Routledge, 2016, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9781315676203.ch39⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03429998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Language and Gender in Educational Contexts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Menard-Warwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serena Williams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Susan Ehrlich; Miriam Meyerhoff; Janet Holmes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Handbook of Language, Gender, and Sexuality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Wiley &amp; Sons, Inc, pp.471-490, 2014, 9780470656426. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781118584248.ch24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book Review: Babatsouli, E. (Ed.) On Under-reported Monolingual Child Phonology BabatsouliE. (Ed.) On Under-reported Monolingual Child Phonology. Multilingual Matters, 2025; ix + 453. ISBN 9781788928595. HBK £134.95/PBK £39.95/EBK £20.00</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/01427237251396652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05377787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book Review : Linguistic Minority Students Go to College: Preparation, Access, and Persistence by Kanno, Y., & Harklau, L. (Eds.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, pp.290-294. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/15348458.2015.1070600⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution au développement d’un modèle heuristique des temporalités : le chronoglyphe. Application en contexte de réchauffement climatique à Mayotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Le Duff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefer Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Temporalités : revue de sciences sociales et humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 40-41, http://journals.openedition.org.elgebar.univ-reunion.fr/temporalites/13231</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04909491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voiced Implosive Acquisition: Acoustic Analyses of /ɓ/ and /ɗ/ as Produced by Shimaore-Speaking Children 3;0 to 7;1 on Mayotte Island</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/01427237251381994⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05333067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate change by any other name: Social representations and language practices of coastal inhabitants on Mayotte Island in the Indian Ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esméralda Longépée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefer-Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Public Understanding of Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/09636625241235375⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les langues en contact : ce que la sociophonétique peut nous dévoiler sur la variation linguistique dans les villages de Mayotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langues et cité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Langues &amp; Cité, 32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04994923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The acoustic characteristics of implosive and plosive bilabials in Shimaore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the International Phonetic Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-27. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0025100322000184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise à distance du distanciel : représentation sociale de la continuité pédagogique et du numérique à travers la presse écrite à Mayotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefer Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contextes et Didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 19, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ced.3360⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03736657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Storytelling, language, and the earthquake swarm of May 2018: Insights into Shimaore and Kibushi from narrative analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 354, pp.417-437. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crgeos.131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751057v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crisis narratives and (dis)placement: Space, time and earthquakes in Mayotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ampersand</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 8, pp.100078. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.amper.2021.100078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03445457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pluralizing the Paraphrase: Reconsidering Meaning via a Typology of Linguistic Changes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TESOL Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 53 (3), pp.885-895. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/tesq.514⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'avenir linguistique de Mayotte par rapport à la politique linguistique, l'éducation plurilingue et la forme écrite des langues autochtones : la perception des étudiants du premier cycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carnets de Recherches de l'océan Indien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 01, pp.113-130. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26171/carnets-oi_0107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Our speech is filled with others' words: Understanding university student and instructor opinions towards paraphrasing through a Bakhtinian lens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ampersand</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5, pp.45-54. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.amper.2018.11.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Writing and Achievement at University as Individualistic or Social Practices: Two Latino Undergraduates’ Contrasting Approaches to Academic Success</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Language, Identity and Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (2), pp.126-140. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/15348458.2018.1528546⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using the Appraisal framework to analyze source use in essays: a case study of engagement and dialogism in two undergraduate students’ writing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functional Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4 (1), </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40554-017-0046-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conflicting Ideologies and Language use ;: Complexities of language socialization in a majority L1 classroom.”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Language, Identity and Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 13 (3), pp.153-170. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/15348458.2014.919810⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">There and Back Again&amp;quot; in the Writing Classroom: A Graduate Student's Recursive Journey Through Pedagogical Research and Theory Development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The CATESOL Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROSODIC VARIATION OF KIBUSHI DIALECTS (MAYOTTE, FRANCE) VIA THE READING OF THE LITTLE PRINCE: A PILOT STUDY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahamada Kassime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Seminar on Speech Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Autrans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04583373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The CoPLACo Project: Creating a Multi-use, Digital Platform of Oral Language for the Comorian Islands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gli Archivi Sonori Al Crocevia Tra Scienze Fonetiche, Informatic Umanistica E Patrimonio Digitale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Arezzo, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intergenerational phonetic characteristics of the implosives /ɓ/ and /ɗ/ in Shimaore and the influence of the French plosives /b/ and /d</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Workshop on Sound change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Davis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appropriation, Dialogism, and Citation: Learning to Engage Outside Texts in Upper Division Writing Course</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAAL (American Association of Applied Linguistics) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Dallas, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Influences of Intertextuality and Plagiarism on Multilingual Student Writing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TESOL (Teachers of English to Speakers of Other Languages) conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Dallas, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Intersection of Intertextuality, Modality, and Plagiarism: Learning to Persuade in Academic Writing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAAL (American Association of Applied Linguistics) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Boston, Massachussetts, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lost in translation: What spirituality and Einstein’s theory of time have to do with misunderstandings about climate change.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Big Team Science for language science: Opportunities and Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faytak Matthew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kadavá Šárka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xu Chenzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Özsoy Onur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akumbu Pius W.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sciences du langage éclatées : la linguistique en tant que système adaptatif complexe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Université de Montpellier Paul-Valéry, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04947046v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mid vowel and nasal vowel production in young adult French speakers on Mayotte Island in the Indian Ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Congress of Phonetic Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Prague, Czech Republic. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vowel space and acoustic characteristics of stressed syllables in two kibushi dialects spoken in Mayotte, France: a pilot study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahamada Kassime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Congress of Phonetic Sciences (ICPhS 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Prague, Czech Republic. pp.3321-3324, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04198178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maore fishermen's social representations on the evolutions of the coastline and climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Claverie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] CUFR de Mayotte. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03634770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport du projet &amp;quot;Le Petit Prince an’Kibushi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahamada Kassime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soihabati Issa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Mayotte. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05327918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport des JRPP - Journées de rencontres professionnelles plurîlingues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Uribe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Mayotte. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05328077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negotiating Ownership when Incorporating Outside Sources: A Qualitative Study with Multilingual Undergraduate Students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistics. University of California Davis, 2014. English. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02910315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId109"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.33333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Miki Mori </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences HDR à l'Université de La Réunion, membre permanente de l'EA Dire à l'Université de La Réunion</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">miki-mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-8025-5473</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">233540385</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner les Langues Vivantes en contexte plurîlingue mahorais : les inégalités de terrain au prisme des représentations des acteurs pédagogiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Uribe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Charpentier; Séverine Ferrière. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les inégalités scolaires à Mayotte et à La Réunion : vers des pratiques éducatives plus équitables</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires Indianocéaniques, pp.157-188, 2025, 978-2-38444-105-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05307480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mettre en mots un phénomène impensé en conditions extrêmes à Mayotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahamada Kassime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nathalie WALLIAN Gaëlle LEFER-SAUVAGE Marie-Paule POGGI. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LES SAVOIRS DE L'EXTRÊME - MÉDIATION/APPROPRIATION EN CONTEXTES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions des Archives contemporaines, pp.271 - 296, 2024, 9782813004901. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17184/eac.8111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04583220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’identité, les langues et l’école : une analyse des attitudes linguistiques chez le professeur des écoles stagiaire mahorais.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maryvonne Priolet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’école à Mayotte. Approches plurielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp. 209-258., 2021, 979-10-334-0144-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03426089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Values in the ELT classroom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Menard-Warwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Moglen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Reznik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Routledge Handbook of English Language Teaching</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Routledge, 2016, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9781315676203.ch39⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03429998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Language and Gender in Educational Contexts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Menard-Warwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serena Williams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Susan Ehrlich; Miriam Meyerhoff; Janet Holmes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Handbook of Language, Gender, and Sexuality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Wiley &amp; Sons, Inc, pp.471-490, 2014, 9780470656426. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781118584248.ch24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passé, Présent et Avenir à Mayotte : contribution à l’étude des temporalités en contexte pluriculturel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Le Duff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefer Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque scientifique international en sciences sociales sur la thématique : Mayotte entre passé, présent et avenir Université de Mayotte (Dembéni)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Dembeni, Mayotte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05026280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PAC in the Indian Ocean’s French territories: Students' Attitudinal Perceptions of Five English Varieties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th edition of the PAC international conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PAC programme (Phonologie de l’Anglais Contemporain: usages, variétés et structure - The Phonology of Contemporary English: usage, varieties and structure), Jun 2025, Aix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05218768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place des langues dans le « vivre ensemble » : le fantasme d’une société plurilingue, la réalité d’un terrain multilingue ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Vivre ensemble » dans l'océan Indien et au-delà : pratiques, représentations, discours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Saint Denis (97400), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enseignement des langues vivantes à la marge des pratiques pédagogiques dans le premier degré : comment construire une formation plurîlingue à Mayotte ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Uribe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international JRE-RIICLAS 2024, "Interroger les marges en éducation et en formation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de La Réunion, Oct 2024, Saint Denis (La Réunion), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place actuelle des langues de culture et d’expression orale dans la traduction des textes écrits : le cas du Petit Prince en kibushi (Mayotte, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahamada Kassime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laudy Arida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXII Coloquio Internacional de la AFUE L’ancien et le nouveau</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad de Oviedo, May 2024, Oviedo, Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04583282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Petit Prince lors d’ateliers participatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soihabati Issa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahamada Kassime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Universitaire de Formation et de Recherche de Mayotte, May 2023, Dembéni, Mayotte</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le PFC à Mayotte : Les voyelles moyennes, la loi de position, et le sens social du [i] en position finale dans les mots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">(I)PFC 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux linguistiques de la traduction : Cas du Petit Prince , entre langue écrite (français) et langue orale (kibushi)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahamada Kassime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soihabati Issa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Petit Prince dans tous ses états. Regards interdisciplinaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ELLIADD, université Bourgogne Franche-Comté, Oct 2023, Besacon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04583251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseigner les LVE en contexte scolaire plurilingue et pluriculturel : quels enjeux pour Mayotte ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Uribe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JRPP (Journées de Rencontres Professionnelles Plurîlingues)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CUFR de Mayotte, Oct 2023, Dembeni, Mayotte</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing media discourse in two languages: Transformation of meaning, slippage and binary conflicts.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociolinguistics symposium 24 : Inside and beyond binaries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Ghent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The acoustic characteristics of implosive and plosive bilabials in Shimaore - conference presentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bantu 9, 9th International conference on Bantu languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Mikolongwe, Malawi</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les français parlés à Mayotte : ce que les méthodologies du projet PFC ainsi que des observations peuvent nous dire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres scientifiques universitaires MONTPELLIER-SHERBROOKE, 8e édition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variation in the production of bilabials and rhotics in Kibushi dialects of Mayotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahamada Kassime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference on Austronesian Linguistics.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Olomouc, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Being Maore, teaching and becoming &amp;quot;French&amp;quot;: identity (re)creation of graduate students in Mayotte. An analysis of teacher-in-training language attitudes towards the use of local and (inter)national languages in primary schools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multilingualism and Identity: Interdisciplinary Perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’avenir linguistique de Mayotte par rapport à la politique linguistique, l’éducation plurilingue et la forme écrite des langues autochtones : la perception des étudiants du premier cycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structure Fédérative d’Études et de Recherches en Éducation de Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilingual Students’ Development of Academic Writing Literacies and Identity through Source Engagement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Association of Applied Linguistics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Portland, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Modality and Evidence in Argumentative Writing: The Influences of Plagiarism and Intertextuality on Undergraduate ESL Student Writers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SSLW (Symposium on Second Language Writing)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Lafayette, Indiana, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passion and Policy in Teaching: English-only ‘on the Ground</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CATESOL (California Teachers of English to Speakers of Other Languages)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Long Beach, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classrooms and Technology: Typing versus Handwriting an In-class Essay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CATESOL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Santa Clara (CA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book Review: Babatsouli, E. (Ed.) On Under-reported Monolingual Child Phonology BabatsouliE. (Ed.) On Under-reported Monolingual Child Phonology. Multilingual Matters, 2025; ix + 453. ISBN 9781788928595. HBK £134.95/PBK £39.95/EBK £20.00</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/01427237251396652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05377787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book Review : Linguistic Minority Students Go to College: Preparation, Access, and Persistence by Kanno, Y., & Harklau, L. (Eds.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, pp.290-294. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/15348458.2015.1070600⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution au développement d’un modèle heuristique des temporalités : le chronoglyphe. Application en contexte de réchauffement climatique à Mayotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Le Duff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefer Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Temporalités : revue de sciences sociales et humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 40-41, http://journals.openedition.org.elgebar.univ-reunion.fr/temporalites/13231</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04909491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voiced Implosive Acquisition: Acoustic Analyses of /ɓ/ and /ɗ/ as Produced by Shimaore-Speaking Children 3;0 to 7;1 on Mayotte Island</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/01427237251381994⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05333067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate change by any other name: Social representations and language practices of coastal inhabitants on Mayotte Island in the Indian Ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esméralda Longépée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefer-Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Public Understanding of Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/09636625241235375⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les langues en contact : ce que la sociophonétique peut nous dévoiler sur la variation linguistique dans les villages de Mayotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langues et cité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Langues &amp; Cité, 32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04994923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The acoustic characteristics of implosive and plosive bilabials in Shimaore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the International Phonetic Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-27. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0025100322000184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03964310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise à distance du distanciel : représentation sociale de la continuité pédagogique et du numérique à travers la presse écrite à Mayotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Lefer Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contextes et Didactiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 19, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ced.3360⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03736657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Storytelling, language, and the earthquake swarm of May 2018: Insights into Shimaore and Kibushi from narrative analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 354, pp.417-437. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crgeos.131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751057v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crisis narratives and (dis)placement: Space, time and earthquakes in Mayotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ampersand</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 8, pp.100078. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.amper.2021.100078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03445457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pluralizing the Paraphrase: Reconsidering Meaning via a Typology of Linguistic Changes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TESOL Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 53 (3), pp.885-895. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/tesq.514⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Writing and Achievement at University as Individualistic or Social Practices: Two Latino Undergraduates’ Contrasting Approaches to Academic Success</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Language, Identity and Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (2), pp.126-140. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/15348458.2018.1528546⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Our speech is filled with others' words: Understanding university student and instructor opinions towards paraphrasing through a Bakhtinian lens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ampersand</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5, pp.45-54. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.amper.2018.11.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'avenir linguistique de Mayotte par rapport à la politique linguistique, l'éducation plurilingue et la forme écrite des langues autochtones : la perception des étudiants du premier cycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carnets de Recherches de l'océan Indien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 01, pp.113-130. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26171/carnets-oi_0107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using the Appraisal framework to analyze source use in essays: a case study of engagement and dialogism in two undergraduate students’ writing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functional Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4 (1), </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40554-017-0046-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conflicting Ideologies and Language use ;: Complexities of language socialization in a majority L1 classroom.”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Language, Identity and Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 13 (3), pp.153-170. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/15348458.2014.919810⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">There and Back Again&amp;quot; in the Writing Classroom: A Graduate Student's Recursive Journey Through Pedagogical Research and Theory Development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The CATESOL Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Big Team Science for language science: Opportunities and Challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faytak Matthew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kadavá Šárka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xu Chenzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Özsoy Onur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akumbu Pius W.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sciences du langage éclatées : la linguistique en tant que système adaptatif complexe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Université de Montpellier Paul-Valéry, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04947046v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROSODIC VARIATION OF KIBUSHI DIALECTS (MAYOTTE, FRANCE) VIA THE READING OF THE LITTLE PRINCE: A PILOT STUDY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahamada Kassime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Seminar on Speech Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Autrans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04583373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The CoPLACo Project: Creating a Multi-use, Digital Platform of Oral Language for the Comorian Islands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gli Archivi Sonori Al Crocevia Tra Scienze Fonetiche, Informatic Umanistica E Patrimonio Digitale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Arezzo, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intergenerational phonetic characteristics of the implosives /ɓ/ and /ɗ/ in Shimaore and the influence of the French plosives /b/ and /d</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Workshop on Sound change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Davis, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Influences of Intertextuality and Plagiarism on Multilingual Student Writing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TESOL (Teachers of English to Speakers of Other Languages) conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Dallas, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appropriation, Dialogism, and Citation: Learning to Engage Outside Texts in Upper Division Writing Course</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAAL (American Association of Applied Linguistics) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Dallas, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Intersection of Intertextuality, Modality, and Plagiarism: Learning to Persuade in Academic Writing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAAL (American Association of Applied Linguistics) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Boston, Massachussetts, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lost in translation: What spirituality and Einstein’s theory of time have to do with misunderstandings about climate change.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vowel space and acoustic characteristics of stressed syllables in two kibushi dialects spoken in Mayotte, France: a pilot study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahamada Kassime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Hirsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Congress of Phonetic Sciences (ICPhS 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Prague, Czech Republic. pp.3321-3324, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04198178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mid vowel and nasal vowel production in young adult French speakers on Mayotte Island in the Indian Ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Congress of Phonetic Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Prague, Czech Republic. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport du projet &amp;quot;Le Petit Prince an’Kibushi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahamada Kassime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soihabati Issa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Mayotte. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05327918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport des JRPP - Journées de rencontres professionnelles plurîlingues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Uribe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Mayotte. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05328077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maore fishermen's social representations on the evolutions of the coastline and climate change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Banos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Becu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Claverie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] CUFR de Mayotte. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03634770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negotiating Ownership when Incorporating Outside Sources: A Qualitative Study with Multilingual Undergraduate Students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miki Mori</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistics. University of California Davis, 2014. English. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02910315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId109"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9D948058"/>
+    <w:nsid w:val="1565489F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/miki-mori" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8025-5473" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/233540385" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026280v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Duff" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefer Sauvage" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miki Mori" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218768v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945229v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Uribe" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583282v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahamada Kassime" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laudy Arida" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945181v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945714v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583251v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soihabati Issa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04311238v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166677v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945725v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945730v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945719v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430021v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430026v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430032v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430037v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430067v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430088v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945735v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307480v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583220v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.8111" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03426089v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429998v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Menard-Warwick" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moglen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Reznik" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781315676203.ch39" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430003v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Williams" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118584248.ch24" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377787v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01427237251396652" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430006v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15348458.2015.1070600" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909491v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333067v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01427237251381994" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528710v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esm&#233;ralda Long&#233;p&#233;e" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefer-Sauvage" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Banos" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Becu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09636625241235375" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994923v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964310v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025100322000184" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736657v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ced.3360" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751057v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.131" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445457v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amper.2021.100078" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910317v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tesq.514" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106406v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26171/carnets-oi_0107" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106409v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amper.2018.11.002" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910318v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15348458.2018.1528546" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106408v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40554-017-0046-4" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910320v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15348458.2014.919810" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106411v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583373v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hirsch" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430029v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430027v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430065v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430060v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430075v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945761v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945821v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faytak Matthew" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadav&#225; &#352;&#225;rka" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Chenzi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;zsoy Onur" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akumbu Pius W." TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04947046v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219272v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198178v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634770v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Claverie" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charpentier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jeanson" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327918v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328077v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02910315v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/miki-mori" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8025-5473" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/233540385" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307480v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Uribe" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miki Mori" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583220v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahamada Kassime" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.8111" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03426089v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429998v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Menard-Warwick" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moglen" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Reznik" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781315676203.ch39" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430003v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Williams" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118584248.ch24" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026280v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Duff" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefer Sauvage" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05218768v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945181v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945229v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583282v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laudy Arida" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166677v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soihabati Issa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945714v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583251v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04311238v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945725v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945730v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945719v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430021v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430026v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430032v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430037v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430067v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430088v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945735v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377787v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01427237251396652" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430006v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15348458.2015.1070600" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909491v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333067v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01427237251381994" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528710v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esm&#233;ralda Long&#233;p&#233;e" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefer-Sauvage" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Banos" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Becu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09636625241235375" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994923v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03964310v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025100322000184" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736657v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ced.3360" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751057v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.131" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445457v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amper.2021.100078" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910317v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tesq.514" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910318v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15348458.2018.1528546" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106409v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amper.2018.11.002" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106406v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26171/carnets-oi_0107" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106408v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40554-017-0046-4" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910320v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15348458.2014.919810" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106411v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945821v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faytak Matthew" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadav&#225; &#352;&#225;rka" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Chenzi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;zsoy Onur" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akumbu Pius W." TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04947046v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583373v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hirsch" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430029v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430027v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430060v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430065v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430075v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945761v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198178v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219272v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327918v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328077v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634770v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Claverie" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charpentier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jeanson" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02910315v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>