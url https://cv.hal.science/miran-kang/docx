--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -175,226 +175,226 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un groupe de lycéens en LV3 coréen sur Facebook : illustration d'une agentivité collective au service de l’apprentissage ?</w:t>
+                <w:t xml:space="preserve">Development of an Adaptive Learning Model Based on an LMS for TOPIK I Preparation Among Francophone Learners: A Practical Case Study with Students from the University of Le Havre in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miran Kang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/13wfo⟩</w:t>
+              <w:t xml:space="preserve">Korean Association For Learner-Centered Curriculum And Instruction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25 (3), pp.431-446. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.22251/jlcci.2025.25.3.431⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05064291v1</w:t>
+                <w:t xml:space="preserve">hal-05235858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of an Adaptive Learning Model Based on an LMS for TOPIK I Preparation Among Francophone Learners: A Practical Case Study with Students from the University of Le Havre in France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Un groupe de lycéens en LV3 coréen sur Facebook : illustration d'une agentivité collective au service de l’apprentissage ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Croze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miran Kang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Korean Association For Learner-Centered Curriculum And Instruction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 25 (3), pp.431-446. </w:t>
+              <w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 28 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.22251/jlcci.2025.25.3.431⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/13wfo⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05235858v1</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05064291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Pedagogical Effectiveness of Using Plurilingualism and humor for French Students Learning Korean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miran Kang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Korean Association For Learner-Centered Curriculum And Instruction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 25 (7), pp.809-824. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
@@ -428,51 +428,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sur le roman graphique &amp;quot;Svinet&amp;quot; de Åsa Gerennvall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miran Kang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jigeum, manhwa (Now, manhwa - Contemporary comics magazine)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -529,51 +529,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emergence d’une communauté de lycéens en LV3 coréen sur Facebook : illustration d’une agentivité collective ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miran Kang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque International Agi-Lang, agentivité, engagement et apprentissage en (didactique) des langues dans des contextes numériques à Grenoble</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ALSIC, ICARE, LIDILEM, Jun 2025, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -598,51 +598,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séquence Potentiellement Acquisitionnelle et Language Related Episodes dans la pratique langagière d’un groupe sur Facebook en lycée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miran Kang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Grand Pavois</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Coopératif Austral de Recherche en Éducation (ICARE ); Université de La Réunion, Jun 2023, Saint-Denis, La Réunion</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -667,51 +667,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digital Wilds et écriture numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miran Kang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4e journée d’étude « Atelier de didactique du coréen : enseignement de l’expression écrite »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris Cité, Jun 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -736,51 +736,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réflexion sur le programme et le processus de l’enseignement de coréen en collège et en lycée en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miran Kang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33e conférence internationale de printemps : "Enjeux de l’enseignement du coréen dans les écoles, les collèges et les lycées à l’étranger"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Network for Korean Language and Culture (INK), May 2022, Séoul, Corée du Sud</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -805,51 +805,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Groupe Facebook et apprentissage du coréen, un aperçu de méthodologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miran Kang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Grand Pavois</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Coopératif Austral de Recherche en Éducation (ICARE ); Université de La Réunion, Jun 2022, Saint-Pierre (La Réunion), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -874,51 +874,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Covid-19 et enseignement du coréen au lycée en distantiel : la fluidité entre formel et informel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miran Kang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3e journée d’étude « Atelier de didactique du coréen »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris Diderot, Jun 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -943,51 +943,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation des vidéos et du streaming sur YouTube dans l’enseignement du coréen LV3.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miran Kang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2e journée d’étude « Atelier de didactique du coréen : le coréen oral »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris Diderot, Jun 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1025,51 +1025,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scénarios pédagogiques pour la correction phonétique en langue étrangère: application au français et au coréen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mathon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miran Kang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Khoury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1139,51 +1139,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apprenons le coréen ! Manuel B1-B2: Manuel. Niveau intermédiaire B1-B2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miran Kang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eun-Sook Choi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1257,51 +1257,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apprenons le coréen ! - Manuel - Niveau débutant A1 - A2 (troisième édition)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miran Kang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eun-Sook Choi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1375,51 +1375,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apprenons le coréen ! - Manuel - Niveau débutant A2 - B1 (2e édition revue et corrigée)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miran Kang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eun-Sook Choi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1525,51 +1525,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Politique de promotion de la lecture en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miran Kang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Étude sur les politiques mondiales de promotion de la lecture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ministère de la Culture, du Sport et du Tourisme (Corée du Sud), 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1594,51 +1594,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Webtoon en France et ISBN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miran Kang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Étude sur les webséries et le système ISBN.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bibliothèque Nationale de Corée, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1695,51 +1695,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Webtoon en France : la France, hub de Webtoon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miran Kang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1789,51 +1789,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation d’un groupe sur Facebook dans l’apprentissage du coréen LV3 en lycée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miran Kang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Linguistique. Université de la Réunion, 2023. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2023LARE0044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2029,51 +2029,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064291v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Croze" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miran Kang" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13wfo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235858v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22251/jlcci.2025.25.3.431" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235892v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22251/jlcci.2025.25.7.809" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550671v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236009v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04550443v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550284v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550394v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04550453v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550299v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549950v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006287v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mathon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Khoury" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235981v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eun-Sook Choi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin-Mieung Lee" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouriane Lee" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo-Kyung Kim" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240778v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji-Mieung Li" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bona Kim" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jung-Rye Choi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235969v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin-Mieung Li" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550678v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550675v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550672v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04555509v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023LARE0044" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235858v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miran Kang" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22251/jlcci.2025.25.3.431" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064291v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Croze" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13wfo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235892v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22251/jlcci.2025.25.7.809" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550671v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236009v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04550443v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550284v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550394v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04550453v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550299v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549950v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006287v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mathon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Khoury" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235981v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eun-Sook Choi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin-Mieung Lee" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouriane Lee" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo-Kyung Kim" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240778v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji-Mieung Li" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bona Kim" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jung-Rye Choi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235969v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin-Mieung Li" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550678v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550675v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550672v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04555509v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023LARE0044" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>