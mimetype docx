--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1237,325 +1237,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02959670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of wall temperature and heat flux distributions in a swirled combustor powered by a methane-air and a CO2-diluted oxyflame</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Direct assessment of the acoustic scattering matrix of a turbulent swirl combustor by combining system identification, large eddy simulation and analytical approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Jourdaine</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Ronan Vicquelin</w:t>
+                <w:t xml:space="preserve">Malte Merk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camilo Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wolfgang Polifke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Gaudron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fuel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fuel.2018.09.012⟩</w:t>
+              <w:t xml:space="preserve">Journal of Engineering for Gas Turbines and Power</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 141 (2), pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/1.4040731⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02060434v1</w:t>
+                <w:t xml:space="preserve">hal-02002017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct assessment of the acoustic scattering matrix of a turbulent swirl combustor by combining system identification, large eddy simulation and analytical approaches</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Wolfgang Polifke</w:t>
+                <w:t xml:space="preserve">Analysis of wall temperature and heat flux distributions in a swirled combustor powered by a methane-air and a CO2-diluted oxyflame</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Degenève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R Gaudron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marco Gatti</w:t>
+                <w:t xml:space="preserve">Paul Jourdaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Mirat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Caudal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Vicquelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Engineering for Gas Turbines and Power</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 141 (2), pp.1-9. </w:t>
+              <w:t xml:space="preserve">Fuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 236, pp.1540-1547. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1115/1.4040731⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.fuel.2018.09.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02002017v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02060434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of the acoustic forcing level on the transfer matrix of a turbulent swirling combustor with and without flame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Gaudron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1752,529 +1752,529 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02894371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flame describing functions of a confined premixed swirled combustor with upstream and downstream forcing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of a Diverging Cup on Swirl Number, Flow Pattern, and Topology of Premixed Flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Degenève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R Gaudron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marco Gatti</w:t>
+                <w:t xml:space="preserve">Paul Jourdaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Vicquelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Caudal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Engineering for Gas Turbines and Power</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 141 (5), pp.1-9. </w:t>
+              <w:t xml:space="preserve">, 2019, 141 (3), pp.031022. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1115/1.4041000⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1115/1.4041518⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02002003v1</w:t>
+                <w:t xml:space="preserve">hal-01917151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of a Diverging Cup on Swirl Number, Flow Pattern, and Topology of Premixed Flames</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paul Jourdaine</w:t>
+                <w:t xml:space="preserve">Flame describing functions of a confined premixed swirled combustor with upstream and downstream forcing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Gaudron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Schuller</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Engineering for Gas Turbines and Power</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 141 (3), pp.031022. </w:t>
+              <w:t xml:space="preserve">, 2019, 141 (5), pp.1-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1115/1.4041518⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1115/1.4041000⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01917151v1</w:t>
+                <w:t xml:space="preserve">hal-02002003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of combustion noise of an enclosed flame by simultaneous identification of noise source and flame dynamics</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stabilization mechanisms of sdwirling premixed flames with an axial-plus-tangential swirler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R Gaudron</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marco Gatti</w:t>
+                <w:t xml:space="preserve">Paul Jourdaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Caudal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Schuller</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 37 (4), pp.5263-5270. </w:t>
+              <w:t xml:space="preserve">Journal of Engineering for Gas Turbines and Power</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 140 (8), pp.1-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2018.05.124⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1115/1.4038617⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02135730v1</w:t>
+                <w:t xml:space="preserve">hal-02135735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stabilization mechanisms of sdwirling premixed flames with an axial-plus-tangential swirler</w:t>
+                <w:t xml:space="preserve">Prediction of combustion noise of an enclosed flame by simultaneous identification of noise source and flame dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Jourdaine</w:t>
+                <w:t xml:space="preserve">Malte Merk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Gaudron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camilo Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Engineering for Gas Turbines and Power</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 140 (8), pp.1-9. </w:t>
+              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 37 (4), pp.5263-5270. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1115/1.4038617⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2018.05.124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02135735v1</w:t>
+                <w:t xml:space="preserve">hal-02135730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of swirl and bluff-body on the transfer function of premixed flames</w:t>
               </w:r>
@@ -2390,64 +2390,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement and Simulation of Combustion Noise and Dynamics of a Confined Swirl Flame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malte Merk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wolfgang Polifke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Gaudron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2658,51 +2658,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comparison between the stabilization of premixed swirling CO2-diluted methane oxy-flames and methane/air flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Jourdaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2788,51 +2788,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of the injector size on the transfer functions of premixed laminar conical flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Gaudron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3958,51 +3958,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Vicquelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Jourdaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Schuller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4034,433 +4034,433 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02496821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation de la mesure de température de paroi par thermographie de luminophore appliquée à la combustion</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paul Jourdaine</w:t>
+                <w:t xml:space="preserve">Flame describing functions of a confined premixed swirled combustor with upstream and downstream forcing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Gaudron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mirat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ronan Vicquelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Schuller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème Congrès Francophone de Techniques Laser pour la mécanique des fluides</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ASME Turbo Expo 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Lillostrom, Norway. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/GT2018-76381⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02097664v1</w:t>
+                <w:t xml:space="preserve">hal-01883235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Experimental Study Of The Wall Temperature Of A Co2 Diluted Oxy-Flame And A Methane/Air Flame In A Technically Premixed Swirler</w:t>
+                <w:t xml:space="preserve">Optimisation de la mesure de température de paroi par thermographie de luminophore appliquée à la combustion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Degenève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Jourdaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Vicquelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Schuller</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFRF 2018 Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Sheffield, United Kingdom</w:t>
+              <w:t xml:space="preserve">16ème Congrès Francophone de Techniques Laser pour la mécanique des fluides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS, CentraleSupélec, Université Paris Saclay, IRSN, Sep 2018, Dourdan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01837875v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02097664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flame describing functions of a confined premixed swirled combustor with upstream and downstream forcing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An Experimental Study Of The Wall Temperature Of A Co2 Diluted Oxy-Flame And A Methane/Air Flame In A Technically Premixed Swirler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Degenève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R Gaudron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marco Gatti</w:t>
+                <w:t xml:space="preserve">Paul Jourdaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Caudal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Vicquelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME Turbo Expo 2018</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IFRF 2018 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Sheffield, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1115/GT2018-76381⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01883235v1</w:t>
+                <w:t xml:space="preserve">hal-01837875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of wall temperature and heat flux distributions in a swirled combustor powered by a methane air and a CO2-diluted oxyflame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Degenève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Jourdaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4541,51 +4541,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation de luminophores pour la mesure de transferts thermiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Degenève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Jourdaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4647,334 +4647,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02097650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comparison of the Transfer Functions and Flow Fields of Flames With Increasing Swirl Number</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Gatti</w:t>
+                <w:t xml:space="preserve">Effects of a Diverging Cup on Swirl Number, Flow Pattern and Topology of Premixed Flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Degenève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R Gaudron</w:t>
+                <w:t xml:space="preserve">Paul Jourdaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Caudal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Vicquelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME Turbo Expo 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Oslo, Norway. </w:t>
+              <w:t xml:space="preserve">ASME Turbo expo 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Lillestrom, Norway. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1115/gt2018-76105⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1115/gt2018-76152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01877585v1</w:t>
+                <w:t xml:space="preserve">hal-01825590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of a Diverging Cup on Swirl Number, Flow Pattern and Topology of Premixed Flames</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paul Jourdaine</w:t>
+                <w:t xml:space="preserve">A Comparison of the Transfer Functions and Flow Fields of Flames With Increasing Swirl Number</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Gaudron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Zimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Schuller</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME Turbo expo 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Lillestrom, Norway. </w:t>
+              <w:t xml:space="preserve">ASME Turbo Expo 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Oslo, Norway. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1115/gt2018-76152⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1115/gt2018-76105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01825590v1</w:t>
+                <w:t xml:space="preserve">hal-01877585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Injection System Design Impact on the Stabilization and Acoustic Response of Premixed Swirling Flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Gaudron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5051,51 +5051,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorella Palluotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Vicquelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Jourdaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5150,51 +5150,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stabilization mechanisms of swirling premixed flames with an axial-plus-tangential swirler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Jourdaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5280,51 +5280,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of the injector design on the transfer function of premixed swirling flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Gaudron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5384,51 +5384,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling and measurements of the transfer matrix of a swirling injector with and without flame for increasing forcing levels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Gaudron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5492,51 +5492,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the transfer function of large and small premixed laminar conical flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Gaudron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5609,51 +5609,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Quarl on N2- and CO2-Diluted Methane Oxy-Flames Stabilized by an Axial-Plus-Tangential Swirler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Jourdaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5735,84 +5735,205 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02400824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Experimental Study on Stabilisation of High-Pressure CO2-diluted Swirled CH4-Oxyflames in a Coaxial Burner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Samson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bonnety</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Vicquelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Betrancourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Mirat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées François Lacas 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2026, Rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05556220v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Impact of Oxygen Content on Wall-Temperature Phosphor Thermometry for Combustion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Guivarch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -5864,51 +5985,51 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Combustion Meeting (ECM) 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Edimburg, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05062170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5918,114 +6039,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des instabilités de combustion dans des foyers de centrale thermique fonctionnant au fioul lourd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mirat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre. Ecole Centrale Paris, 2015. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2015ECAP0037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01218155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId138"/>
+      <w:footerReference w:type="default" r:id="rId139"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6093,51 +6214,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="02AA3BB3"/>
+    <w:nsid w:val="34F39895"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6324,51 +6445,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/miratc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1948-9761" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/188956042" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469686v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Guivarch" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Samson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bonnety" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy Elias" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ducruix" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2025.105845" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990166v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Leroy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Puggelli" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mirat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Renaud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Leparoux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.10.016" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04441509v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Zurbach" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4063579" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03699639v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Vicquelin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4055711" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311086v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Lechner" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Betrancourt" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Scouflaire" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-022-03461-2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832524v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Aniello" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Schuster" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Werner" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J F Boussuge" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gatti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2022.105463" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215131v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Degen&#232;ve" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Caudal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Schuller" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.279" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959670v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dupuy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Gatti" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gicquel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Nicoud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2020.03.026" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02060434v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Jourdaine" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2018.09.012" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002017v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malte Merk" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Silva" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Polifke" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Gaudron" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4040731" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512043v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10494-019-00033-z" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894371v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4045024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002003v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4041000" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917151v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4041518" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135730v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.05.124" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135735v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4038617" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877590v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gatti" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gaudron" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Zimmer" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.06.148" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563996v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Gaudron" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J056502" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866771v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Degeneve" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Labegorre" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jourdaine" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.06.032" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02400897v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amath Lo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2016.11.017" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883219v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2017.01.022" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344933v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Durox" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2014.08.020" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062184v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Ducruix" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169040v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Buisson" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2024-127585" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565584v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2023-102876" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565583v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2022-82111" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603204v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496826v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495543v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Caudal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2019-91516" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496821v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097664v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837875v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883235v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2018-76381" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781013v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097650v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877585v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/gt2018-76105" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825590v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/gt2018-76152" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877594v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780985v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorella Palluotto" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02400896v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/gt2017-64248" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827072v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/gt2017-63874" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883223v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883220v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/gt2017-64231" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02400824v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Beaunier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Joumani" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/gt2016-56953" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062170v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01218155v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015ECAP0037" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/miratc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1948-9761" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/188956042" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469686v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Guivarch" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Samson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bonnety" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy Elias" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ducruix" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2025.105845" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990166v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Leroy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Puggelli" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mirat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Renaud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Leparoux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.10.016" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04441509v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Zurbach" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4063579" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03699639v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Vicquelin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4055711" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311086v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Lechner" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Betrancourt" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Scouflaire" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-022-03461-2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832524v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Aniello" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Schuster" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Werner" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J F Boussuge" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gatti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2022.105463" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215131v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Degen&#232;ve" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Caudal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Schuller" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.279" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959670v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dupuy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Gatti" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gicquel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Nicoud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2020.03.026" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002017v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malte Merk" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Silva" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Polifke" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Gaudron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4040731" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02060434v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Jourdaine" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2018.09.012" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512043v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10494-019-00033-z" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894371v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4045024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917151v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4041518" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002003v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4041000" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135735v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4038617" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135730v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.05.124" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877590v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gatti" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gaudron" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Zimmer" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.06.148" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563996v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Gaudron" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J056502" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866771v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Degeneve" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Labegorre" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jourdaine" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2018.06.032" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02400897v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amath Lo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2016.11.017" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883219v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2017.01.022" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344933v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Durox" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2014.08.020" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062184v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Ducruix" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05169040v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Buisson" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2024-127585" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565584v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2023-102876" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565583v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2022-82111" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603204v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496826v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495543v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Caudal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2019-91516" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496821v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883235v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2018-76381" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097664v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837875v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781013v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097650v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825590v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/gt2018-76152" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877585v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/gt2018-76105" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877594v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780985v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorella Palluotto" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02400896v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/gt2017-64248" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827072v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/gt2017-63874" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883223v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883220v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/gt2017-64231" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02400824v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Beaunier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Joumani" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/gt2016-56953" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05556220v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062170v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01218155v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015ECAP0037" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>