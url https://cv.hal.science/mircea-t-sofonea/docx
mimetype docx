--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:92.1875px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mircea T. Sofonea </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">affiliations actuelle :</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pathogenesis and Control of Chronic and Emerging Infections</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (PCCEI, U1058) - Univ. Montpellier, Inserm, EFS.*CHU Nîmes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">postes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">2023 —             chercheur hospitalier	CHU de Nîmes2018 — 	           maître de conférences 	Univ. Montpellier2017 — 2018 	chercheur post-doctorant 	CNRS2014 — 2017 	doctorant moniteur 	Univ. Montpellier</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">responsibilités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">2022 — 	Responsable Recherche de l'Institut de l'exposome de l'Université de Montpellier (ExposUM)2022 — 	Membre du Comité de Direction de la Fédération Hospitalo-Universitaire TIE (CHU de Montpellier)2021 —  Éditeur associé d'Anaesthesia Critical Care and Pain Medicine2021 — 	Membre du bureau de l'Action Coordonnée Modélisation de l'ANRS|MIE2021 — 	Membre du groupe d’expertise Air & COVID de l'Anses2021 — 2022 	Responsable de l'équipe de recherche Évolution Théorique & Expérimentale (MIVEGEC - Univ. Montpellier, CNRS, IRD2016 — 2018 	Membre du comité d'organisation du congrès Evolution 2018 	ESEB</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">2024  Habilitation à diriger des recherches                                        Sorbonne Univ. - Médecine2021 	DU stratégies anti-infectieuses (infectiologie hospitalière) 	Fac. Médecine, Univ. Montpellier2017 	doctorat en évolution des systèmes infectieux 	                    Univ. Montpellier2014 	diplôme de l'École normale supérieure (Paris)	2013 	diplôme de l'Institut Pasteur (Paris)2010 	classes préparatoires 	                                                                Lyc. Henri-IV, Paris</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">concours & qualifications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">2018 	Qualifications MCU biologie des populations, biologie des organismes & mathématiques appliquées2014 	Agrégation SVSTU (spécialité biologie & physiologie des organismes), CAPES mathématiques2010 	École normale supérieure de la rue d'Ulm2009 	Olympiades Internationales de Biologie2008 	Olympiades de Physique France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">prix & distinctions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">2024  Prix Sabatier d'Espeyran de l'Académie des Sciences et Lettres et de la Ville de Montpellier2022 	Prix Jean Mantz de la Société Française d’Anesthésie-Réanimation (meilleur article de l’année)2009 	Prix des Olympiades de l'Académie des Sciences</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (47)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resource landscape shapes the composition and stability of the human vaginal microbiota</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsukushi Kamiya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael France</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tessandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignacio G Bravo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 24 (2), pp.e3003575. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pbio.3003575⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05492290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-risk human papillomavirus cervical infection prevalence: a nationwide retrospective study comparing opportunistic and organised screening, France, 2020 to 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Supplisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tessandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Haim-Boukobza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Burrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurosurveillance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 30 (28), pp.2400689. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2807/1560-7917.ES.2025.30.28.2400689⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutant emergence timing and population immunisation status impact epidemiological dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Reyné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramsès Djidjou-Demasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Theoretical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 608, pp.112140. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtbi.2025.112140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05069967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leaky or polarised immunity: Non-Markovian modelling highlights the impact of immune memory assumptions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Reyné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsukushi Kamiya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramsès Djidjou-Demasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 21 (8), pp.e1013399. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1013399⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SARS-CoV-2 epidemiology, kinetics, and evolution: A narrative review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Virulence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 16 (1), pp.2480633. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/21505594.2025.2480633⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05025966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambitions et principaux enseignements du colloque « Santé globale, décisions locales », organisé par la Filière Santé numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Augusto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Béjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Joseph Bicout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gériatrie et Psychologie Neuropsychiatrie Du Vieillissement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 23 (2), pp.141-152. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/pnv.2025.1236⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05162335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comments on: Reducing the Risks of Nuclear War—The Role of Health Professionals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Lefrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Benhamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Olivier Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Pirracchio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Allaouchiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 43 (1), pp.101314. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.accpm.2023.101314⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04935736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">West Nile virus can be transmitted within mosquito populations through infectious mosquito excreta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Hamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Narpon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Idalba Serrato-Pomar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Gauliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Berthomieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iScience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 27 (11), pp.111099. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.isci.2024.111099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time forecasting of COVID-19-related hospital strain in France using a non-Markovian mechanistic model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Massey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Boennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Ximena Restrepo-Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 20 (5), pp.e1012124. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1012124⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04710001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Within-host evolutionary dynamics of antimicrobial quantitative resistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramsès Djidjou-Demasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Choisy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Modelling of Natural Phenomena</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18, pp.24. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/mmnp/2023019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03194023v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intensive Care Unit activity in France from the national database between 2013 and 2019: More critically ill patients, shorter stay and lower mortality rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Boussere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Mezzarobba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Payen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 42 (5), pp.101228. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.accpm.2023.101228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04100268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding the role of mask-wearing during COVID-19 on the island of Ireland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicola Fitz-Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Ferguson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Alvarez-Iglesias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsukushi Kamiya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Royal Society Open Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10 (7), </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsos.221540⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pièges et mésusages en analyse de données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Supplisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anesthésie &amp; Réanimation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9 (5-6), pp.440-450. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anrea.2023.08.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activité des réanimations françaises à partir d’une base de données nationale entre 2013 et 2019 : une gravité en augmentation, mais des durées de séjour et un taux de mortalité en baisse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Boussere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Mezzarobba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Payen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anesthésie &amp; Réanimation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9 (5-6), pp.485-497. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anrea.2023.10.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principles of mathematical epidemiology and compartmental modelling application to COVID-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Reyné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Saby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 41 (1), pp.101017. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.accpm.2021.101017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03859869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variant‐specific SARS‐CoV‐2 within‐host kinetics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Roquebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Trombert-Paolantoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Foulongne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 94 (8), pp.3625-3633. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jmv.27757⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03651890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peace, not war in Ukraine or anywhere else, please</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Lefrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Pirracchio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Benhamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Olivier Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosanna Njeim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.101068. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.accpm.2022.101068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03667303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-Markovian modelling highlights the importance of age structure on Covid-19 epidemiological dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Reyné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Selinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramsès Djidjou-Demasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Modelling of Natural Phenomena</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17, pp.7. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/mmnp/2022008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03629334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COVID-19 pandemic-associated chilblains: more links for SARS-CoV-2 and less evidence for high interferon type I systemic response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bessis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Trouillet-Assant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo-Paul Secco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Dermatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 187 (6), pp.1032-1035. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/bjd.21820⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03930679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epidemic models: why and how to use them</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Cauchemez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Boëlle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 41 (2), pp.101048. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.accpm.2022.101048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03638186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing and Modeling the Spread of SARS-CoV-2 Omicron Lineages BA.1 and BA.2, France, September 2021–February 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Roquebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Foulongne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Morquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Verdurme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emerging Infectious Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 28 (7), pp.1355-1365. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3201/eid2807.220033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrigendum to: Analysing different exposures identifies that wearing masks and establishing COVID-19 areas reduce secondary-attack risk in aged-care facilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Reyné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Selinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Miot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Pisoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Epidemiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 51 (2), pp.689-689. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ije/dyab269⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04056156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epidemiological and clinical insights from SARS-CoV-2 RT-PCR crossing threshold values, France, January to November 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Selinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Haim-Boukobza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Giannoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurosurveillance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27 (6), pp.2100406. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2807/1560-7917.ES.2022.27.6.2100406⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175551v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unresolved advantages of multipartitism in spatially structured environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark P Zwart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelle Johnson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Manrubia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Michalakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Virus Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 7 (1), </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ve/veab004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03219672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SARS-CoV-2 viral RNA levels are not 'viral load</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Michalakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignacio G. Bravo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (11), pp.970-972. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tim.2021.08.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03419147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Memory is key in capturing COVID-19 epidemiological dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Reyné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramsès Djidjou-Demasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Selinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Epidemics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 35, pp.100459. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.epidem.2021.100459⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticipating COVID-19 intensive care unit capacity strain: A look back at epidemiological projections in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.accpm.2021.100943⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03366541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Within-host bacterial growth dynamics with both mutation and horizontal gene transfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramsès Djidjou-Demasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00285-021-01571-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02500420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two waves and a high tide: the COVID-19 epidemic in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Boennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Michalakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 40 (3), pp.100881. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.accpm.2021.100881⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289626v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting Rapid Spread of SARS-CoV-2 Variants, France, January 26–February 16, 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Haim-Boukobza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Roquebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Trombert-Paolantoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lecorche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Verdurme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emerging Infectious Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 27 (5), pp.1496-1499. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3201/eid2705.210397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03150819v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emerging dynamics from high-resolution spatial numerical epidemics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Thomine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Boennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">eLife</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10, </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7554/elife.71417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03415297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age-structured non-pharmaceutical interventions for optimal control of COVID-19 epidemic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Choisy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramsès Djidjou-Demasse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1008776⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02879512v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The SARS-CoV-2 B.1.351 lineage (VOC β) is outgrowing the B.1.1.7 lineage (VOC α) in some French regions in April 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Roquebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Trombert-Paolantoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Haim-Boukobza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lecorche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Verdurme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurosurveillance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 26 (23), </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2807/1560-7917.es.2021.26.23.2100447⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapid spread of the SARS-CoV-2 Delta variant in some French regions, June 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Haim-Boukobza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Foulongne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Verdurme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Trombert-Paolantoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurosurveillance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 26 (28), </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2807/1560-7917.ES.2021.26.28.2100573⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SARS-CoV-2 variants of concern are associated with lower RT-PCR amplification cycles between January and March 2021 in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedicte Roquebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Haim-Boukobza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Trombert-Paolantoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lecorche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Verdurme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Infectious Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijid.2021.09.076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03366559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating dates of origin and end of COVID-19 epidemics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bénéteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie ` Baptiste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1, pp.e70. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pcjournal.63⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03120811v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysing different exposures identifies that wearing masks and establishing COVID-19 areas reduce secondary-attack risk in aged-care facilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Reyné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Selinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Miot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Pisoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Epidemiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 50 (6), pp.1788-1794. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ije/dyab121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early phylodynamics analysis of the COVID-19 epidemic in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gonché Danesh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Michalakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Bal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1, pp.e45. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pcjournal.40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03001114v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">European first-year university students accept evolution but lack substantial knowledge about it: a standardized European cross-country assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Kuschmierz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Beniermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Bergmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rianne Pinxten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuomas Aivelo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution: Education and Outreach</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14 (1), </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12052-021-00158-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03465492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Episome partitioning and symmetric cell divisions: Quantifying the role of random events in the persistence of HPV infections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Beneteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Selinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17 (9), pp.e1009352. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1009352⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03357550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SARS‐CoV‐2 virulence evolution: Avirulence theory, immunity and trade‐offs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 34 (12), pp.1867 - 1877. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jeb.13896⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting within-host interactions from genotype combination prevalence data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Lia Murall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Epidemics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29, pp.100349. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.epidem.2019.100349⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02387765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A global asymptotic stability condition for a dimorphic Lotka-Volterra model with explicit indirect interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applicable Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00036811.2018.1437417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03366505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small bottleneck size in a highly multipartite virus during a complete infection cycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Gallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Thébaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sicard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 92 (14), pp.e00139-18. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/JVI.00139-18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01847886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Ebola Virus evolve to be less virulent in humans?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aldakak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis F. V. V. Boullosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 31 (3), pp.382 - 392. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jeb.13229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01897077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposing the diversity of multiple infection patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Michalakis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Theoretical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 419, pp.278 - 289. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtbi.2017.02.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01567902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From within-host interactions to epidemiological competition: a general model for multiple infections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Michalakis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 370 (1675), pp.20140303. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rstb.2014.0303⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01571806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Épidémiologie et évolution du SARS-CoV-2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les années COVID : comment y survivre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.65-74, 2023, 978-2-493270-69-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resource landscape shapes the composition and stability of the human vaginal microbiota</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsukushi Kamiya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael France</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tessandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignacio G Bravo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05354437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HPV detection patterns in young women from the PAPCLEAR longitudinal study: implications for HPV screening policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Beneteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Groc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Lia Murall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Boué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epidemiological monitoring and control perspectives: application of a parsimonious modelling framework to the COVID-19 dynamics in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Reyné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramsès Djidjou-Demasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Selinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02619546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Épidémiologie mathématique & modélisation de la pandémie de COVID-19 : enjeux et diversité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramsès Djidjou-Demasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Selinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02924338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rt2: computing and visualising COVID-19 epidemics temporal reproduction number</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Reyné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gonché Danesh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03045490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Delta à Omicron, scénarios de tendances hospitalières pour l'hiver 2021-2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 16, CNRS - Centre National de la Recherche Scientifique; IRD - Institut de recherche pour le developpement; Université de Montpellier. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03502127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note d’appui scientifique et technique de l’Anses relatif à la viabilité dans l’air et la dose infectante du virus SARS-COV-2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Le Cann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Batéjat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Delache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignacio Garcia-Verdugo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi-Lan Ha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2021-SA-0018, Anses. 2021, 101 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03898683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Immunité de groupe et contrôle de l’épidémie de COVID-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] 2, Centre National de la Recherche Scientifique (CNRS); Institut de Recherche pour le Développement (IRD); Université de Montpellier (UM), FRA. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02882682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochasticité et épidémie de COVID-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bénéteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 8, Centre National de la Recherche Scientifique (CNRS); Institut de Recherche pour le Développement (IRD); Université de Montpellier (UM), FRA. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02950660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets sexe spécifiques de COVID-19 en France pourraient-ils être expliqués par des comorbidités ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Michalakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 10, Centre National de la Recherche Scientifique (CNRS); Institut de recherche pour le développement (IRD); Université de Montpellier (UM), FRA. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02950676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de l’épidémie de COVID-19 en France et scénarios de contrôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 9, Centre National de la Recherche Scientifique (CNRS); Institut de recherche pour le développement (IRD); Université de Montpellier (UM), FRA. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02950665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets sexe spécifiques de COVID-19 en France et l’implication potentielle des déficits en G6PD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Michalakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 11, Centre National de la Recherche Scientifique (CNRS); Institut de recherche pour le développement (IRD); Université de Montpellier (UM), FRA. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02950702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution de la virulence et COVID-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Michalakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 12, Centre National de la Recherche Scientifique (CNRS); Institut de recherche pour le développement (IRD); Université de Montpellier (UM), FRA. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02950712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limites et délais dans l’estimation du nombre de reproduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Reyné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 5, Centre National de la Recherche Scientifique (CNRS); Institut de recherche pour le développement (IRD); Université de Montpellier (UM), FRA. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02882697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modéliser l'épidémie de COVID-19 (résumé)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Michalakis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 7, Centre National de la Recherche Scientifique (CNRS); Institut de recherche pour le développement (IRD); Université de Montpellier (UM), FRA. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02950651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution de la virulence et infections multiples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Biologie animale. Université Montpellier, 2017. Français. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2017MONTT114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01704686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyses quantitatives par temps de crise sanitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Santé publique et épidémiologie. Sorbonne Université - Faculté de Médecine, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04752423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId216"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:92.1875px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mircea T. Sofonea </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">affiliations actuelle :</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pathogenesis and Control of Chronic and Emerging Infections</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (PCCEI, U1058) - Univ. Montpellier, Inserm, EFS.*CHU Nîmes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">postes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">2023 —             chercheur hospitalier	CHU de Nîmes2018 — 	           maître de conférences 	Univ. Montpellier2017 — 2018 	chercheur post-doctorant 	CNRS2014 — 2017 	doctorant moniteur 	Univ. Montpellier</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">responsibilités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">2022 — 	Responsable Recherche de l'Institut de l'exposome de l'Université de Montpellier (ExposUM)2022 — 	Membre du Comité de Direction de la Fédération Hospitalo-Universitaire TIE (CHU de Montpellier)2021 —  Éditeur associé d'Anaesthesia Critical Care and Pain Medicine2021 — 	Membre du bureau de l'Action Coordonnée Modélisation de l'ANRS|MIE2021 — 	Membre du groupe d’expertise Air & COVID de l'Anses2021 — 2022 	Responsable de l'équipe de recherche Évolution Théorique & Expérimentale (MIVEGEC - Univ. Montpellier, CNRS, IRD2016 — 2018 	Membre du comité d'organisation du congrès Evolution 2018 	ESEB</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">2024  Habilitation à diriger des recherches                                        Sorbonne Univ. - Médecine2021 	DU stratégies anti-infectieuses (infectiologie hospitalière) 	Fac. Médecine, Univ. Montpellier2017 	doctorat en évolution des systèmes infectieux 	                    Univ. Montpellier2014 	diplôme de l'École normale supérieure (Paris)	2013 	diplôme de l'Institut Pasteur (Paris)2010 	classes préparatoires 	                                                                Lyc. Henri-IV, Paris</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">concours & qualifications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">2018 	Qualifications MCU biologie des populations, biologie des organismes & mathématiques appliquées2014 	Agrégation SVSTU (spécialité biologie & physiologie des organismes), CAPES mathématiques2010 	École normale supérieure de la rue d'Ulm2009 	Olympiades Internationales de Biologie2008 	Olympiades de Physique France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">prix & distinctions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">2024  Prix Sabatier d'Espeyran de l'Académie des Sciences et Lettres et de la Ville de Montpellier2022 	Prix Jean Mantz de la Société Française d’Anesthésie-Réanimation (meilleur article de l’année)2009 	Prix des Olympiades de l'Académie des Sciences</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (47)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resource landscape shapes the composition and stability of the human vaginal microbiota</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsukushi Kamiya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael France</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tessandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignacio G Bravo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 24 (2), pp.e3003575. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pbio.3003575⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05492290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutant emergence timing and population immunisation status impact epidemiological dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Reyné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramsès Djidjou-Demasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Theoretical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 608, pp.112140. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtbi.2025.112140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05069967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-risk human papillomavirus cervical infection prevalence: a nationwide retrospective study comparing opportunistic and organised screening, France, 2020 to 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Supplisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tessandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Haim-Boukobza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Burrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurosurveillance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 30 (28), pp.2400689. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2807/1560-7917.ES.2025.30.28.2400689⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05191445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leaky or polarised immunity: Non-Markovian modelling highlights the impact of immune memory assumptions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Reyné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsukushi Kamiya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramsès Djidjou-Demasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 21 (8), pp.e1013399. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1013399⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05283311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SARS-CoV-2 epidemiology, kinetics, and evolution: A narrative review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Virulence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 16 (1), pp.2480633. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/21505594.2025.2480633⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05025966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ambitions et principaux enseignements du colloque « Santé globale, décisions locales », organisé par la Filière Santé numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Augusto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Béjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Joseph Bicout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gériatrie et Psychologie Neuropsychiatrie Du Vieillissement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 23 (2), pp.141-152. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/pnv.2025.1236⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05162335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comments on: Reducing the Risks of Nuclear War—The Role of Health Professionals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Lefrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Benhamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Olivier Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Pirracchio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Allaouchiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 43 (1), pp.101314. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.accpm.2023.101314⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04935736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">West Nile virus can be transmitted within mosquito populations through infectious mosquito excreta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Hamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Narpon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Idalba Serrato-Pomar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Gauliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Berthomieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iScience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 27 (11), pp.111099. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.isci.2024.111099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time forecasting of COVID-19-related hospital strain in France using a non-Markovian mechanistic model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Massey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Boennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Ximena Restrepo-Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 20 (5), pp.e1012124. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1012124⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04710001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Within-host evolutionary dynamics of antimicrobial quantitative resistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramsès Djidjou-Demasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Choisy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Modelling of Natural Phenomena</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18, pp.24. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/mmnp/2023019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03194023v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intensive Care Unit activity in France from the national database between 2013 and 2019: More critically ill patients, shorter stay and lower mortality rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Boussere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Mezzarobba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Payen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 42 (5), pp.101228. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.accpm.2023.101228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04100268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding the role of mask-wearing during COVID-19 on the island of Ireland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicola Fitz-Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Ferguson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Alvarez-Iglesias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsukushi Kamiya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Royal Society Open Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10 (7), </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsos.221540⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pièges et mésusages en analyse de données</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Supplisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anesthésie &amp; Réanimation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9 (5-6), pp.440-450. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anrea.2023.08.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activité des réanimations françaises à partir d’une base de données nationale entre 2013 et 2019 : une gravité en augmentation, mais des durées de séjour et un taux de mortalité en baisse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Boussere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Mezzarobba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Payen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anesthésie &amp; Réanimation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9 (5-6), pp.485-497. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anrea.2023.10.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04945763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COVID-19 pandemic-associated chilblains: more links for SARS-CoV-2 and less evidence for high interferon type I systemic response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bessis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Trouillet-Assant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo-Paul Secco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Dermatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 187 (6), pp.1032-1035. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/bjd.21820⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03930679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-Markovian modelling highlights the importance of age structure on Covid-19 epidemiological dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Reyné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Selinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramsès Djidjou-Demasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Modelling of Natural Phenomena</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17, pp.7. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/mmnp/2022008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03629334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epidemic models: why and how to use them</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Cauchemez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Boëlle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 41 (2), pp.101048. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.accpm.2022.101048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03638186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing and Modeling the Spread of SARS-CoV-2 Omicron Lineages BA.1 and BA.2, France, September 2021–February 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Roquebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Foulongne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Morquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Verdurme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emerging Infectious Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 28 (7), pp.1355-1365. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3201/eid2807.220033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrigendum to: Analysing different exposures identifies that wearing masks and establishing COVID-19 areas reduce secondary-attack risk in aged-care facilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Reyné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Selinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Miot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Pisoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Epidemiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 51 (2), pp.689-689. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ije/dyab269⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04056156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epidemiological and clinical insights from SARS-CoV-2 RT-PCR crossing threshold values, France, January to November 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Selinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Haim-Boukobza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Giannoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurosurveillance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27 (6), pp.2100406. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2807/1560-7917.ES.2022.27.6.2100406⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175551v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variant‐specific SARS‐CoV‐2 within‐host kinetics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Roquebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Trombert-Paolantoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Foulongne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 94 (8), pp.3625-3633. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jmv.27757⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03651890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peace, not war in Ukraine or anywhere else, please</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Lefrant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Pirracchio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Benhamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Olivier Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosanna Njeim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.101068. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.accpm.2022.101068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03667303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Principles of mathematical epidemiology and compartmental modelling application to COVID-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Reyné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Saby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 41 (1), pp.101017. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.accpm.2021.101017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03859869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SARS-CoV-2 viral RNA levels are not 'viral load</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Michalakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignacio G. Bravo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (11), pp.970-972. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tim.2021.08.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03419147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Memory is key in capturing COVID-19 epidemiological dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Reyné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramsès Djidjou-Demasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Selinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Epidemics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 35, pp.100459. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.epidem.2021.100459⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticipating COVID-19 intensive care unit capacity strain: A look back at epidemiological projections in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.accpm.2021.100943⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03366541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unresolved advantages of multipartitism in spatially structured environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark P Zwart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelle Johnson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Manrubia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Michalakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Virus Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 7 (1), </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ve/veab004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03219672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting Rapid Spread of SARS-CoV-2 Variants, France, January 26–February 16, 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Haim-Boukobza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Roquebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Trombert-Paolantoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lecorche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Verdurme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emerging Infectious Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 27 (5), pp.1496-1499. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3201/eid2705.210397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03150819v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two waves and a high tide: the COVID-19 epidemic in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Boennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Michalakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 40 (3), pp.100881. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.accpm.2021.100881⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289626v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Within-host bacterial growth dynamics with both mutation and horizontal gene transfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramsès Djidjou-Demasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00285-021-01571-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02500420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emerging dynamics from high-resolution spatial numerical epidemics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Thomine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Boennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Barthelemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">eLife</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10, </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7554/elife.71417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03415297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age-structured non-pharmaceutical interventions for optimal control of COVID-19 epidemic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Choisy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramsès Djidjou-Demasse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1008776⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02879512v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The SARS-CoV-2 B.1.351 lineage (VOC β) is outgrowing the B.1.1.7 lineage (VOC α) in some French regions in April 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Roquebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Trombert-Paolantoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Haim-Boukobza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lecorche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Verdurme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurosurveillance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 26 (23), </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2807/1560-7917.es.2021.26.23.2100447⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SARS-CoV-2 variants of concern are associated with lower RT-PCR amplification cycles between January and March 2021 in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedicte Roquebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Haim-Boukobza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Trombert-Paolantoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Lecorche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Verdurme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Infectious Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijid.2021.09.076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03366559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapid spread of the SARS-CoV-2 Delta variant in some French regions, June 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Haim-Boukobza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Foulongne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Verdurme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Trombert-Paolantoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurosurveillance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 26 (28), </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2807/1560-7917.ES.2021.26.28.2100573⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating dates of origin and end of COVID-19 epidemics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bénéteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie ` Baptiste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1, pp.e70. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pcjournal.63⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03120811v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysing different exposures identifies that wearing masks and establishing COVID-19 areas reduce secondary-attack risk in aged-care facilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Reyné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Selinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Miot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Pisoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Epidemiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 50 (6), pp.1788-1794. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ije/dyab121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early phylodynamics analysis of the COVID-19 epidemic in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gonché Danesh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Michalakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Bal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1, pp.e45. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pcjournal.40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03001114v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">European first-year university students accept evolution but lack substantial knowledge about it: a standardized European cross-country assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Kuschmierz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Beniermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Bergmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rianne Pinxten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuomas Aivelo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution: Education and Outreach</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14 (1), </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12052-021-00158-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03465492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Episome partitioning and symmetric cell divisions: Quantifying the role of random events in the persistence of HPV infections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Beneteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Selinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17 (9), pp.e1009352. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1009352⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03357550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SARS‐CoV‐2 virulence evolution: Avirulence theory, immunity and trade‐offs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 34 (12), pp.1867 - 1877. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jeb.13896⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting within-host interactions from genotype combination prevalence data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Lia Murall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Epidemics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29, pp.100349. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.epidem.2019.100349⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02387765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A global asymptotic stability condition for a dimorphic Lotka-Volterra model with explicit indirect interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applicable Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00036811.2018.1437417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03366505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small bottleneck size in a highly multipartite virus during a complete infection cycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Gallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Thébaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Sicard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 92 (14), pp.e00139-18. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/JVI.00139-18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01847886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Ebola Virus evolve to be less virulent in humans?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aldakak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis F. V. V. Boullosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 31 (3), pp.382 - 392. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jeb.13229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01897077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposing the diversity of multiple infection patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Michalakis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Theoretical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 419, pp.278 - 289. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtbi.2017.02.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01567902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From within-host interactions to epidemiological competition: a general model for multiple infections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Michalakis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 370 (1675), pp.20140303. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rstb.2014.0303⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01571806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Épidémiologie et évolution du SARS-CoV-2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les années COVID : comment y survivre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp.65-74, 2023, 978-2-493270-69-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resource landscape shapes the composition and stability of the human vaginal microbiota</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsukushi Kamiya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael France</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tessandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignacio G Bravo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05354437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HPV detection patterns in young women from the PAPCLEAR longitudinal study: implications for HPV screening policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Beneteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Groc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Lia Murall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Boué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epidemiological monitoring and control perspectives: application of a parsimonious modelling framework to the COVID-19 dynamics in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Reyné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramsès Djidjou-Demasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Selinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02619546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Épidémiologie mathématique & modélisation de la pandémie de COVID-19 : enjeux et diversité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramsès Djidjou-Demasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Selinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02924338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rt2: computing and visualising COVID-19 epidemics temporal reproduction number</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Reyné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gonché Danesh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03045490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Delta à Omicron, scénarios de tendances hospitalières pour l'hiver 2021-2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 16, CNRS - Centre National de la Recherche Scientifique; IRD - Institut de recherche pour le developpement; Université de Montpellier. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03502127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note d’appui scientifique et technique de l’Anses relatif à la viabilité dans l’air et la dose infectante du virus SARS-COV-2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Le Cann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Batéjat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Delache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignacio Garcia-Verdugo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi-Lan Ha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Saisine n°2021-SA-0018, Anses. 2021, 101 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anses-03898683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets sexe spécifiques de COVID-19 en France pourraient-ils être expliqués par des comorbidités ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Michalakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 10, Centre National de la Recherche Scientifique (CNRS); Institut de recherche pour le développement (IRD); Université de Montpellier (UM), FRA. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02950676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution de la virulence et COVID-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Michalakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 12, Centre National de la Recherche Scientifique (CNRS); Institut de recherche pour le développement (IRD); Université de Montpellier (UM), FRA. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02950712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets sexe spécifiques de COVID-19 en France et l’implication potentielle des déficits en G6PD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Michalakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 11, Centre National de la Recherche Scientifique (CNRS); Institut de recherche pour le développement (IRD); Université de Montpellier (UM), FRA. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02950702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de l’épidémie de COVID-19 en France et scénarios de contrôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 9, Centre National de la Recherche Scientifique (CNRS); Institut de recherche pour le développement (IRD); Université de Montpellier (UM), FRA. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02950665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limites et délais dans l’estimation du nombre de reproduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Reyné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 5, Centre National de la Recherche Scientifique (CNRS); Institut de recherche pour le développement (IRD); Université de Montpellier (UM), FRA. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02882697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modéliser l'épidémie de COVID-19 (résumé)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Michalakis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 7, Centre National de la Recherche Scientifique (CNRS); Institut de recherche pour le développement (IRD); Université de Montpellier (UM), FRA. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02950651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochasticité et épidémie de COVID-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bénéteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] 8, Centre National de la Recherche Scientifique (CNRS); Institut de Recherche pour le Développement (IRD); Université de Montpellier (UM), FRA. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02950660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Immunité de groupe et contrôle de l’épidémie de COVID-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Alizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] 2, Centre National de la Recherche Scientifique (CNRS); Institut de Recherche pour le Développement (IRD); Université de Montpellier (UM), FRA. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02882682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution de la virulence et infections multiples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Biologie animale. Université Montpellier, 2017. Français. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2017MONTT114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01704686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyses quantitatives par temps de crise sanitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mircea T Sofonea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Santé publique et épidémiologie. Sorbonne Université - Faculté de Médecine, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04752423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId216"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492290v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsukushi Kamiya" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mircea T Sofonea" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael France" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tessandier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio G Bravo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3003575" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191445v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Supplisson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Roussel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Haim-Boukobza" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Burrel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2025.30.28.2400689" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069967v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Reyn&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rams&#232;s Djidjou-Demasse" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Alizon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2025.112140" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283311v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1013399" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025966v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21505594.2025.2480633" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162335v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Picard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Augusto" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias B&#233;jean" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bertrand" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Joseph Bicout" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2025.1236" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935736v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Lefrant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Benhamou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Olivier Fischer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pirracchio" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Allaouchiche" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2023.101314" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886076v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Hamel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Narpon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idalba Serrato-Pomar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gauliard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Berthomieu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2024.111099" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710001v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Massey" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Boennec" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Ximena Restrepo-Ortiz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blanchet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1012124" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194023v4" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Choisy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mmnp/2023019" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100268v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boulet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Boussere" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Mezzarobba" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Payen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2023.101228" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229345v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Fitz-Simon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Ferguson" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Alvarez-Iglesias" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.221540" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886113v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mircea Sofonea" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anrea.2023.08.002" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945763v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anrea.2023.10.003" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859869v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saby" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2021.101017" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651890v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Elie" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Roquebert" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Trombert-Paolantoni" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Foulongne" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmv.27757" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667303v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosanna Njeim" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2022.101068" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629334v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Richard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Selinger" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mmnp/2022008" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930679v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bessis" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Trouillet-Assant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o-Paul Secco" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bardin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Blanc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjd.21820" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03638186v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Cauchemez" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Bo&#235;lle" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2022.101048" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714983v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Morquin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Verdurme" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2807.220033" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056156v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Miot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Pisoni" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ije/dyab269" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175551v3" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Giannoli" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2022.27.6.2100406" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03219672v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark P Zwart" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelle Johnson" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna Manrubia" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Michalakis" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ve/veab004" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419147v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio G. Bravo" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tim.2021.08.008" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289624v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epidem.2021.100459" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366541v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2021.100943" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500420v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00285-021-01571-9" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289626v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2021.100881" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150819v3" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lecorche" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2705.210397" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415297v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thomine" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barthelemy" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.71417" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879512v3" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1008776" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289627v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.es.2021.26.23.2100447" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289622v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2021.26.28.2100573" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366559v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Roquebert" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijid.2021.09.076" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120811v2" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas B&#233;n&#233;teau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie ` Baptiste" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.63" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289625v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ije/dyab121" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001114v2" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonch&#233; Danesh" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Bal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.40" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465492v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Kuschmierz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Beniermann" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Bergmann" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rianne Pinxten" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuomas Aivelo" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12052-021-00158-8" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357550v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Beneteau" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1009352" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289628v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.13896" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387765v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Lia Murall" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Saulnier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epidem.2019.100349" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366505v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036811.2018.1437417" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01847886v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gallet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fabre" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Th&#233;baud" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sicard" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00139-18" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897077v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aldakak" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis F. V. V. Boullosa" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.13229" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567902v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2017.02.011" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571806v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2014.0303" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184205v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354437v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759547v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Groc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Bou&#233;" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02619546v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924338v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045490v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502127v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03898683v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Cann" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bat&#233;jat" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Delache" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Garcia-Verdugo" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Lan Ha" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882682v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950660v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950676v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950665v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950702v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950712v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882697v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950651v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01704686v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017MONTT114" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04752423v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492290v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsukushi Kamiya" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mircea T Sofonea" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael France" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tessandier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio G Bravo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3003575" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069967v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Reyn&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rams&#232;s Djidjou-Demasse" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Alizon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2025.112140" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191445v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Supplisson" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Roussel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Haim-Boukobza" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Burrel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2025.30.28.2400689" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283311v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1013399" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025966v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21505594.2025.2480633" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162335v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Picard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Augusto" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias B&#233;jean" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bertrand" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Joseph Bicout" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2025.1236" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935736v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Lefrant" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Benhamou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Olivier Fischer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pirracchio" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Allaouchiche" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2023.101314" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886076v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Hamel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Narpon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idalba Serrato-Pomar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gauliard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Berthomieu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2024.111099" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710001v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Massey" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Boennec" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Ximena Restrepo-Ortiz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blanchet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1012124" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194023v4" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Choisy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mmnp/2023019" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100268v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boulet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Boussere" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Mezzarobba" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Payen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2023.101228" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229345v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Fitz-Simon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Ferguson" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Alvarez-Iglesias" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.221540" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886113v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mircea Sofonea" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anrea.2023.08.002" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945763v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anrea.2023.10.003" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930679v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bessis" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Trouillet-Assant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o-Paul Secco" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bardin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Blanc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjd.21820" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629334v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Richard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Selinger" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mmnp/2022008" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03638186v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Cauchemez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Bo&#235;lle" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2022.101048" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714983v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Roquebert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Foulongne" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Morquin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Verdurme" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2807.220033" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056156v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Miot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Pisoni" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ije/dyab269" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175551v3" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Giannoli" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2022.27.6.2100406" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651890v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Elie" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Trombert-Paolantoni" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmv.27757" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667303v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosanna Njeim" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2022.101068" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859869v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saby" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2021.101017" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419147v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Michalakis" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio G. Bravo" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tim.2021.08.008" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289624v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epidem.2021.100459" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366541v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2021.100943" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03219672v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark P Zwart" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelle Johnson" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna Manrubia" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ve/veab004" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150819v3" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lecorche" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2705.210397" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289626v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2021.100881" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02500420v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00285-021-01571-9" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03415297v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thomine" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barthelemy" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.71417" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879512v3" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1008776" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289627v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.es.2021.26.23.2100447" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366559v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Roquebert" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijid.2021.09.076" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289622v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2021.26.28.2100573" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120811v2" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas B&#233;n&#233;teau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie ` Baptiste" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.63" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289625v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ije/dyab121" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001114v2" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonch&#233; Danesh" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Bal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.40" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465492v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Kuschmierz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Beniermann" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Bergmann" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rianne Pinxten" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuomas Aivelo" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12052-021-00158-8" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357550v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Beneteau" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1009352" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289628v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.13896" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387765v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Lia Murall" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Saulnier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epidem.2019.100349" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366505v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036811.2018.1437417" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01847886v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gallet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fabre" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Th&#233;baud" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sicard" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00139-18" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897077v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aldakak" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis F. V. V. Boullosa" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.13229" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567902v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2017.02.011" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571806v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2014.0303" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184205v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354437v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759547v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Groc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Bou&#233;" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02619546v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924338v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045490v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502127v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03898683v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Cann" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bat&#233;jat" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Delache" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Garcia-Verdugo" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Lan Ha" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950676v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950712v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950702v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950665v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882697v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950651v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950660v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02882682v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01704686v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017MONTT114" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04752423v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>