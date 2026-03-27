--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2341,308 +2341,308 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01201336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The primary pathway for lactate oxidation in Desulfovibrio vulgaris</w:t>
+                <w:t xml:space="preserve">Bacterial genome remodeling through bacteriophage recombination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Vita</w:t>
+                <w:t xml:space="preserve">Rachid Menouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Odile Valette</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Geoffrey Hutinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnès Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Ansaldi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2015.00606⟩</w:t>
+              <w:t xml:space="preserve">FEMS Microbiology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 362 (1), pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/femsle/fnu022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01452061v1</w:t>
+                <w:t xml:space="preserve">hal-01204494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial genome remodeling through bacteriophage recombination</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The primary pathway for lactate oxidation in Desulfovibrio vulgaris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachid Menouni</w:t>
+                <w:t xml:space="preserve">Gael Brasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geoffrey Hutinet</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sabrina Lignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS Microbiology Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 362 (1), pp.1-10. </w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6, pp.606. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/femsle/fnu022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2015.00606⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01204494v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01452061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcription termination controls prophage maintenance in Escherichia coli genomes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Menouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Champ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2754,51 +2754,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tania Puvirajesinghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Latifa Elantak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Lignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Franche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2888,51 +2888,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tania Puvirajesinghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Latifa Elantak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Lignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Franche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5236,51 +5236,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sak4 of phage HK620 is an SSB-stimulated annealase that is involved in the lytic development of the phage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Hutinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Besle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5530,51 +5530,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336284v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swapnesh Panigrahi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Ansaldi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ginet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nargab/lqaf134" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975322v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Marrec" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2025014" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316210v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juli&#225;n Bulssico" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Matveeva" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille M Ansaldi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1013546" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04210985v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Papukashvili" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leon Espinosa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gandon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1011602" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04052386v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoual Derdouri" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Denis" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Battesti" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1010672" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836431v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Pierro" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Bonucci" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Normanno" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pilet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202202249" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03781524v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Gendre" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Olivenza" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Casades&#250;s" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23168917" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03216610v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Clavijo-Coppens" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cesbron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Briand" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v13050725" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02995656v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.15050" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02530997v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Boulanger" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Brives" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Debarbieux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dufour" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2020.0809" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02530998v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le H&#233;naff" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2019.0805" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01827313v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Petit" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Tavares" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v10030123" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01988228v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Wahl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Battesti" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.14167" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640016v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Torres-Barcel&#243;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Kaltz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Froissart" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v9040087" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640054v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Bazin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cholat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rodrigue" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pignol" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-015-5582-4" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470361v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Franche" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Vinay" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-6288-y" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470362v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie C. T. Descamps" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Meunier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Brutesco" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Pr&#233;v&#233;ral" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-8010-5" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01201336v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Gr&#233;gori" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Rapha&#235;l Fantino" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Pouillot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0131466" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01452061v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vita" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Valette" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Brasseur" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Lignon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2015.00606" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204494v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Menouni" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Hutinet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsle/fnu022" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874882v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Champ" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Boudvillain" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1303400110" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447752v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Puvirajesinghe" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Elantak" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Ilbert" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111.331462" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018155v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.m111.331462" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447766v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie M Champ" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa M Perrody" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid M Menouni" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre M Genevaux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111.281865" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636313v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles de Luca" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#8203;mohamed Barakat" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ortet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fochesato" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Jourlin-Castelli" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0023784" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666940v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Champ" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Puvirajesinghe" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Perrody" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Menouni" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Genevaux" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458283v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouchka Fi&#233;vet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia My" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cascales" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia R Pauleta" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00044-11" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511116v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Panis" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Duverger" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Courvoisier-Dezord" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Talla" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1001149" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511121v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2010.04.027" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511124v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Barakat" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent M&#233;jean" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-10-315" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511127v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Th&#233;raulaz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Baraquet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2007.05936.x" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511128v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M701827200" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00067853v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. El Antak" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ansaldi" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guerlesquin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. M&#233;jean" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Morelli" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018141v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Guerlesquin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Morelli" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.m507409200" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511131v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Theraulaz" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mejean" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0401927101" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511134v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bordi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Iobbi-Nivol" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.186.14.4502-4509.2004" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04747957v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Taveau" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Costechareyre" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/biocontrole-des-maladies-des-plantes/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51926/ISTE.9098.ch8" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03917867v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/book/10.1002/9781394188277" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394188277.ch8" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747946v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845859v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735072v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Besle" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Son" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Mcgovern" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Gu&#233;rois" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336284v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swapnesh Panigrahi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Ansaldi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ginet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nargab/lqaf134" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975322v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Marrec" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2025014" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316210v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juli&#225;n Bulssico" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Matveeva" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille M Ansaldi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1013546" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04210985v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Papukashvili" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leon Espinosa" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gandon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1011602" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04052386v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoual Derdouri" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Denis" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Battesti" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1010672" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836431v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Pierro" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Bonucci" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Normanno" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pilet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202202249" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03781524v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Gendre" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Olivenza" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Casades&#250;s" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23168917" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03216610v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Clavijo-Coppens" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cesbron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Briand" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v13050725" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02995656v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.15050" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02530997v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Boulanger" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Brives" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Debarbieux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dufour" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2020.0809" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02530998v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le H&#233;naff" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/vir.2019.0805" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01827313v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Petit" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Tavares" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v10030123" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01988228v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Wahl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Battesti" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.14167" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640016v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Torres-Barcel&#243;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Kaltz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Froissart" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v9040087" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640054v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Bazin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cholat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rodrigue" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pignol" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-015-5582-4" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470361v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Franche" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Vinay" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-6288-y" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470362v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie C. T. Descamps" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Meunier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Brutesco" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Pr&#233;v&#233;ral" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-8010-5" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01201336v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Gr&#233;gori" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Rapha&#235;l Fantino" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Pouillot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0131466" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204494v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Menouni" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Hutinet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsle/fnu022" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01452061v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vita" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Valette" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Brasseur" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Lignon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2015.00606" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874882v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Champ" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Boudvillain" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1303400110" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447752v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Puvirajesinghe" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Elantak" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Ilbert" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111.331462" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018155v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.m111.331462" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447766v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie M Champ" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa M Perrody" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid M Menouni" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre M Genevaux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111.281865" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636313v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles de Luca" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#8203;mohamed Barakat" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ortet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fochesato" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Jourlin-Castelli" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0023784" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666940v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Champ" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Puvirajesinghe" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Perrody" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Menouni" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Genevaux" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458283v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouchka Fi&#233;vet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia My" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cascales" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia R Pauleta" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00044-11" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511116v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Panis" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Duverger" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Courvoisier-Dezord" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Talla" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1001149" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511121v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2010.04.027" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511124v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Barakat" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent M&#233;jean" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-10-315" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511127v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Th&#233;raulaz" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Baraquet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2007.05936.x" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511128v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M701827200" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00067853v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. El Antak" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ansaldi" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guerlesquin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. M&#233;jean" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Morelli" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018141v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Guerlesquin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Morelli" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.m507409200" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511131v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Theraulaz" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mejean" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0401927101" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03511134v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bordi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Iobbi-Nivol" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.186.14.4502-4509.2004" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04747957v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Taveau" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Costechareyre" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/biocontrole-des-maladies-des-plantes/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51926/ISTE.9098.ch8" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03917867v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/book/10.1002/9781394188277" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394188277.ch8" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747946v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845859v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735072v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Besle" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Son" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Mcgovern" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Gu&#233;rois" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>