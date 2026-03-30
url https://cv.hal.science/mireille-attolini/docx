--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -476,51 +476,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03935973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the Metal Ion on the Electrocatalytic Hydrogen Production by a Thiosemicarbazone Palladium Complex</w:t>
+                <w:t xml:space="preserve">Influence of the metal ion on the electrocatalytic hydrogen production by a thiosemicarbazone palladium complex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Straistari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud M Hardré</w:t>
@@ -559,93 +559,93 @@
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 20-21, pp.2259-2266</w:t>
+              <w:t xml:space="preserve">, 2018, pp.2259-2266</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01948729v1</w:t>
+                <w:t xml:space="preserve">hal-01771136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the metal ion on the electrocatalytic hydrogen production by a thiosemicarbazone palladium complex</w:t>
+                <w:t xml:space="preserve">Influence of the Metal Ion on the Electrocatalytic Hydrogen Production by a Thiosemicarbazone Palladium Complex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Straistari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud M Hardré</w:t>
@@ -684,69 +684,69 @@
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, pp.2259-2266</w:t>
+              <w:t xml:space="preserve">, 2018, 20-21, pp.2259-2266</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01771136v1</w:t>
+                <w:t xml:space="preserve">hal-01948729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expeditious synthesis and biological evaluation of new C-6 1,2,3-triazole adenosine derivatives A1 receptor antagonists or agonists</w:t>
               </w:r>
@@ -1582,51 +1582,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076940v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;titia Leydet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Couillaud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Amouric" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Courvoisier&#8208;dezord" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Avesque" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202401083" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496370v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Garzon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Attolini" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Maffei" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10426507.2023.2281472" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03935973v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Courvoisier-Dezord" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Schweitzer" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202200595" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948729v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Straistari" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud M Hardr&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Massin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Faure" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771136v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407718v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smitha C. Mathew" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youlet By" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Berthault" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alice Virolleaud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Carrega" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0ob00017e" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682114v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smitha C Mathew" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00679622v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nandita Ghosh" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2009.09.112" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378053v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Hazimeh" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Mattalia" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bodineau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kishan Handoo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01727565v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smitha Mathew" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076940v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;titia Leydet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Couillaud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Amouric" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Courvoisier&#8208;dezord" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Avesque" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202401083" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496370v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Garzon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Attolini" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Maffei" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10426507.2023.2281472" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03935973v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Courvoisier-Dezord" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Schweitzer" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202200595" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771136v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Straistari" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud M Hardr&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Massin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Faure" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948729v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407718v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smitha C. Mathew" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youlet By" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Berthault" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alice Virolleaud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Carrega" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0ob00017e" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682114v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smitha C Mathew" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00679622v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nandita Ghosh" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2009.09.112" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378053v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Hazimeh" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Mattalia" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bodineau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kishan Handoo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-01727565v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smitha Mathew" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>