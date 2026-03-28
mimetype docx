--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -1341,303 +1341,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02646814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">alpha-Linolenate reduces the dietary requirement for linoleate in the growing rat</w:t>
+                <w:t xml:space="preserve">Omega-3 Fatty Acids from Fish Oil Lower Anxiety, Improve Cognitive Functions and Reduce Spontaneous Locomotor Activity in a Non-Human Primate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe P. Guesnet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean Marc J. M. Alessandri</w:t>
+                <w:t xml:space="preserve">Nina Vinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sephen C. Cunnane</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Adrien Lhomme-Duchadeuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Guesnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Alessandri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prostaglandins, Leukotrienes and Essential Fatty Acids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.plefa.2011.08.003⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (6), pp.e20491. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0020491⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02644169v1</w:t>
+                <w:t xml:space="preserve">mnhn-02291947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Omega-3 Fatty Acids from Fish Oil Lower Anxiety, Improve Cognitive Functions and Reduce Spontaneous Locomotor Activity in a Non-Human Primate</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nina Vinot</w:t>
+                <w:t xml:space="preserve">alpha-Linolenate reduces the dietary requirement for linoleate in the growing rat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Guesnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Sylvie Lallemand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marc J. M. Alessandri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Guesnet</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sephen C. Cunnane</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Prostaglandins, Leukotrienes and Essential Fatty Acids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 85 (6), pp.353 - 360. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.plefa.2011.08.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0020491⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">mnhn-02291947v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02644169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">n-3 long-chain fatty acids and regulation of glucose transport in two models of rat brain endothelial cells</w:t>
               </w:r>
@@ -1649,51 +1649,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Pifferi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Alessandri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1954,51 +1954,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Langelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Alessandri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Vancassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2407,51 +2407,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maternal obesity and preconceptional weight loss: high sensitivity of epigenetic regulators gene expression in relation to fetal growth and long-lasting effect in mice</w:t>
+                <w:t xml:space="preserve">Mémoire épigénétique des trajectoires pondérales maternelles préconceptionnelles au cours du développement chez la souris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polina Panchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Voisin</w:t>
@@ -2465,118 +2465,118 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie-Christine Lacroix</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. congrès de la SF-DOHaD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Francophone-DOHaD. FRA., Dec 2016, Paris, France. 84 p</w:t>
+              <w:t xml:space="preserve">2. Réunion d'Animation épiPHASE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Mar 2016, Saint-Pée-sur-Nivelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02741277v1</w:t>
+                <w:t xml:space="preserve">hal-02797201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mémoire épigénétique des trajectoires pondérales maternelles préconceptionnelles au cours du développement chez la souris</w:t>
+                <w:t xml:space="preserve">Maternal obesity and preconceptional weight loss: high sensitivity of epigenetic regulators gene expression in relation to fetal growth and long-lasting effect in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polina Panchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Voisin</w:t>
@@ -2590,512 +2590,512 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Audrey Prézelin</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Réunion d'Animation épiPHASE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UAR Département Physiologie Animale et Systèmes d'Elevage (0558)., Mar 2016, Saint-Pée-sur-Nivelle, France</w:t>
+              <w:t xml:space="preserve">3. congrès de la SF-DOHaD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Francophone-DOHaD. FRA., Dec 2016, Paris, France. 84 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02797201v1</w:t>
+                <w:t xml:space="preserve">hal-02741277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Obésité et perte de poids maternelles : programmation épigénétique dans le placenta et effets sur le phénotype des descendants adultes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The epigenetic basis of sexual dimorphism in nutritional programming of health and diseases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Gabory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qihan Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polina Panchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jouin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Rencontre du Groupe de la Francophonie Placentaire "Le placenta dans tous ses états"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Hôpitaux Universitaires de Genève (HUG). CHE., Jun 2015, Genève, Suisse</w:t>
+              <w:t xml:space="preserve">Epigenetics, Obesity and Metabolism 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Abcam. GBR., Oct 2015, Hinxton, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02797274v1</w:t>
+                <w:t xml:space="preserve">hal-02741265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maternal preconceptional weight loss: impact on fetoplacental development and on epigenetic machinery genes expression</w:t>
+                <w:t xml:space="preserve">Obésité et perte de poids maternelles : programmation épigénétique dans le placenta et effets sur le phénotype des descendants adultes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polina Panchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claudine C. Junien</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Prézelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. Latin American Symposium on Maternal-Fetal Interaction and Placenta / 5. Latin American Symposium on Reproductive Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Latin American Society for Maternal Fetal Interaction and Placenta (SLIMP). ARG., Apr 2015, Mar Del Plata, Argentina</w:t>
+              <w:t xml:space="preserve">4. Rencontre du Groupe de la Francophonie Placentaire "Le placenta dans tous ses états"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hôpitaux Universitaires de Genève (HUG). CHE., Jun 2015, Genève, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741183v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02797274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The epigenetic basis of sexual dimorphism in nutritional programming of health and diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Gabory</w:t>
+                <w:t xml:space="preserve">Maternal preconceptional weight loss: impact on fetoplacental development and on epigenetic machinery genes expression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polina Panchenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qihan Wu</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Jouin</w:t>
+                <w:t xml:space="preserve">Claudine C. Junien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epigenetics, Obesity and Metabolism 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Abcam. GBR., Oct 2015, Hinxton, Cambridge, United Kingdom</w:t>
+              <w:t xml:space="preserve">6. Latin American Symposium on Maternal-Fetal Interaction and Placenta / 5. Latin American Symposium on Reproductive Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Latin American Society for Maternal Fetal Interaction and Placenta (SLIMP). ARG., Apr 2015, Mar Del Plata, Argentina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02741265v1</w:t>
+                <w:t xml:space="preserve">hal-02741183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Striking sexual dimorphism in nutritional programming of health and diseases: the epigenetic basis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Gabory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qihan Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure L. Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3215,51 +3215,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine C. Junien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Colloque de la SF-DOHaD, Origine Développementale de la santé et des maladies et épigénétique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Francophone pour la Recherche et l'Education sur les Origines Développementales, Environnementales et Epigénétiques de la Santé et des Maladies (SF-DOHAD). FRA., Nov 2014, Nantes, France. 57 p</w:t>
@@ -3439,777 +3439,777 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuroepigenetic programming in relation to the maternal environment: epigenome wide differential analysis of 5-methylation and 5hydroxymethylation in the brain PROGENIE UMR1198</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of maternal low sucrose intake on offspring behavioral and neurochemical trajectories in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Camonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Badonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Costes</w:t>
+                <w:t xml:space="preserve">Lorraine Bourgeois-Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lorraine Bourgeois-Brunel</w:t>
+                <w:t xml:space="preserve">Angélique Favreau-Peigné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR “France Environmental Epigenetics”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">SF-DOHaD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05268428v1</w:t>
+                <w:t xml:space="preserve">hal-05417606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization and validation of a combined iDISCO/CUBIC method for studying global c-fos expression in the mouse brain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Neuroepigenetic programming by the maternal environment: Independent contribution of methylation and hydroxymethylation in the offspring's olfactory bulb following preconceptional weight loss in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Badonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Camonin</w:t>
+                <w:t xml:space="preserve">Valentin Costes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Simion</w:t>
+                <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Boulanger</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lorraine Bourgeois-Brunel</w:t>
+                <w:t xml:space="preserve">Gabriel Costa Monteiro Moreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">inauguration MesoSPIM Paris-Saclay</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Jouy-en-Josas (FR), France. 1, 2021</w:t>
+              <w:t xml:space="preserve">SfDohad</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05119098v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05417624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuroepigenetic programming by the maternal environment: Independent contribution of methylation and hydroxymethylation in the offspring's olfactory bulb following preconceptional weight loss in mice</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimization and validation of a combined iDISCO/CUBIC method for studying global c-fos expression in the mouse brain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
+                <w:t xml:space="preserve">Claire Camonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Simion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Costes</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Costa Monteiro Moreira</w:t>
+                <w:t xml:space="preserve">Lorraine Bourgeois-Brunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SfDohad</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2025, Lille, France</w:t>
+              <w:t xml:space="preserve">inauguration MesoSPIM Paris-Saclay</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Jouy-en-Josas (FR), France. 1, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05417624v1</w:t>
+                <w:t xml:space="preserve">hal-05119098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of maternal low sucrose intake on offspring behavioral and neurochemical trajectories in mice</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Neuroepigenetic programming in relation to the maternal environment: epigenome wide differential analysis of 5-methylation and 5hydroxymethylation in the brain PROGENIE UMR1198</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Badonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chaulot-Talmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Camonin</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+                <w:t xml:space="preserve">Valentin Costes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Aubert-Frambourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorraine Bourgeois-Brunel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Angélique Favreau-Peigné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SF-DOHaD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2025, Lille, France</w:t>
+              <w:t xml:space="preserve">GDR “France Environmental Epigenetics”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05417606v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05268428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pre-conceptional maternal metabolic status influences hepatic metabolome in male offspring</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of maternal obesity and preconceptional weight loss on foeto-placental growth and offspring health in mice: expression of epigenetic modifiers at the interface with metabolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polina Panchenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Safi-Stibler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Claudine Junien</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World congress developmental origins of health and disease (DOHAD) 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Melbourne, Australia. , 2019</w:t>
+              <w:t xml:space="preserve">Epigenetic Inheritance Symposium 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Zurich, Switzerland. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02408206v1</w:t>
+                <w:t xml:space="preserve">hal-02291473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of maternal obesity and preconceptional weight loss on foeto-placental growth and offspring health in mice: expression of epigenetic modifiers at the interface with metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Polina Panchenko</w:t>
+                <w:t xml:space="preserve">Pre-conceptional maternal metabolic status influences hepatic metabolome in male offspring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Safi-Stibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marie-Christine Lacroix</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Junien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epigenetic Inheritance Symposium 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Zurich, Switzerland. 2019</w:t>
+              <w:t xml:space="preserve">World congress developmental origins of health and disease (DOHAD) 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Melbourne, Australia. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02291473v1</w:t>
+                <w:t xml:space="preserve">hal-02408206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trajectoires pondérales maternelles préconceptionnelles (TPMP) et effet sur la santé de la descendance</w:t>
               </w:r>
@@ -4314,260 +4314,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A primate model to study epigenetic mechanisms involved in metabolism regulation in response to nutritional stress</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of preconceptional maternal weight trajectories on offspring health</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Safi-Stibler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polina Panchenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. , 1 p., 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01605282v1</w:t>
+                <w:t xml:space="preserve">hal-01605219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of preconceptional maternal weight trajectories on offspring health</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A primate model to study epigenetic mechanisms involved in metabolism regulation in response to nutritional stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léanna Tessonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Terrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Gabory</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Journée de Séminaires du Département Phase sur l'Epigénétique EpiPhase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Jouy-en-Josas, France. , 1 p., 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605219v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01605282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preconceptional and gestational effects of maternal weight trajectories on olfactory performances in mice offspring</w:t>
               </w:r>
@@ -4691,64 +4691,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A primate model to study epigenetic mechanisms involved in metabolism regulation in response to nutritional stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léanna Tessonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Terrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Gabory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4905,420 +4905,420 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02742386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sex-specific epigenetic impact of preconceptional maternal weight loss on foeto-placental development</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A mice model of preconceptional maternal weight loss</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polina Panchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Gabory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine C. Junien</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFPA EPG 2014, Fetal placental-maternal crosstalk and pregnancy outcome</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2. Colloque de la SF-DOHaD, Origine Développementale de la santé et des maladies et épigénétique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Nantes, France. , 57 p., 2014, Second Colloque SF-DOHaD 2014</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02743611v1</w:t>
+                <w:t xml:space="preserve">hal-02741212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mice model of preconceptional maternal weight loss</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of maternal preconception weight trajectory on offspring health</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polina Panchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandr Baklanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine C. Junien</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Colloque de la SF-DOHaD, Origine Développementale de la santé et des maladies et épigénétique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Nantes, France. , 57 p., 2014, Second Colloque SF-DOHaD 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741212v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of maternal preconception weight trajectory on offspring health</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sex-specific epigenetic impact of preconceptional maternal weight loss on foeto-placental development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polina Panchenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Jouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine C. Junien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Colloque de la SF-DOHaD, Origine Développementale de la santé et des maladies et épigénétique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IFPA EPG 2014, Fetal placental-maternal crosstalk and pregnancy outcome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsevier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Placenta, 35 (9), 120 p., 2014, International Federation of Placenta Associations Meeting 2014. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.placenta.2014.06.121⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02740894v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5627,51 +5627,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04795158v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gabory" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jouin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polina Panchenko" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Safi-Stibler" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2024.10.005" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04602090v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Benoit" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Henry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Fneich" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Mathou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Xia" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2023.1190392" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03170711v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Junien" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E. Panchenko" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Lacroix" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Badonnel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.banm.2020.09.042" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867469v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne A Th&#233;venot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Seyer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu12061572" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154663v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Lacroix" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Voisin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu11050948" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01281980v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polina E. Panchenko" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pr&#233;zelin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13148-016-0188-3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638183v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lemaire" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jbio/2015021" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/94C4C1FDD90729939DB2DC8DB78802EAF01E9FDF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204412v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pelerin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sylvie Lallemand" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Alessandri" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen C. Cunnane" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plefa.2014.07.004" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X3D97C26-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646814v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Harbeby" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc J. M. Alessandri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Linard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plefa.2012.04.008" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BJ08CJKQ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644169v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Guesnet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sephen C. Cunnane" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plefa.2011.08.003" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WJL9CRGX-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02291947v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Vinot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lhomme-Duchadeuil" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guesnet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Alessandri" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0020491" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309763v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pifferi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Roux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Perriere" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuint.2010.02.006" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4DCB54C4-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315440v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pifferi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Alessandri" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Haedke" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Roux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plefa.2007.10.011" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G98GT1K6-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310273v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Langelier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Vancassel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jn/135.9.2241" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679816v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Langelier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04525025v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736388v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rousseau-Ralliard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Junien" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741277v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797201v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797274v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741183v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine C. Junien" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741265v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qihan Wu" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798147v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure L. Ferry" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741132v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830653v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05268428v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chaulot-Talmon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Costes" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aubert-Frambourg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Bourgeois-Brunel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05119098v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Camonin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Simion" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boulanger" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417624v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Costa Monteiro Moreira" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417606v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Favreau-Peign&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408206v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291473v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737562v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605282v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;anna Tessonneau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Terrien" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605219v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741179v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meunier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741236v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742386v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743611v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/271190.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.placenta.2014.06.121" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741212v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740894v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandr Baklanov" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04446964v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04795158v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gabory" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jouin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polina Panchenko" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Safi-Stibler" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2024.10.005" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04602090v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Benoit" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Henry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Fneich" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Mathou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Xia" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2023.1190392" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03170711v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Junien" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.E. Panchenko" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Lacroix" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Badonnel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.banm.2020.09.042" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867469v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne A Th&#233;venot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Seyer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu12061572" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154663v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Lacroix" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Voisin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu11050948" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01281980v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polina E. Panchenko" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pr&#233;zelin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13148-016-0188-3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638183v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lemaire" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jbio/2015021" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/94C4C1FDD90729939DB2DC8DB78802EAF01E9FDF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204412v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pelerin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sylvie Lallemand" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Alessandri" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen C. Cunnane" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plefa.2014.07.004" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X3D97C26-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646814v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Harbeby" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc J. M. Alessandri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Linard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plefa.2012.04.008" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BJ08CJKQ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02291947v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Vinot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lhomme-Duchadeuil" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guesnet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Alessandri" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0020491" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644169v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Guesnet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sephen C. Cunnane" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plefa.2011.08.003" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WJL9CRGX-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309763v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pifferi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Roux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Perriere" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuint.2010.02.006" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4DCB54C4-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315440v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pifferi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Alessandri" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Haedke" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Roux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plefa.2007.10.011" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G98GT1K6-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310273v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Langelier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Vancassel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jn/135.9.2241" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679816v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Langelier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04525025v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736388v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rousseau-Ralliard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Junien" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797201v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741277v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741265v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qihan Wu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797274v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741183v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine C. Junien" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798147v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure L. Ferry" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741132v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830653v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417606v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Camonin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Bourgeois-Brunel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Favreau-Peign&#233;" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417624v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chaulot-Talmon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Costes" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aubert-Frambourg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Costa Monteiro Moreira" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05119098v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Simion" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boulanger" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05268428v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291473v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408206v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737562v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605219v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605282v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;anna Tessonneau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Terrien" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741179v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meunier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741236v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742386v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741212v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740894v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandr Baklanov" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743611v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/271190.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.placenta.2014.06.121" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04446964v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>