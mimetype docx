--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -242,4046 +242,4206 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (53)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (55)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">日本の地方議員における代表性の検討：岡山県地方議員データの分析</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasushi Iwabuchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Humanities and Social Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 61, pp.21-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18926/70275⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05562876v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les adjoint•es en charge des sports ont perdu de leur prestige</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisport : La revue juridique et économique du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 271, pp.25-28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05553247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La représentation politique locale japonaise en question</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasushi Iwabuchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Métropolitiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.56698/metropolitiques.2191⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05160309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les politiques sportives territoriales peuvent-elles évoluer ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pouvoirs Locaux : les cahiers de la décentralisation / Institut de la décentralisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 4 (126), pp.48-54</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04852573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’envers du décor olympique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Louey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Savoir/Agir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 64, pp.5-12. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/sava.064.0007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04621371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le référendum manqué des Jeux de Hambourg 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Savoir/Agir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 2024/1 (64), pp.91-103. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/sava.064.0093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04599719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Science et politique : les rapports ambigus entre élus et chercheurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Savoir/Agir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 2023/1 (63), pp.65-71. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/sava.063.0067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04599713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local protests against the 2024 Olympic Games in European cities: the cases of the Rome, Hamburg, Budapest and Paris 2024 bids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bourbillères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sport in Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, pp.1-26. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17430437.2021.1960312⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/17430437.2021.1960312⟩</w:t>
+                <w:t xml:space="preserve">hal-03321050v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">地方議員は人々を代表しているのか？社会学的叙述</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasushi Iwabuchi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Humanities and Social Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 48, pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18926/57757⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03015610v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les processus de contestation dans le cadre des candidatures des villes européennes aux Jeux olympiques et paralympiques 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Michel Koebel</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Bourbillères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...21 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 107 (1), pp.17-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/sm/2019032⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02951777v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment analyser les politiques sportives locales ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisport : La revue juridique et économique du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03642240v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des clubs et des communautés. L’exemple du football en Alsace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.18926/57757⟩</w:t>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sciences de la société : Les cahiers du LERASS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 101, pp.145-168. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/sds.5961⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Hugo Bourbillères</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03136809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les spécificités des maires du pourtour méditerranéen français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de la Méditerranée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 94, pp.121-139. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cdlm.8599⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03720387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sur l'élaboration des politiques locales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Pensée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03642244v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le profil social et politique des adjoint-e-s aux sports des villes françaises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sciences sociales et sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 9, pp.153-184. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rsss.009.0153⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03261688v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pratiques et organisations sportives : pour un comparatisme réflexif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/sm/2019032⟩</w:t>
+              <w:t xml:space="preserve">Sciences sociales et sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 1 (8), pp.9-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rsss.008.0009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...68 lines deleted...]
-              <w:t xml:space="preserve">, 2017</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03265085v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans l'ombre des maires. Le poids des hiérarchies dans le choix des adjoints des villes moyennes françaises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Métropolitiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">William Gasparini</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03642229v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cent dix-sept fois plus de cadres que d'ouvriers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Monde Diplomatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 718, pp.17-17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03235734v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le profil social des maires de France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pouvoirs - Revue française d’études constitutionnelles et politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Le Maire, 148 (1), pp.123-138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/pouv.148.0123⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03642248v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Immersion dans un club de plongée. L'engagement dans une communauté de loisir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tsantsa (revue de la Société suisse d'ethnologie)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 19</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03642230v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les hiérarchies du pouvoir local</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Savoir/Agir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 25, pp.31-37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03258867v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Die Entwicklung der Sportsozialarbeit in Frankreich und Deutschland : Zwischen lokaler Integration und nationaler Identität</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...30 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvester Stahl</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'Allemagne et des Pays de langue allemande</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 44 (4), pp.501-522</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03199769v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La territorialisation des politiques sportives dans les villes moyennes : une comparaison franco-allemande</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique et économique du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 136, pp.42-45</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2017</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03640840v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les élus municipaux représentent-ils le peuple ? Portrait sociologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Métropolitiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rsss.009.0153⟩</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03642259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sport, enjeu identitaire dans l'espace politique local</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Savoir/Agir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 15 (1), pp.39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sava.015.0039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">William Gasparini</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02889498v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Décentralisation et autonomie de l'espace politique local</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Savoir/Agir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 11 (1), pp.11-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sava.011.0011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03080914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'intégration par le sport : une croyance durable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Empan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 79 (3), pp.28-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/empa.079.0028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03080888v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les contradictions des discours sur l'intégration par le sport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue EPS1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 340, pp.22-23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02918650v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'existence d'un champ politique local</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers philosophiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 119 (3), pp.24-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/caph.119.0024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03080912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les élections municipales sont-elles politiques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Savoir/Agir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 3 (1), pp.103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sava.003.0103⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02889507v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apprendre la démocratie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Journal des instituteurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 1615, pp.14-15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02918653v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Questions autour de la médiation par le sport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Éclairages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 6, pp.5-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02918640v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intégration par le sport : une idéologie tenace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terra Cognita</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 12, pp.54-57</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02918651v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'intégration par le sport ? Dossier coordonné par William Gasparini dans la revue Sociétés contemporaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue EPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 332, pp.73-74</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02918655v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le rapport aux sciences sociales dans l'espace politique local</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Regards Sociologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 36, pp.97-112</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02889500v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les travers de la démocratie participative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Grands Dossiers des Sciences Humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Les Grands Dossiers, 6, pp.30-34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02889506v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La démocratie représentative en question</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alternatives Economiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 259, pp.259-259</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02918654v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une démocratie de classe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 467, pp.16-16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03639438v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réflexions sur quelques enjeux liés à la notion de compétence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Utinam</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 6, pp.53-74</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02889513v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les conseils de jeunes et le bluff politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carnets de bord</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 5, pp.22-29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02889499v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A quel âge devient-on citoyen ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enfants d'Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 1, pp.8-10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02885728v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les expériences de conseils municipaux d'enfants et de jeunes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Problèmes Politiques et Sociaux - Articles et Documents d'Actualité Mondiale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 862, pp.76-78</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03639428v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">At what age does one become a citizen?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Children in Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 1, pp.11-14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02885729v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">¿A qué edad se es ciudadano?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Infancia en eu-ro-pa: revista de una red de revistas europeas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 1, pp.11-14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03049681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les profits politiques de l'engagement associatif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Regards Sociologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 20, pp.165-176</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02918646v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les conseils d'enfants et de jeunes, &amp;quot;une nouvelle manière de faire de la politique&amp;quot; ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour. La revue du Groupe Ruralités, Éducation et Politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, Jeunes militants, cap sur les pratiques, 166, pp.129-136</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02889502v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La politique noble des conseils d’enfants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lien social et Politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 44, pp.125-140</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02918648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le recours à la jeunesse dans l'espace politique local : les conseils de jeunes en Alsace. Présentation de thèse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Européenne de Management du sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 1, pp.209-212</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02918647v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le conseil de jeunes, outil de revalorisation de la politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des sciences sociales de la France de l'Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 25, pp.75-80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04973093v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">À propos des conseils de jeunes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Informations sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 65, pp.88-95</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02889505v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les conseils de jeunes à la loupe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 390 bis, pp.28-30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02889504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les jeunes et la participation sociale en Alsace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...30 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hossein Mokry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hommes et migrations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 1209, pp.88-100</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2014</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02918649v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PARTICIPATION SOCIALE ET CITOYENNETE DES JEUNES (Construction d'une réflexion et questions…)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hossein Mokry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cultures et Sociétés, Cahiers du CEMRIC (Centre d’Etudes des Migrations et des Relations Inter-Culturelles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 5, pp.23-40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 718, pp.17-17</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04973091v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">À qui profitent les conseils de jeunes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hossein Mokry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 352, pp.45-50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02889503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La citoyenneté et les jeunes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hossein Mokry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cultures et Sociétés, Cahiers du CEMRIC (Centre d’Etudes des Migrations et des Relations Inter-Culturelles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 2, pp.55-73</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...2593 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02918652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4291,404 +4451,404 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les usages politiques du football</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Gounot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Jallat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">l'Harmattan, 2011, Logiques sociales, 978-2-296-55933-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03240134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La double réalité du monde sportif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Éditions du Croquant, 15, 2011, Revue Savoir/Agir</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02885727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résister à la disqualification sociale. Espaces et identités.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Walter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007, Logiques sociales</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02889512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le pouvoir local ou la démocratie improbable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Édition du Croquant, 2006, Savoir/Agir</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02889509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégration par le sport : représentations et réalités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Falcoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2005, Logiques sociales</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03642265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4698,1728 +4858,1728 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La place des citoyens dans la préparation des Jeux olympiques et paralympiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Clément Llena; Gildas Loirand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les enjeux des Jeux : Contribution de la recherche en Sciences Humaines et Sociales du Sport à l'analyse des Jeux Olympiques et Paralympiques de Paris 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AFRAPS</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.22-30, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04966660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conseils d’enfants et de jeunes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire critique et interdisciplinaire de la participation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Groupement d’Intérêt Scientifique «Démocratie et Participation »</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03258866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la coopération transfrontalière à une sociologie des espaces sportifs transfrontaliers : l'exemple du sport transfrontalier au sein de l'Eurodistrict Strasbourg-Ortenau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Joachim Beck. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grenzüberschreitende Zusammenarbeit nach der pandemie/La coopération transfrontalière après la pandémie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, pp.449-461, 2021, 978-2-87574-373-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03818482v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des États généraux du sport. Un dispositif municipal de démocratie participative investi par des chercheurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sport, démocratie participative et concertation. Les évolutions des politiques sportives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.59-73, 2021, Des Sociétés, 9782753581449</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03402947v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sport et élites politiques méditerranéennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dumons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Paul PELLEGRINETTI. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour une histoire politique de la France méditerranéenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.433-438, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03467961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The organization of sport and sports policies in Germany</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sport, Welfare and Social Policy in the European Union</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.75-85, 2020, Research in Sport, Culture and Society</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02552938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une Europe par le football : réalité ou illusion ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Knobe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Europe du football. Sociohistoire d'une construction européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Strasbourg, pp.171-175, 2017, Sport et sciences sociales</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02486426v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La division sexuée du travail dans les exécutifs locaux en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quel partage du pouvoir entre les femmes et les hommes élu.e.s au niveau local ? État des lieux de la parité aux niveaux communal, intercommual, départemental et régional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02885731v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le point aveugle de la notion de compétence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(R)évolution du management des ressources humaines. Des compétences aux capabilités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.61-70, 2016, Métiers et pratiques de formation, 978-2-7574-1275-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03186259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La voix des habitants ? Le sport dans la ville à l’épreuve de la démocratie locale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gasparini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Morales Gonzales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ville, frontière, participation : de la visibilité des processus démocratiques dans la Cité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Orizons, pp.281-302, 2012, 978-2-296-08839-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03642236v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les conseils de quartier : un nouvel espace public pour qui ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ville, frontière, participation : de la visibilité des processus démocratiques dans la Cité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Orizons, pp.153-182, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03197579v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une réappropriation collective de la démocratie locale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2012 : les sociologues s’invitent dans le débat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions du Croquant, pp.59-69, 2012, Savoir/Agir</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03199744v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand le football devient un objet politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jallat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Gounot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les usages politiques du football</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.9-17, 2011, Logiques sociales</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03080873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les logiques sociales de la mobilité spatiale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Ramadier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Depeau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Se déplacer pour se situer. Places en jeu, enjeux de classes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.187-193, 2011, Géographie sociale</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02889508v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compétences &amp;quot;sportives&amp;quot; et corps au travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les compétences au travail : sport et corps à l'épreuve des organisations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.253-260, 2011, Logiques sociales</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02885726v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le local, lieu d’innovation politique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La démocratie. Histoire, théories, pratiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sceinces Humaines, pp.111-120, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03642237v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une définition sociale de l'espace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Michon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pernette Grandjean. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Construction identitaire et espace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.33-59, 2009, Géographie et culture, 978-2-296-09835-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03096344v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Résister à la disqualification des espaces et des identités.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Résister à la disqualification sociale. Espaces et identités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.7-18, 2007, Logiques sociales</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03646816v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Préface &amp;quot;Intégration par le sport : représentations et réalités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">, 2022</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Falcoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intégration par le sport : représentations et réalités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.7-14, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">William Gasparini</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02889514v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le secteur de l'animation socioculturelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'emploi sportif en France : situation et tendances d'évolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFRAPS-RUNOPES, pp.361-374, 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03642258v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La préoccupation de la jeunesse comme ressource politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...25 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vulbeau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La jeunesse comme ressource : expérimentations et expériences dans l'espace public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Erès, pp.41-63, 2001, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/eres.vulbe.2001.01.0039⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...1444 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02889511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6429,167 +6589,167 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Démocratie participative dans le sport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire critique et interdisciplinaire de la participation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04927804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sports</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Critical Dictionary on Borders Cross-Border Cooperation and European Integration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, pp.731-732</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03080890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6599,91 +6759,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La parité comme prétexte à la généralisation du scrutin à… démocratie bloquée !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03720392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6693,100 +6853,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LE RECOURS A LA JEUNESSE DANS L'ESPACE POLITIQUE LOCAL. LES CONSEILS DE JEUNES EN ALSACE.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sociologie. Université Marc Bloch - Strasbourg II, 1997. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00319221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6796,91 +6956,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sociologie de l'espace politique local. Focus sur les acteurs et les enjeux politiques du sport. Tome 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sociologie. Université de strasbourg, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03098960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6890,3541 +7050,3541 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parkour, art du déplacement, freerunning... Des appellations comme traceurs d'évolution.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Gateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11ème congrès international de la Société de Sociologie du Sport de Langue Française, Rennes, les 8, 9 et 10 juin 2022 « Dire, faire et analyser : la sociologie du sport face au langage »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03726837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesurer les relations d'échange par le sport transfrontalier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminiaire méthodologique du projet de recherche inter MSH TranSPORT(S)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03731308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelques éléments de réflexion sur la comparaison en sociologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminiaire méthodologique du projet de recherche inter MSH TranSPORT(S)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03471684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Science et politique : les rapports ambigus entre élus et chercheurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Politiques publiques et Recherche en sciences humaines et sociales entre dissonance et résonance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03471683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La place des citoyens dans les candidatures européennes aux JO 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Webinaire "Olympic Games and Global Cities" (Fondation France-Japon, EHESS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03720391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local democracy in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">programme d'invitation de professeurs français dans les universités japonaises (financement universités de Strasbourg et Okayama)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, Okayama, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03101094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La sociologie politique du sport en France : quelques approches contrastées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aspects de recherche sur la sociologie du sport en France en Allemagne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03471682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les professionnels de santé dans les exécutifs municipaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire NOTISS : "Professions de santé et profession politique" organisé par l'UMR 5206 "Triangle", MSH-LSE, Lyon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03096375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le profil social des élus locaux en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international « Les élites politiques locales. Profils et carrières », Université de Lausanne (5-6 avril)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Lausanne, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03096338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle place des femmes dans les activités physiques et sportives ? Aménagement et action publique locale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'études Grand Est Université de Strasbourg - INET- CNFPT – ANDIISS – Ville de Strasbourg</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Strabourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02954264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les candidatures des villes européennes aux JOP 2024 : entre stratégie de conquête des publics et contestation sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Bourbillères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9e congrès international de la Société de Sociologie du Sport de Langue Française, Bordeaux (21-24 mai)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03096335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les représentations et modes de réception de l'apnée delphinienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Klingner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès international « Body Week 4 - Semaine internationale du corps - "Aux rythmes du corps" », organisé par l'EA 3625 (Institut des sciences du sport-santé de Paris)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03099033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Champs libres ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres autour du livre de Raphaël Desanti : ce que la sociologie fait à ses lecteurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03096354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sport, intercommunalité et développement territorial : enjeux et perspectives.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'études université de Strasbourg - ANDIISS Grand Est - CNFPT/INET de Nancy - Ville de Saint-Dié</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2018, Saint-Dié, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02486419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qu'est-ce que le sport citoyen ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Université Européenne du Sport » organisée par la Ligue de l'Enseignement, l'UFOLEP et l'USEP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03096348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les effets des modalités de l'interaction entre un chercheur et ses publics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9ème Congrès international de la Société de Sociologie du Sport de Langue Française (3SLF), Université d'Artois, Arras (7-9 juin)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Arras, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03096378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Être adjoint-e chargé des sports: apports croisés d’études quantitatives et qualitatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international « La ville et le sport », Université de Bretagne Occidentale (Groupe de recherche Interdisciplinaire sur les Territoires du Sport), Brest (10-12 mai).</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03096350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Essai de catégorisation des élus délégués au sport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11e Journées d'Études Nationales de l'ANDIISS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Mâcon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03096349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les États généraux du sport de Strasbourg. Un dispositif de démocratie participative étudié et influencé par des chercheurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Morales Gonzales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'études sur "Politiques sportives et démocratie participative : état des lieux et perspectives de recherche", VIPS/Rennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03101100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attachement au territoire et représentations des territoires chez les élus champardennais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'études "Territoires d'élection(s). L'espace du politique en recomposition", MISHA, Université de Strasbourg (19-20 novembre).</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03096359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le profil social et politique des adjoint-e-s aux sports des villes françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8e congrès international de la Société de Sociologie du Sport de Langue Française, Montpellier (3-5 juin)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03096333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le travail politique dans la constitution des listes de conseillers communautaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Les élections municipales de mars 2014 : retour sur enquête », Journée d'étude organisée par le Labex TEPSIS, EHESS, Paris (9-10 avr.).</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03642270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’intégration par le sport en France et en Allemagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence donnée à Strasbourg dans le cadre de l'Université Européenne du Sport (organisé par la Ligue de l’Enseignement et l’UFOLEP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04599716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Portrait social et politique des maires français du pourtour méditerranéen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Etre maire en Méditerranée (XVIIIe - XXe siècle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Ajaccio, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03096360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le point aveugle de la notion de compétence : la compétence supposée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Les compétences : un atout pour la fabrique démocratique de la ville ? », Colloque organisé par le Laboratoire Architecture Ville Urbanisme Environnement et l'Université Paris 8 (Vincennes Saint-Denis), Paris (28-29 novembre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03642262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La territorialisation des politiques sportives dans les villes moyennes : une comparaison franco-allemande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7ème Congrès international de la Société de Sociologie du Sport de Langue Française (3SLF), « Comparer le sport. Usages et controverses », Université de Strasbourg, 29-31 mai 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03642260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Logiques sociales dans la répartition des postes d’adjoint-e-s aux maires des villes moyennes françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12ème Congrès de l'Association Française de Science Politique, Paris (9-11 juillet)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04944026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La division sexuée de l’attribution des postes d’adjoint-e au maire dans les villes moyennes françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème Congrès de l’Association Française de Sociologie, Nantes (2-5 sept)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03642261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le recyclage des compétences dans la sphère du loisir : des profits à moindre frais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">80ème Congrès de l'ACFAS, Montréal (7-11 mai).</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03642247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le dialogue social dans les entreprises de moins de vingt salariés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11ème Congrès de l’Association Française de Science Politique, Strasbourg (31 août-2 sept.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03096336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les représentations d’un espace sportif transfrontalier : le cas de l’Eurodistrict Strasbourg-Ortenau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6ème Congrès international de la Société de Sociologie du Sport de Langue Française (3SLF), Université de Paris Ouest Nanterre (25-27 mai)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03099034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La démocratie participative en France. Etude de cas : un conseil d'habitants d'un quartier populaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de recherche « Politique et dynamique des territoires »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2011, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03096376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement de l'intégration et de la médiation par le sport en France (conf 1) Une analyse des compétences nécessaires à la mise en oeuvre d'une médiation par le sport (conf 2)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de réflexion sur le développement social et la médiation par le sport organisée par l'UFR STAPS d'Orléans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2010, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03096353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Démocratie participative et politiques sportives : une entreprise de communication politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Morales Gonzales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Gasparini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès international de la Société Québécoise de Science Politique (SQSP), Université de Laval, Québec, Canada (20-21 mai)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03096355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les frontières introuvables d'un champ politique local</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">première journée doctorale sur le thème « Frontières » de l'école doctorale des Sciences de l'Homme et des Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2010, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03096377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La proximité en politique et ses effets sur l'espace sportif local</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire "Sport, politique et société" de l'EA1342</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2008, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03101096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peut-on être sociologue à l'ANACEJ (association nationale des conseils d'enfants et de jeunes) ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'étude organisée par le RT34 ("Sociologie politique") et le RT20 ("Méthodes") de l'Association Française de Sociologie, Laboratoire PRINTEMPS, Université de Saint-Quentin-en-Yvelines (29 juin)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Saint-Quentin-en-Yvelines, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03101093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enjeux sociaux dans la définition de la notion de compétence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Les usages sociaux de la notion de "compétence" : quels savoirs ? quels individus ? », Journée d'étude organisée par le CNAM, Paris (9 mars)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03101083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conseils municipaux d'enfants : une écoute sélective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Parole d'enfant, oreille d'adulte », colloque A.S.A.S.M.E.A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2005, Epernay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04927918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du pouvoir central au pouvoir périphérique : les effets pervers de la décentralisation en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Tous les chemins mènent à… Centre et périphérie en France et en Allemagne », Atelier interdisciplinaire de jeunes chercheurs franco-allemands (GIRAF-IFFD)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2005, Berlin, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03096356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les représentations du personnel politique à propos des intellectuels : appartenance politique et capital culturel des enquêteurs et des enquêtés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Problèmes de méthode dans le domaine de la sociologie des intellectuels », colloque du RTF 27 « Sociologie des intellectuels » de l'Association Française de Sociologie, Université de Limoges (7-8 avr)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2005, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03101097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les formes démocratiques des conseils d'enfants et de jeunes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Premier congrès de l'Association Française de Sociologie, Université de Paris 13 (Villetaneuse) (24-27 fév.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2004, Villetaneuse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03101099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La réception d’une étude sociologique dans l’espace politique local</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Premier congrès de l'Association Française de Sociologie, Université de Paris 13 (Villetaneuse) (24-27 fév.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2004, Villetaneuse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03101098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Défi Jeune, aide aux projets innovants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Activités émergentes et groupes professionnels. Les acteurs de l'innovation », Universités européennes d'été, Université de Reims Champagne-Ardenne (laboratoire AEP) (8-12 sept.).</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2003, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03096357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Engagement et participation dans les conseils de jeunes en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de l'Association Internationale de Sociologie de Langue Française, Université de Liège (2-3-4 avr.).</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2003, Liège, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03101084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La formation à l'enseignement des enseignants-chercheurs dans le contexte de la démocratisation de l'accès à l'enseignement supérieur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"La formation à l’enseignement des enseignants-chercheurs dans le contexte de la démocratisation de l’accès à l’enseignement supérieur", 2e colloque de recherche inter-universitaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2002, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04927915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La place des sciences sociales dans les politiques sportives territoriales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Premier congrès de sociologie du sport de langue française, Toulouse, Université Paul Sabatier (28, 29, 30 oct.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2002, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03101082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une devise des années 70 : &amp;quot;tous acteurs confondus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Les centres sociaux : une histoire, mille histoires », Colloque organisé par l'association « Mémoires vives centres sociaux », Roubaix (8-10 mars).</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2001, Roubaix, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03101101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kindergemeinderäte in Frankreich : politische Gründe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Koebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Expertentagung zum Thema "Beteiligung Jugendlicher" », Fachgespräch, Weingarten (Deutschland) (4.-5. Mai)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2001, Weingarten, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03101085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId189"/>
+      <w:footerReference w:type="default" r:id="rId192"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10492,51 +10652,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="14BF2322"/>
+    <w:nsid w:val="9A9F866A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10640,51 +10800,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="DEEEA42A"/>
+    <w:nsid w:val="36BF442F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10874,51 +11034,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mkoebel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9843-5640" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/079222366" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.cairn.info/revue-savoir-agir" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://metropolitiques.eu/Portrait-sociologique-des-elus-locaux-japonais.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160309v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasushi Iwabuchi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Koebel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.2191" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852573v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621371v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Louey" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.064.0007" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599719v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.064.0093" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599713v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.063.0067" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321050v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bourbill&#232;res" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Gasparini" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17430437.2021.1960312" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015610v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18926/57757" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02951777v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2019032" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-KX52HNTW-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642240v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136809v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.5961" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720387v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdlm.8599" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642244v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261688v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.009.0153" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265085v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.008.0009" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642229v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235734v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642248v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pouv.148.0123" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642230v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258867v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199769v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvester Stahl" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640840v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642259v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889498v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.015.0039" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080914v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.011.0011" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080888v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/empa.079.0028" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918650v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080912v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/caph.119.0024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889507v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.003.0103" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918653v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918640v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918651v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918655v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889500v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889506v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918654v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639438v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889513v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889499v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639428v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885728v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885729v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049681v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918646v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889502v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918648v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918647v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973093v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889505v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889504v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918649v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Mokry" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973091v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889503v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918652v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240134v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Gounot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jallat" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885727v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889512v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Walter" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889509v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642265v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Falcoz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966660v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://afraps.org" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258866v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dicopart.fr/fr/dico/conseil-denfants-et-de-jeunes" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818482v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402947v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03467961v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dumons" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552938v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486426v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Knobe" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885731v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186259v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642236v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Morales Gonzales" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197579v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199744v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080873v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Gounot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889508v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ramadier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Depeau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885726v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pierre" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642237v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096344v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Michon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03646816v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889514v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642258v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889511v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vulbeau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eres.vulbe.2001.01.0039" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927804v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080890v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720392v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00319221v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098960v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726837v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gateau" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03731308v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471684v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471683v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720391v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101094v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471682v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096375v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096338v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954264v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096335v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099033v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Klingner" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096354v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486419v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096348v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096378v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096350v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096349v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101100v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096359v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096333v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642270v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599716v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096360v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642262v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642260v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944026v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642261v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642247v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096336v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099034v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096376v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096353v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096355v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096377v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101096v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101093v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101083v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927918v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096356v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101097v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101099v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101098v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096357v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101084v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927915v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101082v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101101v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101085v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mkoebel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9843-5640" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/079222366" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.cairn.info/revue-savoir-agir" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://metropolitiques.eu/Portrait-sociologique-des-elus-locaux-japonais.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562876v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasushi Iwabuchi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Koebel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18926/70275" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553247v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160309v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.2191" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852573v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621371v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Louey" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.064.0007" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599719v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.064.0093" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599713v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.063.0067" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321050v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bourbill&#232;res" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Gasparini" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17430437.2021.1960312" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015610v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18926/57757" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02951777v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2019032" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-KX52HNTW-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642240v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136809v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.5961" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720387v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdlm.8599" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642244v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261688v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.009.0153" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265085v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsss.008.0009" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642229v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235734v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642248v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pouv.148.0123" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642230v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258867v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199769v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvester Stahl" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640840v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642259v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889498v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.015.0039" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080914v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.011.0011" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080888v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/empa.079.0028" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918650v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080912v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/caph.119.0024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889507v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sava.003.0103" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918653v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918640v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918651v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918655v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889500v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889506v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918654v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639438v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889513v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889499v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885728v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639428v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885729v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049681v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918646v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889502v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918648v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918647v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973093v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889505v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889504v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918649v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Mokry" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973091v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889503v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918652v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240134v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Gounot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jallat" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885727v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889512v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Walter" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889509v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642265v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Falcoz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966660v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://afraps.org" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258866v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dicopart.fr/fr/dico/conseil-denfants-et-de-jeunes" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818482v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402947v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03467961v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dumons" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552938v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486426v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Knobe" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885731v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186259v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642236v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Morales Gonzales" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197579v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199744v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080873v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Gounot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889508v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ramadier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Depeau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885726v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pierre" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642237v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096344v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Michon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03646816v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889514v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642258v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889511v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vulbeau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eres.vulbe.2001.01.0039" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927804v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03080890v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720392v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00319221v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098960v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726837v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gateau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03731308v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471684v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471683v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720391v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101094v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471682v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096375v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096338v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954264v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096335v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099033v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Klingner" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096354v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486419v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096348v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096378v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096350v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096349v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101100v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096359v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096333v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642270v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599716v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096360v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642262v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642260v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944026v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642261v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642247v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096336v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099034v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096376v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096353v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096355v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096377v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101096v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101093v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101083v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927918v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096356v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101097v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101099v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101098v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096357v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101084v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927915v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101082v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101101v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03101085v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>