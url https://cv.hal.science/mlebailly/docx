--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -3056,295 +3056,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01596291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of space and site formation processes in a Neolithic lakeside settlement. Pollen and non-pollen palynomorphs spatial analysis in La Draga (Banyoles, NE Iberia)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Paleoparasitological investigations on the Neolithic lakeside settlement of La Draga (Lake Banyoles, Spain)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Maicher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Revelles</w:t>
+                <w:t xml:space="preserve">Alizé Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Burjachs</w:t>
+                <w:t xml:space="preserve">Nathalie Côté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Morera</w:t>
+                <w:t xml:space="preserve">Antoni Palomo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Barceló</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Berrocal</w:t>
+                <w:t xml:space="preserve">Maria Saña Seguí</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jas.2017.04.001⟩</w:t>
+              <w:t xml:space="preserve">The Holocene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 27 (11), pp.1659-1668. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0959683617702236⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01509707v1</w:t>
+                <w:t xml:space="preserve">hal-02132494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paleoparasitological investigations on the Neolithic lakeside settlement of La Draga (Lake Banyoles, Spain)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Maicher</w:t>
+                <w:t xml:space="preserve">Use of space and site formation processes in a Neolithic lakeside settlement. Pollen and non-pollen palynomorphs spatial analysis in La Draga (Banyoles, NE Iberia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Revelles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alizé Hoffmann</w:t>
+                <w:t xml:space="preserve">F. Burjachs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Côté</w:t>
+                <w:t xml:space="preserve">N. Morera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoni Palomo</w:t>
+                <w:t xml:space="preserve">A. Barceló</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Saña Seguí</w:t>
+                <w:t xml:space="preserve">A. Berrocal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Holocene</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 27 (11), pp.1659-1668. </w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 81, pp.101 - 115. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0959683617702236⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jas.2017.04.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02132494v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01509707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archaeological occurrences and historical review of the human amoeba, Entamoeba histolytica, over the past 6000years.</w:t>
               </w:r>
@@ -12173,51 +12173,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C8ED6323"/>
+    <w:nsid w:val="31B13CA6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12404,51 +12404,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mlebailly" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6320-6741" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/091999154" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/192852338" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000356891693" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05387107v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dufour" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Bailly" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2025.1385" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087919v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n L&#243;pez-Gij&#243;n" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Hern&#225;ndez-Robles" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Duras" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireia Celma" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Curto" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2025.106266" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029290v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Hugo Borba" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Gurj&#227;o" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Martin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-025-06715-0" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879779v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaillot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Marie Dendievel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Argant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Audibert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14614103.2024.2403281" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029265v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Roche" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Capelli" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bouet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-024-02117-y" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903591v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Maicher" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2024.108795" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440435v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dalle" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Borne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jouffroy-Bapicot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1249884" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092918v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgard Camar&#243;s" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;ngel Rubio-Salvador" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel C Botella-L&#243;pez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2023.09.002" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158335v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Desplanque" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Boitelet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Bruneaux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dupont" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890242v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Maicher" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolaine Maigrot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Mazurkevich" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Dolbunova" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.103093" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526941v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Pacciani" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Lelli" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquino Pallecchi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2021.104713" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183042v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11114868" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190007v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Goepfert" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Prieto" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Verano" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14614103.2018.1558804" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612900v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riaan F. Rifkin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surendra Vikram" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ramond" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Rey-Iglesia" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Brand" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-020-00832-x" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185539v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Vanni&#232;re" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683620919984" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933395v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Portat" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bazin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3347/kjp.2019.57.6.613" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502640v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Roberto Machado-Silva" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alena Mayo I&#241;iguez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0216150" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183026v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Bianucci" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3347/kjp.2019.57.6.587" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321245v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Segard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Corbineau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chapelain de Ser&#233;ville-Niel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoinette Rast-Eicher" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Ancel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.4704" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502641v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Bleicher" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683619838046" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808510v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Goude" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domingo Salazar-Garc&#237;a" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Power" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terrom Johanna" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Rivollat" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10816-018-9379-x" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502636v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie M.-L. C&#244;te" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S003118201700141X" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596291v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.3724" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509707v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Revelles" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Burjachs" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Morera" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barcel&#243;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berrocal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2017.04.001" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132494v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233; Hoffmann" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoni Palomo" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Sa&#241;a Segu&#237;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683617702236" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319115v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2016.04.030" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360467v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dafna Langgut" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Shahack-Gross" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eran Arie" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dvora Namdar" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alon Amrani" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2016.08.013" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367295v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Appelt" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Drancourt" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/microbiolspec.PoH-0002-2014" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394501v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3347/kjp.2016.54.5.625" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215896v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeopages.912" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01160874v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Hugot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lepetz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2015.04.014" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305600v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie M L C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Daligault" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pruvost" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Andrew Bennett" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gorg&#233;" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0146230" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074952v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Landolt" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Mauchamp" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0109543" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982135v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fancello" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Raoult" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.03242-13" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502609v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Romon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1645/13-476.1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024141v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958070v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Armougom" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Robert" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0088376" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833299v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoud Nezamabadi" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915832v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl J. Reinhard" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Fernando Ferreira" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bouchet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Sianto" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M.F. Dutra" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2013.05.003" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819101v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlu K&#252;hn" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Maier" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Herbig" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Ismail-Meyer" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1461410313Z.00000000017" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915837v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00832086v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abolfazl Aali" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas St&#246;llner" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1645/12-113.1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915834v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2013.05.004" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8N1VZD3T-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915841v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771762v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1645/GE-3200.1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662393v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Harter-Lailheugue" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483934v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Mouze" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gino Chaves da Rocha" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Heim" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Lichtenberg" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652328v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451147v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo L.C. Gon&#231;alves" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Prod&#233;o" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adauto Araujo" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/s0074-02762008005000018" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451152v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zainullah Samashev" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Paul Francfort" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451150v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urs Leuzinger" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmut Schlichtherle" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451159v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451141v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/s0074-02762006001000008" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01720493v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Barbin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian B&#259;l&#259;&#351;escu" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragomir Popovici" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2006.07.001" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-02GJVXPJ-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451155v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451144v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lefevre" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donna C. Roper" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy W. Pye" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/s0074-02762006001000009" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451137v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451165v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schnell" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451139v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valmir L. da Silva" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos M. de Andrade" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0035-9203(03)00011-7" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0P2983QV-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451140v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Harter" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451161v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451108v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451142v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Janot" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05504675v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Chevaux" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Petite" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Gaudin" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/g6dy-ej59" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467790v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Calastrenc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Bal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baleux" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Campmajo" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Chiron" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750429v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gauthier" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kulkov" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756625v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dupont" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Barbier-Pain" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425679v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dobigeon" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04115845v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Lefebvre" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bougault" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Bazin" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192653v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Goude" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Andr&#233;" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Balter" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Binder" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03240888v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Maziere" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Delhoume" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bonnin" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112462v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Rey" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert C. Power" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Tacail" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294382v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Sordoillet" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ducreux" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831076v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Gonzalez-Villaescusa" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Marre" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Huvig" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00784573v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Bailly" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Landolt" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bouchet" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073158v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Perrin" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Chamel" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Degioanni" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dutour" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Gu&#233;gan" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451186v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charlier" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451185v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04430995v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Fechner" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Broes" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Clavel" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Le Bailly" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Malrain" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/vwxs-1571" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04426424v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie P&#233;lissier" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bertrand" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430927v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Goude" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. C. Salazar-Garc&#237;a" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Terrom" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Power" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02535955v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Fondrillon" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Marot" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vissac Carole" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Germinet" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Salin" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428177v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bertrand" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517453v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Galmiche" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Pichet" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Porcheret" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Briand" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cardon" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652360v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00705210v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Amandry" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte B&#233;cu" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois B&#233;rard" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Chaidron" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985111v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ruas" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318363v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05093484v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Brunet" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Grandieux" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844692v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne R&#233;veillas" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Deguilloux" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Pemonge" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Keyser" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guyomarc'H" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03046105v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Boulen" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Clavel" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coubray" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sstinrap.hypotheses.org/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/jtxq-z907" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494842v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367294v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/microbiolspec.PoH-0013-2015" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103167v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011552v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937495v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264601v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gonz&#225;lez-Villaescusa" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marre" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Huvig" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937480v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021991v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652358v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652357v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451167v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mlebailly" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6320-6741" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/091999154" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/192852338" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000356891693" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05387107v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dufour" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Bailly" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2025.1385" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05087919v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n L&#243;pez-Gij&#243;n" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Hern&#225;ndez-Robles" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Duras" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireia Celma" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Curto" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2025.106266" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029290v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Hugo Borba" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Gurj&#227;o" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Martin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-025-06715-0" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879779v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaillot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Marie Dendievel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Argant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Audibert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouby" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14614103.2024.2403281" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029265v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Roche" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Capelli" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bouet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-024-02117-y" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903591v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Maicher" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2024.108795" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440435v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dalle" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Borne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jouffroy-Bapicot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1249884" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092918v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgard Camar&#243;s" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;ngel Rubio-Salvador" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel C Botella-L&#243;pez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2023.09.002" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158335v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Desplanque" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Boitelet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Bruneaux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dupont" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890242v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Maicher" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolaine Maigrot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Mazurkevich" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Dolbunova" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.103093" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526941v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Pacciani" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Lelli" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquino Pallecchi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2021.104713" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183042v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11114868" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190007v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Goepfert" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Prieto" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Verano" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14614103.2018.1558804" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612900v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riaan F. Rifkin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surendra Vikram" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ramond" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Rey-Iglesia" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Brand" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-020-00832-x" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185539v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Vanni&#232;re" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683620919984" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933395v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Portat" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bazin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3347/kjp.2019.57.6.613" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502640v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Roberto Machado-Silva" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alena Mayo I&#241;iguez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0216150" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183026v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Bianucci" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3347/kjp.2019.57.6.587" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321245v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Segard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Corbineau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chapelain de Ser&#233;ville-Niel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoinette Rast-Eicher" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Ancel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.4704" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502641v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Bleicher" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683619838046" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808510v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Goude" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domingo Salazar-Garc&#237;a" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Power" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terrom Johanna" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Rivollat" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10816-018-9379-x" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502636v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie M.-L. C&#244;te" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S003118201700141X" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01596291v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.3724" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132494v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233; Hoffmann" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoni Palomo" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Sa&#241;a Segu&#237;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683617702236" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509707v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Revelles" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Burjachs" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Morera" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barcel&#243;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berrocal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2017.04.001" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319115v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2016.04.030" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360467v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dafna Langgut" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Shahack-Gross" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eran Arie" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dvora Namdar" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alon Amrani" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2016.08.013" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367295v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Appelt" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Drancourt" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/microbiolspec.PoH-0002-2014" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394501v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3347/kjp.2016.54.5.625" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215896v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeopages.912" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01160874v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Hugot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lepetz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2015.04.014" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305600v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie M L C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Daligault" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pruvost" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Andrew Bennett" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gorg&#233;" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0146230" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074952v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Landolt" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Mauchamp" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0109543" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982135v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fancello" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Raoult" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.03242-13" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502609v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Romon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1645/13-476.1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024141v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958070v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Armougom" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Robert" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0088376" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833299v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoud Nezamabadi" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915832v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl J. Reinhard" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Fernando Ferreira" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bouchet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Sianto" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M.F. Dutra" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2013.05.003" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819101v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlu K&#252;hn" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Maier" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Herbig" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Ismail-Meyer" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1461410313Z.00000000017" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915837v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00832086v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abolfazl Aali" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas St&#246;llner" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1645/12-113.1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915834v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2013.05.004" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8N1VZD3T-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915841v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771762v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1645/GE-3200.1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00662393v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Harter-Lailheugue" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483934v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Mouze" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gino Chaves da Rocha" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Heim" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Lichtenberg" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652328v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451147v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo L.C. Gon&#231;alves" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Prod&#233;o" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adauto Araujo" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/s0074-02762008005000018" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451152v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zainullah Samashev" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Paul Francfort" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451150v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urs Leuzinger" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmut Schlichtherle" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451159v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451141v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/s0074-02762006001000008" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01720493v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Barbin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian B&#259;l&#259;&#351;escu" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragomir Popovici" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2006.07.001" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-02GJVXPJ-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451155v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451144v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lefevre" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donna C. Roper" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy W. Pye" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/s0074-02762006001000009" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451137v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451165v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schnell" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451139v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valmir L. da Silva" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos M. de Andrade" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0035-9203(03)00011-7" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0P2983QV-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451140v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Harter" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451161v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451108v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451142v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Janot" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05504675v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Chevaux" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Petite" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Gaudin" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/g6dy-ej59" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467790v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Calastrenc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Bal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baleux" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Campmajo" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Chiron" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750429v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gauthier" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kulkov" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756625v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dupont" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Barbier-Pain" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425679v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dobigeon" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04115845v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Lefebvre" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bougault" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Bazin" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192653v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Goude" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Andr&#233;" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Balter" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Binder" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03240888v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Maziere" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Delhoume" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bonnin" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112462v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Rey" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert C. Power" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Tacail" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294382v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Sordoillet" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ducreux" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831076v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Gonzalez-Villaescusa" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Marre" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Huvig" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00784573v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Bailly" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Landolt" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bouchet" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073158v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Perrin" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Chamel" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Degioanni" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dutour" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Gu&#233;gan" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451186v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charlier" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451185v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04430995v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Fechner" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Broes" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Clavel" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Le Bailly" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Malrain" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/vwxs-1571" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04426424v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie P&#233;lissier" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bertrand" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430927v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Goude" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. C. Salazar-Garc&#237;a" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Terrom" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Power" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02535955v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Fondrillon" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Marot" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vissac Carole" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Germinet" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Salin" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428177v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bertrand" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517453v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Galmiche" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Pichet" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Porcheret" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Briand" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cardon" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652360v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00705210v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Amandry" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte B&#233;cu" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois B&#233;rard" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Chaidron" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985111v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ruas" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318363v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05093484v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Brunet" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Grandieux" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844692v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne R&#233;veillas" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Deguilloux" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Pemonge" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Keyser" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guyomarc'H" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03046105v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Boulen" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Clavel" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coubray" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sstinrap.hypotheses.org/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/jtxq-z907" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494842v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367294v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/microbiolspec.PoH-0013-2015" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01103167v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011552v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937495v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264601v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gonz&#225;lez-Villaescusa" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marre" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Huvig" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937480v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021991v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652358v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00652357v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451167v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>